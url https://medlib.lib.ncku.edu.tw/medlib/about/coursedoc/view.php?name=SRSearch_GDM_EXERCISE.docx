--- v1 (2025-12-15)
+++ v2 (2026-03-20)
@@ -1,549 +1,506 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
+  <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
-  <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
-  <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:body>
-    <w:p w14:paraId="584C83D8" w14:textId="5597450E" w:rsidR="00CA198A" w:rsidRPr="005D46CB" w:rsidRDefault="00CA198A" w:rsidP="00CA198A">
+    <w:p w14:paraId="1845F6E6" w14:textId="77777777" w:rsidR="00470FD7" w:rsidRPr="005D46CB" w:rsidRDefault="00470FD7" w:rsidP="00470FD7">
       <w:pPr>
+        <w:spacing w:beforeLines="50" w:before="180" w:line="360" w:lineRule="exact"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:hint="eastAsia"/>
           <w:b/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>系統性</w:t>
       </w:r>
       <w:r w:rsidRPr="005D46CB">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>文獻搜尋</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:hint="eastAsia"/>
           <w:b/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>：</w:t>
       </w:r>
       <w:r w:rsidRPr="005D46CB">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>紀錄表</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0A6AD53B" w14:textId="77777777" w:rsidR="00CA198A" w:rsidRDefault="00CA198A" w:rsidP="00CA198A">
+    <w:p w14:paraId="725544E6" w14:textId="5AFFDD19" w:rsidR="002C5F48" w:rsidRPr="008E4171" w:rsidRDefault="00F74984" w:rsidP="003263C1">
       <w:pPr>
-        <w:pStyle w:val="a6"/>
-[...1 lines deleted...]
-        <w:jc w:val="center"/>
+        <w:pStyle w:val="1"/>
+        <w:spacing w:before="0" w:after="0" w:line="300" w:lineRule="exact"/>
+        <w:ind w:left="431" w:hanging="431"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
-[...20 lines deleted...]
-          <w:b/>
+          <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體"/>
+          <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="008E4171">
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:hint="eastAsia"/>
-          <w:b/>
+          <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
+          <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>研究</w:t>
       </w:r>
-      <w:r w:rsidR="002C5F48" w:rsidRPr="005D46CB">
+      <w:r w:rsidR="002C5F48" w:rsidRPr="008E4171">
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
-          <w:b/>
+          <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體"/>
+          <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>問題</w:t>
-      </w:r>
-[...6 lines deleted...]
-        <w:t>Question</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblInd w:w="108" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="00A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1485"/>
         <w:gridCol w:w="8375"/>
       </w:tblGrid>
       <w:tr w:rsidR="00E4747B" w:rsidRPr="005D46CB" w14:paraId="58C3B546" w14:textId="77777777" w:rsidTr="00E4747B">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1485" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
           </w:tcPr>
-          <w:p w14:paraId="3E149433" w14:textId="77777777" w:rsidR="00E4747B" w:rsidRPr="005D46CB" w:rsidRDefault="00E4747B" w:rsidP="00E4747B">
+          <w:p w14:paraId="3E149433" w14:textId="77777777" w:rsidR="00E4747B" w:rsidRPr="005D46CB" w:rsidRDefault="00E4747B" w:rsidP="00A832A1">
             <w:pPr>
               <w:pStyle w:val="a4"/>
-              <w:spacing w:beforeLines="10" w:before="36" w:afterLines="10" w:after="36"/>
+              <w:spacing w:beforeLines="10" w:before="36" w:afterLines="10" w:after="36" w:line="300" w:lineRule="exact"/>
               <w:ind w:leftChars="0" w:left="0"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005D46CB">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>Q</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:hint="eastAsia"/>
                 <w:b/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>uestion</w:t>
             </w:r>
             <w:r w:rsidRPr="005D46CB">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">: </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8375" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="368649A3" w14:textId="77777777" w:rsidR="00E4747B" w:rsidRPr="00DC2B9E" w:rsidRDefault="00E4747B" w:rsidP="00E4747B">
-[...1 lines deleted...]
-              <w:spacing w:line="360" w:lineRule="exact"/>
+          <w:p w14:paraId="368649A3" w14:textId="77777777" w:rsidR="00E4747B" w:rsidRPr="00DC2B9E" w:rsidRDefault="00E4747B" w:rsidP="00A832A1">
+            <w:pPr>
+              <w:spacing w:line="300" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體"/>
                 <w:b/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DC2B9E">
               <w:rPr>
                 <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
                 <w:b/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>妊娠糖尿病患者增加身體活動能有效控制血糖嗎？</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E4747B" w:rsidRPr="005D46CB" w14:paraId="7655EA3B" w14:textId="77777777" w:rsidTr="00E4747B">
+      <w:tr w:rsidR="00E4747B" w:rsidRPr="005D46CB" w14:paraId="7655EA3B" w14:textId="77777777" w:rsidTr="00A832A1">
+        <w:trPr>
+          <w:trHeight w:val="131"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1485" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
           </w:tcPr>
-          <w:p w14:paraId="670E2E12" w14:textId="77777777" w:rsidR="00E4747B" w:rsidRPr="00B243B5" w:rsidRDefault="00E4747B" w:rsidP="00E4747B">
+          <w:p w14:paraId="670E2E12" w14:textId="77777777" w:rsidR="00E4747B" w:rsidRPr="00B243B5" w:rsidRDefault="00E4747B" w:rsidP="00A832A1">
             <w:pPr>
               <w:pStyle w:val="a4"/>
-              <w:spacing w:beforeLines="10" w:before="36" w:afterLines="10" w:after="36"/>
+              <w:spacing w:beforeLines="10" w:before="36" w:afterLines="10" w:after="36" w:line="300" w:lineRule="exact"/>
               <w:ind w:leftChars="0" w:left="0"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B243B5">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:hint="eastAsia"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>Population</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8375" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="260A5B1B" w14:textId="77777777" w:rsidR="00E4747B" w:rsidRPr="00E33188" w:rsidRDefault="00E4747B" w:rsidP="00E4747B">
-[...1 lines deleted...]
-              <w:spacing w:beforeLines="10" w:before="36" w:afterLines="10" w:after="36" w:line="360" w:lineRule="exact"/>
+          <w:p w14:paraId="260A5B1B" w14:textId="77777777" w:rsidR="00E4747B" w:rsidRPr="00E33188" w:rsidRDefault="00E4747B" w:rsidP="00A832A1">
+            <w:pPr>
+              <w:spacing w:beforeLines="10" w:before="36" w:afterLines="10" w:after="36" w:line="300" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E33188">
               <w:rPr>
                 <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>妊娠糖尿病患者</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00E4747B" w:rsidRPr="005D46CB" w14:paraId="6F620687" w14:textId="77777777" w:rsidTr="00E4747B">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1485" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
           </w:tcPr>
-          <w:p w14:paraId="5907C7F4" w14:textId="77777777" w:rsidR="00E4747B" w:rsidRPr="005D46CB" w:rsidRDefault="00E4747B" w:rsidP="00E4747B">
+          <w:p w14:paraId="5907C7F4" w14:textId="77777777" w:rsidR="00E4747B" w:rsidRPr="005D46CB" w:rsidRDefault="00E4747B" w:rsidP="00A832A1">
             <w:pPr>
               <w:pStyle w:val="a4"/>
-              <w:spacing w:beforeLines="10" w:before="36" w:afterLines="10" w:after="36"/>
+              <w:spacing w:beforeLines="10" w:before="36" w:afterLines="10" w:after="36" w:line="300" w:lineRule="exact"/>
               <w:ind w:leftChars="0" w:left="0"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005D46CB">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>I</w:t>
             </w:r>
             <w:r w:rsidRPr="005D46CB">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>ntervention</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8375" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1A8EB27C" w14:textId="77777777" w:rsidR="00E4747B" w:rsidRPr="00E33188" w:rsidRDefault="00E4747B" w:rsidP="00E4747B">
+          <w:p w14:paraId="1A8EB27C" w14:textId="77777777" w:rsidR="00E4747B" w:rsidRPr="00E33188" w:rsidRDefault="00E4747B" w:rsidP="00A832A1">
             <w:pPr>
               <w:pStyle w:val="a4"/>
-              <w:spacing w:beforeLines="10" w:before="36" w:afterLines="10" w:after="36" w:line="360" w:lineRule="exact"/>
+              <w:spacing w:beforeLines="10" w:before="36" w:afterLines="10" w:after="36" w:line="300" w:lineRule="exact"/>
               <w:ind w:leftChars="0" w:left="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E33188">
               <w:rPr>
                 <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>身體活動</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00E4747B" w:rsidRPr="005D46CB" w14:paraId="259C2E3B" w14:textId="77777777" w:rsidTr="00E4747B">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1485" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
           </w:tcPr>
-          <w:p w14:paraId="1EA14DD3" w14:textId="77777777" w:rsidR="00E4747B" w:rsidRPr="005D46CB" w:rsidRDefault="00E4747B" w:rsidP="00E4747B">
+          <w:p w14:paraId="1EA14DD3" w14:textId="77777777" w:rsidR="00E4747B" w:rsidRPr="005D46CB" w:rsidRDefault="00E4747B" w:rsidP="00A832A1">
             <w:pPr>
               <w:pStyle w:val="a4"/>
-              <w:spacing w:beforeLines="10" w:before="36" w:afterLines="10" w:after="36"/>
+              <w:spacing w:beforeLines="10" w:before="36" w:afterLines="10" w:after="36" w:line="300" w:lineRule="exact"/>
               <w:ind w:leftChars="0" w:left="0"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005D46CB">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>C</w:t>
             </w:r>
             <w:r w:rsidRPr="005D46CB">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>omparison</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8375" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2D3356F8" w14:textId="77777777" w:rsidR="00E4747B" w:rsidRPr="00E33188" w:rsidRDefault="00E4747B" w:rsidP="00E4747B">
+          <w:p w14:paraId="2D3356F8" w14:textId="77777777" w:rsidR="00E4747B" w:rsidRPr="00E33188" w:rsidRDefault="00E4747B" w:rsidP="00A832A1">
             <w:pPr>
               <w:pStyle w:val="a4"/>
-              <w:spacing w:beforeLines="10" w:before="36" w:afterLines="10" w:after="36" w:line="360" w:lineRule="exact"/>
+              <w:spacing w:beforeLines="10" w:before="36" w:afterLines="10" w:after="36" w:line="300" w:lineRule="exact"/>
               <w:ind w:leftChars="0" w:left="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E33188">
               <w:rPr>
                 <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>常規照護</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00E4747B" w:rsidRPr="005D46CB" w14:paraId="4E53D817" w14:textId="77777777" w:rsidTr="00E4747B">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1485" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
           </w:tcPr>
-          <w:p w14:paraId="73A64182" w14:textId="77777777" w:rsidR="00E4747B" w:rsidRPr="005D46CB" w:rsidRDefault="00E4747B" w:rsidP="00E4747B">
+          <w:p w14:paraId="73A64182" w14:textId="77777777" w:rsidR="00E4747B" w:rsidRPr="005D46CB" w:rsidRDefault="00E4747B" w:rsidP="00A832A1">
             <w:pPr>
               <w:pStyle w:val="a4"/>
-              <w:spacing w:beforeLines="10" w:before="36" w:afterLines="10" w:after="36"/>
+              <w:spacing w:beforeLines="10" w:before="36" w:afterLines="10" w:after="36" w:line="300" w:lineRule="exact"/>
               <w:ind w:leftChars="0" w:left="0"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005D46CB">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>O</w:t>
             </w:r>
             <w:r w:rsidRPr="005D46CB">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>utcome</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8375" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4C2BFB48" w14:textId="77777777" w:rsidR="00E4747B" w:rsidRPr="00E33188" w:rsidRDefault="00E4747B" w:rsidP="00E4747B">
+          <w:p w14:paraId="4C2BFB48" w14:textId="77777777" w:rsidR="00E4747B" w:rsidRPr="00E33188" w:rsidRDefault="00E4747B" w:rsidP="00A832A1">
             <w:pPr>
               <w:pStyle w:val="a4"/>
-              <w:spacing w:beforeLines="10" w:before="36" w:afterLines="10" w:after="36" w:line="360" w:lineRule="exact"/>
+              <w:spacing w:beforeLines="10" w:before="36" w:afterLines="10" w:after="36" w:line="300" w:lineRule="exact"/>
               <w:ind w:leftChars="0" w:left="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E33188">
               <w:rPr>
                 <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>血糖控制</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="008679E5">
               <w:rPr>
                 <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
                 <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
                 <w:sz w:val="18"/>
               </w:rPr>
-              <w:t>(此例實務上不會訂定單</w:t>
-[...17 lines deleted...]
-              <w:t>outcome，也不會納入檢索)</w:t>
+              <w:t>(此例實務上不會訂定單一outcome，也不會納入檢索)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00E4747B" w:rsidRPr="005D46CB" w14:paraId="1719E05F" w14:textId="77777777" w:rsidTr="00E4747B">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1485" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0195C985" w14:textId="77777777" w:rsidR="00E4747B" w:rsidRPr="005D46CB" w:rsidRDefault="00E4747B" w:rsidP="00E4747B">
+          <w:p w14:paraId="0195C985" w14:textId="77777777" w:rsidR="00E4747B" w:rsidRPr="005D46CB" w:rsidRDefault="00E4747B" w:rsidP="00A832A1">
             <w:pPr>
               <w:pStyle w:val="a4"/>
-              <w:spacing w:beforeLines="10" w:before="36" w:afterLines="10" w:after="36"/>
+              <w:spacing w:beforeLines="10" w:before="36" w:afterLines="10" w:after="36" w:line="300" w:lineRule="exact"/>
               <w:ind w:leftChars="0" w:left="0"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:hint="eastAsia"/>
                 <w:color w:val="262626" w:themeColor="text1" w:themeTint="D9"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>問題類型</w:t>
             </w:r>
             <w:r w:rsidRPr="00A125CE">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:hint="eastAsia"/>
                 <w:color w:val="262626" w:themeColor="text1" w:themeTint="D9"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>：</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8375" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6A609AA7" w14:textId="77777777" w:rsidR="00E4747B" w:rsidRPr="00E33188" w:rsidRDefault="00A35B6E" w:rsidP="00E4747B">
+          <w:p w14:paraId="6A609AA7" w14:textId="77777777" w:rsidR="00E4747B" w:rsidRPr="00E33188" w:rsidRDefault="00000000" w:rsidP="00A832A1">
             <w:pPr>
               <w:pStyle w:val="a4"/>
-              <w:spacing w:beforeLines="10" w:before="36" w:afterLines="10" w:after="36" w:line="360" w:lineRule="exact"/>
+              <w:spacing w:beforeLines="10" w:before="36" w:afterLines="10" w:after="36" w:line="300" w:lineRule="exact"/>
               <w:ind w:leftChars="0" w:left="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:eastAsia="微軟正黑體" w:cstheme="minorHAnsi"/>
                   <w:color w:val="262626" w:themeColor="text1" w:themeTint="D9"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:id w:val="1481654364"/>
                 <w14:checkbox>
                   <w14:checked w14:val="1"/>
                   <w14:checkedState w14:val="00FE" w14:font="Wingdings"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtContent>
                 <w:r w:rsidR="00E4747B">
                   <w:rPr>
                     <w:rFonts w:eastAsia="微軟正黑體" w:cstheme="minorHAnsi"/>
@@ -723,81 +680,81 @@
                 <w:color w:val="262626" w:themeColor="text1" w:themeTint="D9"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Ot</w:t>
             </w:r>
             <w:r w:rsidR="00E4747B" w:rsidRPr="00A125CE">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi"/>
                 <w:color w:val="262626" w:themeColor="text1" w:themeTint="D9"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>her:</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00E4747B" w:rsidRPr="005D46CB" w14:paraId="598526EC" w14:textId="77777777" w:rsidTr="00E4747B">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1485" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="56C16A70" w14:textId="77777777" w:rsidR="00E4747B" w:rsidRPr="005D46CB" w:rsidRDefault="00E4747B" w:rsidP="00E4747B">
+          <w:p w14:paraId="56C16A70" w14:textId="77777777" w:rsidR="00E4747B" w:rsidRPr="005D46CB" w:rsidRDefault="00E4747B" w:rsidP="00A832A1">
             <w:pPr>
               <w:pStyle w:val="a4"/>
-              <w:spacing w:beforeLines="10" w:before="36" w:afterLines="10" w:after="36"/>
+              <w:spacing w:beforeLines="10" w:before="36" w:afterLines="10" w:after="36" w:line="300" w:lineRule="exact"/>
               <w:ind w:leftChars="0" w:left="0"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A125CE">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:hint="eastAsia"/>
                 <w:color w:val="262626" w:themeColor="text1" w:themeTint="D9"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>收錄研究設計：</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8375" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="551D20EE" w14:textId="77777777" w:rsidR="00E4747B" w:rsidRPr="00E4747B" w:rsidRDefault="00A35B6E" w:rsidP="00E4747B">
+          <w:p w14:paraId="551D20EE" w14:textId="77777777" w:rsidR="00E4747B" w:rsidRPr="00E4747B" w:rsidRDefault="00000000" w:rsidP="00A832A1">
             <w:pPr>
               <w:pStyle w:val="a4"/>
-              <w:spacing w:beforeLines="10" w:before="36" w:afterLines="10" w:after="36" w:line="360" w:lineRule="exact"/>
+              <w:spacing w:beforeLines="10" w:before="36" w:afterLines="10" w:after="36" w:line="300" w:lineRule="exact"/>
               <w:ind w:leftChars="0" w:left="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:eastAsia="微軟正黑體" w:cstheme="minorHAnsi"/>
                   <w:color w:val="262626" w:themeColor="text1" w:themeTint="D9"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:id w:val="1114182069"/>
                 <w14:checkbox>
                   <w14:checked w14:val="1"/>
                   <w14:checkedState w14:val="00FE" w14:font="Wingdings"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtContent>
                 <w:r w:rsidR="00E4747B">
                   <w:rPr>
                     <w:rFonts w:eastAsia="微軟正黑體" w:cstheme="minorHAnsi"/>
@@ -950,81 +907,81 @@
                 <w:color w:val="262626" w:themeColor="text1" w:themeTint="D9"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Ot</w:t>
             </w:r>
             <w:r w:rsidR="00E4747B" w:rsidRPr="00A125CE">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi"/>
                 <w:color w:val="262626" w:themeColor="text1" w:themeTint="D9"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>her:</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00E4747B" w:rsidRPr="00E4747B" w14:paraId="15091034" w14:textId="77777777" w:rsidTr="00E4747B">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1485" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="64330B1E" w14:textId="77777777" w:rsidR="00E4747B" w:rsidRPr="005D46CB" w:rsidRDefault="00E4747B" w:rsidP="00E4747B">
+          <w:p w14:paraId="64330B1E" w14:textId="77777777" w:rsidR="00E4747B" w:rsidRPr="005D46CB" w:rsidRDefault="00E4747B" w:rsidP="00A832A1">
             <w:pPr>
               <w:pStyle w:val="a4"/>
-              <w:spacing w:beforeLines="10" w:before="36" w:afterLines="10" w:after="36"/>
+              <w:spacing w:beforeLines="10" w:before="36" w:afterLines="10" w:after="36" w:line="300" w:lineRule="exact"/>
               <w:ind w:leftChars="0" w:left="0"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A125CE">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:hint="eastAsia"/>
                 <w:color w:val="262626" w:themeColor="text1" w:themeTint="D9"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>我的研究設計：</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8375" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="153E6082" w14:textId="77777777" w:rsidR="00E4747B" w:rsidRPr="00E4747B" w:rsidRDefault="00A35B6E" w:rsidP="00E4747B">
+          <w:p w14:paraId="153E6082" w14:textId="03E50182" w:rsidR="00E4747B" w:rsidRPr="00E4747B" w:rsidRDefault="00000000" w:rsidP="00A832A1">
             <w:pPr>
               <w:pStyle w:val="a4"/>
-              <w:spacing w:beforeLines="10" w:before="36" w:afterLines="10" w:after="36" w:line="360" w:lineRule="exact"/>
+              <w:spacing w:beforeLines="10" w:before="36" w:afterLines="10" w:after="36" w:line="300" w:lineRule="exact"/>
               <w:ind w:leftChars="0" w:left="0"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
                 <w:b/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:eastAsia="微軟正黑體" w:cstheme="minorHAnsi"/>
                   <w:color w:val="262626" w:themeColor="text1" w:themeTint="D9"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:id w:val="529157172"/>
                 <w14:checkbox>
                   <w14:checked w14:val="1"/>
                   <w14:checkedState w14:val="00FE" w14:font="Wingdings"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtContent>
                 <w:r w:rsidR="00E4747B">
                   <w:rPr>
@@ -1121,3484 +1078,4321 @@
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="00FE" w14:font="Wingdings"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtContent>
                 <w:r w:rsidR="00E4747B" w:rsidRPr="00A125CE">
                   <w:rPr>
                     <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="微軟正黑體" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
                     <w:color w:val="262626" w:themeColor="text1" w:themeTint="D9"/>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="20"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00E4747B" w:rsidRPr="00A125CE">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi"/>
                 <w:color w:val="262626" w:themeColor="text1" w:themeTint="D9"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">Umbrella Review  </w:t>
+              <w:t>Umbrella Review</w:t>
+            </w:r>
+            <w:r w:rsidR="00207C88">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:hint="eastAsia"/>
+                <w:color w:val="262626" w:themeColor="text1" w:themeTint="D9"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00E4747B" w:rsidRPr="00A125CE">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi"/>
+                <w:color w:val="262626" w:themeColor="text1" w:themeTint="D9"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
-                  <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
-[...1 lines deleted...]
-                  <w:szCs w:val="24"/>
+                  <w:rFonts w:eastAsia="微軟正黑體" w:cstheme="minorHAnsi"/>
+                  <w:color w:val="262626" w:themeColor="text1" w:themeTint="D9"/>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
                 </w:rPr>
-                <w:id w:val="-888262116"/>
+                <w:id w:val="1154020116"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="00FE" w14:font="Wingdings"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtContent>
-                <w:r w:rsidR="00E4747B" w:rsidRPr="00E4747B">
+                <w:r w:rsidR="00207C88" w:rsidRPr="00A125CE">
                   <w:rPr>
-                    <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="微軟正黑體" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
-[...1 lines deleted...]
-                    <w:szCs w:val="24"/>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cstheme="minorHAnsi" w:hint="eastAsia"/>
+                    <w:color w:val="262626" w:themeColor="text1" w:themeTint="D9"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
-            <w:r w:rsidR="00E4747B" w:rsidRPr="00E4747B">
-[...5 lines deleted...]
-              <w:t>Other:</w:t>
+            <w:r w:rsidR="00207C88" w:rsidRPr="00A125CE">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:hint="eastAsia"/>
+                <w:color w:val="262626" w:themeColor="text1" w:themeTint="D9"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Ot</w:t>
+            </w:r>
+            <w:r w:rsidR="00207C88" w:rsidRPr="00A125CE">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi"/>
+                <w:color w:val="262626" w:themeColor="text1" w:themeTint="D9"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>her</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="007D27C4" w:rsidRPr="00E4747B" w14:paraId="1ED7CB7D" w14:textId="77777777" w:rsidTr="00E4747B">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1485" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2F33C1B3" w14:textId="77C4EAE5" w:rsidR="007D27C4" w:rsidRPr="00A125CE" w:rsidRDefault="007D27C4" w:rsidP="00E4747B">
+          <w:p w14:paraId="2F33C1B3" w14:textId="77C4EAE5" w:rsidR="007D27C4" w:rsidRPr="00A125CE" w:rsidRDefault="007D27C4" w:rsidP="00A832A1">
             <w:pPr>
               <w:pStyle w:val="a4"/>
-              <w:spacing w:beforeLines="10" w:before="36" w:afterLines="10" w:after="36"/>
+              <w:spacing w:beforeLines="10" w:before="36" w:afterLines="10" w:after="36" w:line="300" w:lineRule="exact"/>
               <w:ind w:leftChars="0" w:left="0"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
                 <w:color w:val="262626" w:themeColor="text1" w:themeTint="D9"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:hint="eastAsia"/>
                 <w:color w:val="262626" w:themeColor="text1" w:themeTint="D9"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>備註：</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8375" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6F9AC07F" w14:textId="77777777" w:rsidR="007D27C4" w:rsidRDefault="007D27C4" w:rsidP="00E4747B">
+          <w:p w14:paraId="6F9AC07F" w14:textId="77777777" w:rsidR="007D27C4" w:rsidRDefault="007D27C4" w:rsidP="00A832A1">
             <w:pPr>
               <w:pStyle w:val="a4"/>
-              <w:spacing w:beforeLines="10" w:before="36" w:afterLines="10" w:after="36" w:line="360" w:lineRule="exact"/>
+              <w:spacing w:beforeLines="10" w:before="36" w:afterLines="10" w:after="36" w:line="300" w:lineRule="exact"/>
               <w:ind w:leftChars="0" w:left="0"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="微軟正黑體" w:cstheme="minorHAnsi"/>
                 <w:color w:val="262626" w:themeColor="text1" w:themeTint="D9"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="7DE01E1B" w14:textId="11E5ECEE" w:rsidR="00E4747B" w:rsidRPr="005D46CB" w:rsidRDefault="00E4747B" w:rsidP="00CA198A">
+    <w:p w14:paraId="23BAB95C" w14:textId="60670BEC" w:rsidR="00FA7576" w:rsidRPr="003263C1" w:rsidRDefault="00FA7576" w:rsidP="00A832A1">
+      <w:pPr>
+        <w:pStyle w:val="af"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="0"/>
+        </w:numPr>
+        <w:spacing w:afterLines="0" w:after="0" w:line="300" w:lineRule="exact"/>
+        <w:ind w:left="431" w:hanging="431"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="zh-TW"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003263C1">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003263C1">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>b</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003263C1">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="zh-TW"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003263C1">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="003263C1">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>已知研究</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003263C1">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="zh-TW"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003263C1">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="zh-TW"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="000C5A38" w:rsidRPr="003263C1">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="zh-TW"/>
+        </w:rPr>
+        <w:t>若有</w:t>
+      </w:r>
+      <w:r w:rsidR="003263C1" w:rsidRPr="003263C1">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="zh-TW"/>
+        </w:rPr>
+        <w:t>，</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003263C1">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>填寫</w:t>
+      </w:r>
+      <w:r w:rsidR="000C5A38" w:rsidRPr="003263C1">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="zh-TW"/>
+        </w:rPr>
+        <w:t>文章篇名</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003263C1">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>或</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003263C1">
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>doi</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7802E067" w14:textId="162F6737" w:rsidR="00FA7576" w:rsidRPr="003263C1" w:rsidRDefault="00BD38BA" w:rsidP="00BD38BA">
       <w:pPr>
         <w:pStyle w:val="a4"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="1"/>
+          <w:numId w:val="27"/>
         </w:numPr>
-        <w:spacing w:beforeLines="50" w:before="180"/>
-        <w:ind w:leftChars="0" w:left="284" w:hanging="284"/>
+        <w:spacing w:beforeLines="20" w:before="72" w:afterLines="20" w:after="72" w:line="240" w:lineRule="exact"/>
+        <w:ind w:leftChars="0" w:left="709" w:hanging="284"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
-          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD38BA">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Effects of Axivity 3.0-based management model on pregnant women with gestational diabetes mellitus</w:t>
+      </w:r>
+      <w:r w:rsidR="00C2666D" w:rsidRPr="003263C1">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BD38BA">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>10.3389/fendo.2026.1722822</w:t>
+      </w:r>
+      <w:r w:rsidR="00C2666D" w:rsidRPr="003263C1">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="73A2AF3E" w14:textId="2E397FDF" w:rsidR="00C2666D" w:rsidRPr="003263C1" w:rsidRDefault="00C2666D" w:rsidP="00BD38BA">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="27"/>
+        </w:numPr>
+        <w:spacing w:beforeLines="20" w:before="72" w:afterLines="20" w:after="72" w:line="240" w:lineRule="exact"/>
+        <w:ind w:leftChars="0" w:left="709" w:hanging="284"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003263C1">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Acute responses to structured aerobic and resistance exercise in women with gestational diabetes mellitus</w:t>
+      </w:r>
+      <w:r w:rsidR="003263C1" w:rsidRPr="003263C1">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r w:rsidR="003263C1" w:rsidRPr="003263C1">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>10.1111/sms.13076</w:t>
+      </w:r>
+      <w:r w:rsidR="003263C1" w:rsidRPr="003263C1">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2719982C" w14:textId="7FBCEFD3" w:rsidR="009E3CDC" w:rsidRPr="00A832A1" w:rsidRDefault="00FA7576" w:rsidP="00A832A1">
+      <w:pPr>
+        <w:pStyle w:val="af"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="0"/>
+        </w:numPr>
+        <w:spacing w:line="300" w:lineRule="exact"/>
+        <w:ind w:left="431" w:hanging="431"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="zh-TW"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A832A1">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="zh-TW"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A832A1">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="zh-TW"/>
+        </w:rPr>
+        <w:t xml:space="preserve">c. </w:t>
+      </w:r>
+      <w:r w:rsidR="009E3CDC" w:rsidRPr="00A832A1">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>資料庫</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A832A1">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="zh-TW"/>
+        </w:rPr>
+        <w:t>與搜尋結果</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="12787" w:type="dxa"/>
+        <w:tblInd w:w="108" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="1870"/>
+        <w:gridCol w:w="1136"/>
+        <w:gridCol w:w="1280"/>
+        <w:gridCol w:w="9"/>
+        <w:gridCol w:w="1688"/>
+        <w:gridCol w:w="724"/>
+        <w:gridCol w:w="725"/>
+        <w:gridCol w:w="9"/>
+        <w:gridCol w:w="601"/>
+        <w:gridCol w:w="1201"/>
+        <w:gridCol w:w="1020"/>
+        <w:gridCol w:w="1106"/>
+        <w:gridCol w:w="1418"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="009E3CDC" w:rsidRPr="005D46CB" w14:paraId="1513FBB2" w14:textId="77777777" w:rsidTr="00A832A1">
+        <w:trPr>
+          <w:trHeight w:val="74"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1870" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1BEF9884" w14:textId="77777777" w:rsidR="009E3CDC" w:rsidRPr="00A832A1" w:rsidRDefault="009E3CDC" w:rsidP="003263C1">
+            <w:pPr>
+              <w:spacing w:line="200" w:lineRule="exact"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A832A1">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>資料庫</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="51BAD333" w14:textId="77777777" w:rsidR="009E3CDC" w:rsidRPr="005D46CB" w:rsidRDefault="009E3CDC" w:rsidP="003263C1">
+            <w:pPr>
+              <w:spacing w:line="200" w:lineRule="exact"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005D46CB">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>Database</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1136" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="019505E3" w14:textId="0F1AB133" w:rsidR="009E3CDC" w:rsidRPr="00A832A1" w:rsidRDefault="00A832A1" w:rsidP="00A832A1">
+            <w:pPr>
+              <w:spacing w:line="200" w:lineRule="exact"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A832A1">
+              <w:rPr>
+                <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>儲</w:t>
+            </w:r>
+            <w:r w:rsidR="003263C1" w:rsidRPr="00A832A1">
+              <w:rPr>
+                <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>存</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A832A1">
+              <w:rPr>
+                <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="00A832A1">
+              <w:rPr>
+                <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>檢索</w:t>
+            </w:r>
+            <w:r w:rsidR="003263C1" w:rsidRPr="00A832A1">
+              <w:rPr>
+                <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>歷史</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1280" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4D0F82B9" w14:textId="77777777" w:rsidR="009E3CDC" w:rsidRPr="00B72BA3" w:rsidRDefault="009E3CDC" w:rsidP="003263C1">
+            <w:pPr>
+              <w:spacing w:line="200" w:lineRule="exact"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B72BA3">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>搜尋日</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B72BA3">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:hint="eastAsia"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>期</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6716C1F5" w14:textId="77777777" w:rsidR="009E3CDC" w:rsidRPr="005D46CB" w:rsidRDefault="009E3CDC" w:rsidP="003263C1">
+            <w:pPr>
+              <w:spacing w:line="200" w:lineRule="exact"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
+                <w:b/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005D46CB">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>Date searched</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8501" w:type="dxa"/>
+            <w:gridSpan w:val="10"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
+          </w:tcPr>
+          <w:p w14:paraId="6F1BB5A2" w14:textId="77777777" w:rsidR="009E3CDC" w:rsidRPr="00A832A1" w:rsidRDefault="009E3CDC" w:rsidP="003263C1">
+            <w:pPr>
+              <w:spacing w:line="260" w:lineRule="exact"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A832A1">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>筆數</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A832A1">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Citations</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="009E3CDC" w:rsidRPr="005D46CB" w14:paraId="5FAEB696" w14:textId="77777777" w:rsidTr="00A832A1">
+        <w:trPr>
+          <w:trHeight w:val="237"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1870" w:type="dxa"/>
+            <w:vMerge/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
+          </w:tcPr>
+          <w:p w14:paraId="3AAB883F" w14:textId="77777777" w:rsidR="009E3CDC" w:rsidRPr="005D46CB" w:rsidRDefault="009E3CDC" w:rsidP="003263C1">
+            <w:pPr>
+              <w:spacing w:line="200" w:lineRule="exact"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1136" w:type="dxa"/>
+            <w:vMerge/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
+          </w:tcPr>
+          <w:p w14:paraId="6196B5A5" w14:textId="77777777" w:rsidR="009E3CDC" w:rsidRPr="005D46CB" w:rsidRDefault="009E3CDC" w:rsidP="003263C1">
+            <w:pPr>
+              <w:spacing w:line="200" w:lineRule="exact"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1280" w:type="dxa"/>
+            <w:vMerge/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
+          </w:tcPr>
+          <w:p w14:paraId="6DC37632" w14:textId="77777777" w:rsidR="009E3CDC" w:rsidRPr="005D46CB" w:rsidRDefault="009E3CDC" w:rsidP="003263C1">
+            <w:pPr>
+              <w:spacing w:line="200" w:lineRule="exact"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1697" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7E9A54A5" w14:textId="77777777" w:rsidR="009E3CDC" w:rsidRPr="005D46CB" w:rsidRDefault="009E3CDC" w:rsidP="003263C1">
+            <w:pPr>
+              <w:spacing w:line="200" w:lineRule="exact"/>
+              <w:ind w:leftChars="-39" w:left="-94" w:right="-108"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005D46CB">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>搜尋結果</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="01AE4125" w14:textId="77777777" w:rsidR="009E3CDC" w:rsidRPr="009548E7" w:rsidRDefault="009E3CDC" w:rsidP="003263C1">
+            <w:pPr>
+              <w:spacing w:line="200" w:lineRule="exact"/>
+              <w:ind w:leftChars="-39" w:left="-94" w:right="-108"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FA52D8">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Records identified from</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1449" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1505DE05" w14:textId="77777777" w:rsidR="009E3CDC" w:rsidRDefault="009E3CDC" w:rsidP="003263C1">
+            <w:pPr>
+              <w:spacing w:line="200" w:lineRule="exact"/>
+              <w:ind w:leftChars="-40" w:left="-96" w:rightChars="-40" w:right="-96"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:hint="eastAsia"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>篇名摘要待篩選</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1D23146D" w14:textId="77777777" w:rsidR="009E3CDC" w:rsidRPr="005D46CB" w:rsidRDefault="009E3CDC" w:rsidP="003263C1">
+            <w:pPr>
+              <w:spacing w:line="200" w:lineRule="exact"/>
+              <w:ind w:leftChars="-40" w:left="-96" w:rightChars="-40" w:right="-96"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FA52D8">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>Records screened</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1811" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="65D36353" w14:textId="77777777" w:rsidR="009E3CDC" w:rsidRPr="005D46CB" w:rsidRDefault="009E3CDC" w:rsidP="003263C1">
+            <w:pPr>
+              <w:spacing w:line="200" w:lineRule="exact"/>
+              <w:ind w:leftChars="-37" w:left="-89" w:rightChars="-48" w:right="-115"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:hint="eastAsia"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>全文待獲取</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="79965D29" w14:textId="77777777" w:rsidR="009E3CDC" w:rsidRPr="005D46CB" w:rsidRDefault="009E3CDC" w:rsidP="003263C1">
+            <w:pPr>
+              <w:spacing w:line="200" w:lineRule="exact"/>
+              <w:ind w:leftChars="-37" w:left="-89" w:rightChars="-48" w:right="-115"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FA52D8">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>Reports sought for retrieval</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1880F152" w14:textId="77777777" w:rsidR="009E3CDC" w:rsidRPr="00FA52D8" w:rsidRDefault="009E3CDC" w:rsidP="003263C1">
+            <w:pPr>
+              <w:spacing w:line="200" w:lineRule="exact"/>
+              <w:ind w:leftChars="-37" w:left="-89" w:rightChars="-37" w:right="-89"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:hint="eastAsia"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>全文待篩選</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="25B6A158" w14:textId="77777777" w:rsidR="009E3CDC" w:rsidRPr="005D46CB" w:rsidRDefault="009E3CDC" w:rsidP="003263C1">
+            <w:pPr>
+              <w:spacing w:line="200" w:lineRule="exact"/>
+              <w:ind w:leftChars="-37" w:left="-89" w:rightChars="-37" w:right="-89"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FA52D8">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>Reports assessed for eligibility</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1418" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6A587C8A" w14:textId="77777777" w:rsidR="009E3CDC" w:rsidRDefault="009E3CDC" w:rsidP="003263C1">
+            <w:pPr>
+              <w:spacing w:line="200" w:lineRule="exact"/>
+              <w:ind w:leftChars="-37" w:left="-89" w:rightChars="-20" w:right="-48"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F34DD8">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:hint="eastAsia"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>納入分析</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003D66E8">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:hint="eastAsia"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>I</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003D66E8">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>ncluded</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="009E3CDC" w:rsidRPr="005D46CB" w14:paraId="6B35F7CD" w14:textId="77777777" w:rsidTr="00A832A1">
+        <w:trPr>
+          <w:trHeight w:val="354"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1870" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4C9F8D61" w14:textId="77777777" w:rsidR="009E3CDC" w:rsidRPr="005D46CB" w:rsidRDefault="009E3CDC" w:rsidP="00FA7576">
+            <w:pPr>
+              <w:pStyle w:val="a4"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="6"/>
+              </w:numPr>
+              <w:ind w:leftChars="0" w:left="207" w:right="-108" w:hanging="207"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:hint="eastAsia"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Embase</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1136" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1FFFA9DE" w14:textId="77777777" w:rsidR="009E3CDC" w:rsidRPr="005D46CB" w:rsidRDefault="009E3CDC" w:rsidP="00FA7576">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1280" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2E246525" w14:textId="77777777" w:rsidR="009E3CDC" w:rsidRPr="001F6220" w:rsidRDefault="009E3CDC" w:rsidP="00FA7576">
+            <w:pPr>
+              <w:ind w:left="-31" w:right="-138"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1697" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="4548F875" w14:textId="77777777" w:rsidR="009E3CDC" w:rsidRPr="005D46CB" w:rsidRDefault="009E3CDC" w:rsidP="00FA7576">
+            <w:pPr>
+              <w:ind w:right="103"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1449" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:vMerge w:val="restart"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1B708D4D" w14:textId="77777777" w:rsidR="009E3CDC" w:rsidRPr="00E019E6" w:rsidRDefault="009E3CDC" w:rsidP="00FA7576">
+            <w:pPr>
+              <w:wordWrap w:val="0"/>
+              <w:spacing w:line="0" w:lineRule="atLeast"/>
+              <w:ind w:right="-108"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
+                <w:b/>
+                <w:color w:val="C00000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E019E6">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
+                <w:b/>
+                <w:color w:val="C00000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>included:</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E019E6">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:hint="eastAsia"/>
+                <w:b/>
+                <w:color w:val="C00000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1811" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:vMerge w:val="restart"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="47E992EC" w14:textId="77777777" w:rsidR="009E3CDC" w:rsidRPr="00E019E6" w:rsidRDefault="009E3CDC" w:rsidP="00FA7576">
+            <w:pPr>
+              <w:wordWrap w:val="0"/>
+              <w:spacing w:line="0" w:lineRule="atLeast"/>
+              <w:ind w:right="-113"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
+                <w:b/>
+                <w:color w:val="C00000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E019E6">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
+                <w:b/>
+                <w:color w:val="C00000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>included:</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E019E6">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:hint="eastAsia"/>
+                <w:b/>
+                <w:color w:val="C00000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E019E6">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:hint="eastAsia"/>
+                <w:b/>
+                <w:color w:val="C00000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:vMerge w:val="restart"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="66B63A4E" w14:textId="77777777" w:rsidR="009E3CDC" w:rsidRPr="00E019E6" w:rsidRDefault="009E3CDC" w:rsidP="00FA7576">
+            <w:pPr>
+              <w:wordWrap w:val="0"/>
+              <w:spacing w:line="0" w:lineRule="atLeast"/>
+              <w:ind w:right="-74"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
+                <w:b/>
+                <w:color w:val="C00000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E019E6">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
+                <w:b/>
+                <w:color w:val="C00000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>included:</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E019E6">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:hint="eastAsia"/>
+                <w:b/>
+                <w:color w:val="C00000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E019E6">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
+                <w:b/>
+                <w:color w:val="C00000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1418" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="77E7A29E" w14:textId="77777777" w:rsidR="009E3CDC" w:rsidRDefault="009E3CDC" w:rsidP="00FA7576">
+            <w:pPr>
+              <w:spacing w:line="0" w:lineRule="atLeast"/>
+              <w:ind w:right="-34"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
+                <w:b/>
+                <w:color w:val="C00000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:hint="eastAsia"/>
+                <w:b/>
+                <w:color w:val="C00000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>St</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
+                <w:b/>
+                <w:color w:val="C00000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">udies </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E019E6">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
+                <w:b/>
+                <w:color w:val="C00000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>included</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
+                <w:b/>
+                <w:color w:val="C00000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> in review</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E019E6">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
+                <w:b/>
+                <w:color w:val="C00000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0C5670E7" w14:textId="77777777" w:rsidR="009E3CDC" w:rsidRPr="00E019E6" w:rsidRDefault="009E3CDC" w:rsidP="00FA7576">
+            <w:pPr>
+              <w:spacing w:line="0" w:lineRule="atLeast"/>
+              <w:ind w:right="-34"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
+                <w:b/>
+                <w:color w:val="C00000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
+                <w:b/>
+                <w:color w:val="C00000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:br/>
+              <w:t xml:space="preserve">Reports of included studies: </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="009E3CDC" w:rsidRPr="005D46CB" w14:paraId="37220713" w14:textId="77777777" w:rsidTr="00A832A1">
+        <w:trPr>
+          <w:trHeight w:val="312"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1870" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="107061EC" w14:textId="77777777" w:rsidR="009E3CDC" w:rsidRDefault="009E3CDC" w:rsidP="00FA7576">
+            <w:pPr>
+              <w:pStyle w:val="a4"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="6"/>
+              </w:numPr>
+              <w:ind w:leftChars="0" w:left="210" w:hanging="210"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:hint="eastAsia"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>MEDLINE (</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Ovid</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:hint="eastAsia"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="42694452" w14:textId="77777777" w:rsidR="009E3CDC" w:rsidRPr="005D46CB" w:rsidRDefault="009E3CDC" w:rsidP="00FA7576">
+            <w:pPr>
+              <w:pStyle w:val="a4"/>
+              <w:spacing w:line="180" w:lineRule="exact"/>
+              <w:ind w:leftChars="0" w:left="210"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F330B6">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:hint="eastAsia"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>或</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F330B6">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:hint="eastAsia"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>PubMed</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F330B6">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:hint="eastAsia"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>二擇一</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1136" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5B6ED05C" w14:textId="77777777" w:rsidR="009E3CDC" w:rsidRPr="005D46CB" w:rsidRDefault="009E3CDC" w:rsidP="00FA7576">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1280" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="453C39B4" w14:textId="77777777" w:rsidR="009E3CDC" w:rsidRPr="001F6220" w:rsidRDefault="009E3CDC" w:rsidP="00FA7576">
+            <w:pPr>
+              <w:ind w:left="-31" w:right="-138"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1697" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="327E97E4" w14:textId="77777777" w:rsidR="009E3CDC" w:rsidRPr="005D46CB" w:rsidRDefault="009E3CDC" w:rsidP="00FA7576">
+            <w:pPr>
+              <w:ind w:right="103"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1449" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="3D95D614" w14:textId="77777777" w:rsidR="009E3CDC" w:rsidRPr="005D46CB" w:rsidRDefault="009E3CDC" w:rsidP="00FA7576">
+            <w:pPr>
+              <w:ind w:right="103"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1811" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="38428559" w14:textId="77777777" w:rsidR="009E3CDC" w:rsidRPr="005D46CB" w:rsidRDefault="009E3CDC" w:rsidP="00FA7576">
+            <w:pPr>
+              <w:ind w:right="103"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="6B027721" w14:textId="77777777" w:rsidR="009E3CDC" w:rsidRPr="005D46CB" w:rsidRDefault="009E3CDC" w:rsidP="00FA7576">
+            <w:pPr>
+              <w:wordWrap w:val="0"/>
+              <w:ind w:right="103"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1418" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="58A117FC" w14:textId="77777777" w:rsidR="009E3CDC" w:rsidRPr="005D46CB" w:rsidRDefault="009E3CDC" w:rsidP="00FA7576">
+            <w:pPr>
+              <w:ind w:right="103"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="009E3CDC" w:rsidRPr="005D46CB" w14:paraId="3AF8F232" w14:textId="77777777" w:rsidTr="00A832A1">
+        <w:trPr>
+          <w:trHeight w:val="67"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1870" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2F76264A" w14:textId="77777777" w:rsidR="009E3CDC" w:rsidRPr="005D46CB" w:rsidRDefault="009E3CDC" w:rsidP="00FA7576">
+            <w:pPr>
+              <w:pStyle w:val="a4"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="6"/>
+              </w:numPr>
+              <w:ind w:leftChars="0" w:left="207" w:right="-108" w:hanging="207"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:hint="eastAsia"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Cochrane </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005D46CB">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>CENTRAL</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1136" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="62A7BC2C" w14:textId="77777777" w:rsidR="009E3CDC" w:rsidRPr="005D46CB" w:rsidRDefault="009E3CDC" w:rsidP="00FA7576">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1280" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="57EAD546" w14:textId="77777777" w:rsidR="009E3CDC" w:rsidRPr="001F6220" w:rsidRDefault="009E3CDC" w:rsidP="00FA7576">
+            <w:pPr>
+              <w:ind w:left="-31" w:right="-138"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1697" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="6704D0D8" w14:textId="77777777" w:rsidR="009E3CDC" w:rsidRPr="005D46CB" w:rsidRDefault="009E3CDC" w:rsidP="00FA7576">
+            <w:pPr>
+              <w:ind w:right="103"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1449" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="3ECCD652" w14:textId="77777777" w:rsidR="009E3CDC" w:rsidRPr="005D46CB" w:rsidRDefault="009E3CDC" w:rsidP="00FA7576">
+            <w:pPr>
+              <w:ind w:right="103"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1811" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="5346D830" w14:textId="77777777" w:rsidR="009E3CDC" w:rsidRPr="005D46CB" w:rsidRDefault="009E3CDC" w:rsidP="00FA7576">
+            <w:pPr>
+              <w:ind w:right="103"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="5FE07F74" w14:textId="77777777" w:rsidR="009E3CDC" w:rsidRPr="005D46CB" w:rsidRDefault="009E3CDC" w:rsidP="00FA7576">
+            <w:pPr>
+              <w:wordWrap w:val="0"/>
+              <w:ind w:right="103"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1418" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="42867310" w14:textId="77777777" w:rsidR="009E3CDC" w:rsidRPr="005D46CB" w:rsidRDefault="009E3CDC" w:rsidP="00FA7576">
+            <w:pPr>
+              <w:ind w:right="103"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="009E3CDC" w:rsidRPr="005D46CB" w14:paraId="0DB1AE6F" w14:textId="77777777" w:rsidTr="00A832A1">
+        <w:trPr>
+          <w:trHeight w:val="67"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1870" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7B7049A4" w14:textId="77777777" w:rsidR="009E3CDC" w:rsidRDefault="009E3CDC" w:rsidP="00FA7576">
+            <w:pPr>
+              <w:pStyle w:val="a4"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="6"/>
+              </w:numPr>
+              <w:ind w:leftChars="0" w:left="207" w:right="-108" w:hanging="207"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00847748">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:hint="eastAsia"/>
+                <w:color w:val="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>CINAHL</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001F6220">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:hint="eastAsia"/>
+                <w:color w:val="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001F6220">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:hint="eastAsia"/>
+                <w:color w:val="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>(</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001F6220">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
+                <w:color w:val="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>EBSCOhost</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001F6220">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:hint="eastAsia"/>
+                <w:color w:val="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1136" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1DC624D9" w14:textId="77777777" w:rsidR="009E3CDC" w:rsidRPr="005D46CB" w:rsidRDefault="009E3CDC" w:rsidP="00FA7576">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1280" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="55804D81" w14:textId="77777777" w:rsidR="009E3CDC" w:rsidRPr="001F6220" w:rsidRDefault="009E3CDC" w:rsidP="00FA7576">
+            <w:pPr>
+              <w:ind w:left="-31" w:right="-138"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1697" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="362A424E" w14:textId="77777777" w:rsidR="009E3CDC" w:rsidRDefault="009E3CDC" w:rsidP="00FA7576">
+            <w:pPr>
+              <w:ind w:right="103"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1449" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="0E3E6828" w14:textId="77777777" w:rsidR="009E3CDC" w:rsidRPr="005D46CB" w:rsidRDefault="009E3CDC" w:rsidP="00FA7576">
+            <w:pPr>
+              <w:ind w:right="103"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1811" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="0B2E7464" w14:textId="77777777" w:rsidR="009E3CDC" w:rsidRPr="005D46CB" w:rsidRDefault="009E3CDC" w:rsidP="00FA7576">
+            <w:pPr>
+              <w:ind w:right="103"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="1033DA1A" w14:textId="77777777" w:rsidR="009E3CDC" w:rsidRPr="005D46CB" w:rsidRDefault="009E3CDC" w:rsidP="00FA7576">
+            <w:pPr>
+              <w:wordWrap w:val="0"/>
+              <w:ind w:right="103"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1418" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="3042CCA5" w14:textId="77777777" w:rsidR="009E3CDC" w:rsidRPr="005D46CB" w:rsidRDefault="009E3CDC" w:rsidP="00FA7576">
+            <w:pPr>
+              <w:ind w:right="103"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="009E3CDC" w:rsidRPr="005D46CB" w14:paraId="500C079C" w14:textId="77777777" w:rsidTr="00A832A1">
+        <w:trPr>
+          <w:trHeight w:val="67"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1870" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="747D9FA7" w14:textId="77777777" w:rsidR="009E3CDC" w:rsidRPr="005D46CB" w:rsidRDefault="009E3CDC" w:rsidP="00FA7576">
+            <w:pPr>
+              <w:pStyle w:val="a4"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="6"/>
+              </w:numPr>
+              <w:ind w:leftChars="0" w:left="207" w:right="-108" w:hanging="207"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00847748">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:hint="eastAsia"/>
+                <w:color w:val="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Scopus</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00847748">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:hint="eastAsia"/>
+                <w:color w:val="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>或</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00847748">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:hint="eastAsia"/>
+                <w:color w:val="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>WOS</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1136" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1262C6E0" w14:textId="77777777" w:rsidR="009E3CDC" w:rsidRPr="005D46CB" w:rsidRDefault="009E3CDC" w:rsidP="00FA7576">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1280" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="727446EE" w14:textId="77777777" w:rsidR="009E3CDC" w:rsidRPr="001F6220" w:rsidRDefault="009E3CDC" w:rsidP="00FA7576">
+            <w:pPr>
+              <w:ind w:left="-31" w:right="-138"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1697" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="71D20435" w14:textId="77777777" w:rsidR="009E3CDC" w:rsidRPr="005D46CB" w:rsidRDefault="009E3CDC" w:rsidP="00FA7576">
+            <w:pPr>
+              <w:ind w:right="103"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1449" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="20F846E3" w14:textId="77777777" w:rsidR="009E3CDC" w:rsidRPr="005D46CB" w:rsidRDefault="009E3CDC" w:rsidP="00FA7576">
+            <w:pPr>
+              <w:ind w:right="103"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1811" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="6FC44003" w14:textId="77777777" w:rsidR="009E3CDC" w:rsidRPr="005D46CB" w:rsidRDefault="009E3CDC" w:rsidP="00FA7576">
+            <w:pPr>
+              <w:ind w:right="103"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="56D8B337" w14:textId="77777777" w:rsidR="009E3CDC" w:rsidRPr="005D46CB" w:rsidRDefault="009E3CDC" w:rsidP="00FA7576">
+            <w:pPr>
+              <w:wordWrap w:val="0"/>
+              <w:ind w:right="103"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1418" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="52603632" w14:textId="77777777" w:rsidR="009E3CDC" w:rsidRPr="005D46CB" w:rsidRDefault="009E3CDC" w:rsidP="00FA7576">
+            <w:pPr>
+              <w:ind w:right="103"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="009E3CDC" w:rsidRPr="005D46CB" w14:paraId="1495BEE3" w14:textId="77777777" w:rsidTr="00A832A1">
+        <w:trPr>
+          <w:trHeight w:val="67"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1870" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="788CD7A4" w14:textId="77777777" w:rsidR="009E3CDC" w:rsidRPr="005D46CB" w:rsidRDefault="009E3CDC" w:rsidP="00FA7576">
+            <w:pPr>
+              <w:pStyle w:val="a4"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="6"/>
+              </w:numPr>
+              <w:ind w:leftChars="0" w:left="207" w:right="-108" w:hanging="207"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00847748">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:hint="eastAsia"/>
+                <w:color w:val="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>ICTRP</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1136" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4E39A4F7" w14:textId="77777777" w:rsidR="009E3CDC" w:rsidRPr="005D46CB" w:rsidRDefault="009E3CDC" w:rsidP="00FA7576">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1280" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="147A7146" w14:textId="77777777" w:rsidR="009E3CDC" w:rsidRPr="001F6220" w:rsidRDefault="009E3CDC" w:rsidP="00FA7576">
+            <w:pPr>
+              <w:ind w:left="-31" w:right="-138"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1697" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="3858403B" w14:textId="77777777" w:rsidR="009E3CDC" w:rsidRPr="005D46CB" w:rsidRDefault="009E3CDC" w:rsidP="00FA7576">
+            <w:pPr>
+              <w:ind w:right="103"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1449" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="2CA4DAF2" w14:textId="77777777" w:rsidR="009E3CDC" w:rsidRPr="005D46CB" w:rsidRDefault="009E3CDC" w:rsidP="00FA7576">
+            <w:pPr>
+              <w:ind w:right="103"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1811" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="4B7042A4" w14:textId="77777777" w:rsidR="009E3CDC" w:rsidRPr="005D46CB" w:rsidRDefault="009E3CDC" w:rsidP="00FA7576">
+            <w:pPr>
+              <w:ind w:right="103"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="2CB9676B" w14:textId="77777777" w:rsidR="009E3CDC" w:rsidRPr="005D46CB" w:rsidRDefault="009E3CDC" w:rsidP="00FA7576">
+            <w:pPr>
+              <w:wordWrap w:val="0"/>
+              <w:ind w:right="103"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1418" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="5FC1458B" w14:textId="77777777" w:rsidR="009E3CDC" w:rsidRPr="005D46CB" w:rsidRDefault="009E3CDC" w:rsidP="00FA7576">
+            <w:pPr>
+              <w:ind w:right="103"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="009E3CDC" w:rsidRPr="005D46CB" w14:paraId="2CE306E4" w14:textId="77777777" w:rsidTr="00A832A1">
+        <w:trPr>
+          <w:trHeight w:val="396"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1870" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4FC8D8B0" w14:textId="77777777" w:rsidR="009E3CDC" w:rsidRPr="005D46CB" w:rsidRDefault="009E3CDC" w:rsidP="00FA7576">
+            <w:pPr>
+              <w:ind w:right="-108"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00577E42">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
+                <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>other</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00577E42">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:hint="eastAsia"/>
+                <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> sources</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1136" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="672DCA0D" w14:textId="77777777" w:rsidR="009E3CDC" w:rsidRPr="005D46CB" w:rsidRDefault="009E3CDC" w:rsidP="00FA7576">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:hint="eastAsia"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1280" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="62AD4710" w14:textId="77777777" w:rsidR="009E3CDC" w:rsidRPr="001F6220" w:rsidRDefault="009E3CDC" w:rsidP="00FA7576">
+            <w:pPr>
+              <w:ind w:left="-31" w:right="-138"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F6220">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:hint="eastAsia"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1697" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2C8C11B2" w14:textId="77777777" w:rsidR="009E3CDC" w:rsidRPr="005D46CB" w:rsidRDefault="009E3CDC" w:rsidP="00FA7576">
+            <w:pPr>
+              <w:ind w:right="103"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1449" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:vMerge/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="148FAE30" w14:textId="77777777" w:rsidR="009E3CDC" w:rsidRPr="005D46CB" w:rsidRDefault="009E3CDC" w:rsidP="00FA7576">
+            <w:pPr>
+              <w:ind w:right="103"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1811" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="671A16B7" w14:textId="77777777" w:rsidR="009E3CDC" w:rsidRPr="005D46CB" w:rsidRDefault="009E3CDC" w:rsidP="00FA7576">
+            <w:pPr>
+              <w:ind w:right="103"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="6EE65BEB" w14:textId="77777777" w:rsidR="009E3CDC" w:rsidRPr="005D46CB" w:rsidRDefault="009E3CDC" w:rsidP="00FA7576">
+            <w:pPr>
+              <w:wordWrap w:val="0"/>
+              <w:ind w:right="103"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1418" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="166146BA" w14:textId="77777777" w:rsidR="009E3CDC" w:rsidRPr="005D46CB" w:rsidRDefault="009E3CDC" w:rsidP="00FA7576">
+            <w:pPr>
+              <w:ind w:right="103"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="009E3CDC" w:rsidRPr="005D46CB" w14:paraId="7276E167" w14:textId="77777777" w:rsidTr="00A832A1">
+        <w:trPr>
+          <w:trHeight w:val="593"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4295" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:vMerge w:val="restart"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1C8C30F2" w14:textId="77777777" w:rsidR="009E3CDC" w:rsidRDefault="009E3CDC" w:rsidP="00FA7576">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:hint="eastAsia"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>文獻篩選流程</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId7" w:history="1">
+              <w:r w:rsidRPr="00E32912">
+                <w:rPr>
+                  <w:rStyle w:val="aa"/>
+                  <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:hint="eastAsia"/>
+                  <w:b/>
+                  <w:color w:val="0070C0"/>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                </w:rPr>
+                <w:t>PRISMA flow diagram</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r w:rsidRPr="005D46CB">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="493E7EC4" w14:textId="77777777" w:rsidR="009E3CDC" w:rsidRPr="00326A51" w:rsidRDefault="009E3CDC" w:rsidP="00FA7576">
+            <w:pPr>
+              <w:spacing w:line="160" w:lineRule="exact"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00326A51">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:hint="eastAsia"/>
+                <w:color w:val="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>篩選流程管理與去重複書目，可利用相關工具，例如</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00326A51">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:hint="eastAsia"/>
+                <w:color w:val="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>EndNote</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00326A51">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:hint="eastAsia"/>
+                <w:color w:val="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>、</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00326A51">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:hint="eastAsia"/>
+                <w:color w:val="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Rayyan</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00326A51">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:hint="eastAsia"/>
+                <w:color w:val="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>等進行管理。</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1688" w:type="dxa"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="7D9210A6" w14:textId="77777777" w:rsidR="009E3CDC" w:rsidRPr="005D46CB" w:rsidRDefault="009E3CDC" w:rsidP="00FA7576">
+            <w:pPr>
+              <w:wordWrap w:val="0"/>
+              <w:spacing w:line="0" w:lineRule="atLeast"/>
+              <w:ind w:right="-108"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
+                <w:b/>
+                <w:color w:val="FF0000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009548E7">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
+                <w:b/>
+                <w:color w:val="C00000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>included:</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:hint="eastAsia"/>
+                <w:b/>
+                <w:color w:val="C00000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1458" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+          </w:tcPr>
+          <w:p w14:paraId="67959C46" w14:textId="77777777" w:rsidR="009E3CDC" w:rsidRPr="005D46CB" w:rsidRDefault="009E3CDC" w:rsidP="00FA7576">
+            <w:pPr>
+              <w:wordWrap w:val="0"/>
+              <w:ind w:right="103"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
+                <w:b/>
+                <w:color w:val="FF0000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1802" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w14:paraId="71991FE3" w14:textId="77777777" w:rsidR="009E3CDC" w:rsidRPr="005D46CB" w:rsidRDefault="009E3CDC" w:rsidP="00FA7576">
+            <w:pPr>
+              <w:ind w:right="103"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
+                <w:b/>
+                <w:color w:val="FF0000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w14:paraId="1A694E57" w14:textId="77777777" w:rsidR="009E3CDC" w:rsidRPr="005D46CB" w:rsidRDefault="009E3CDC" w:rsidP="00FA7576">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
+                <w:b/>
+                <w:color w:val="FF0000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1418" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="54EF1148" w14:textId="77777777" w:rsidR="009E3CDC" w:rsidRPr="005D46CB" w:rsidRDefault="009E3CDC" w:rsidP="00FA7576">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
+                <w:b/>
+                <w:color w:val="FF0000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="009E3CDC" w:rsidRPr="005D46CB" w14:paraId="0E0E7B2D" w14:textId="77777777" w:rsidTr="00A832A1">
+        <w:trPr>
+          <w:trHeight w:val="355"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4295" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:vMerge/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="55B21BFC" w14:textId="77777777" w:rsidR="009E3CDC" w:rsidRPr="005D46CB" w:rsidRDefault="009E3CDC" w:rsidP="00FA7576">
+            <w:pPr>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2412" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w14:paraId="2CE87E38" w14:textId="77777777" w:rsidR="009E3CDC" w:rsidRPr="008A57BE" w:rsidRDefault="009E3CDC" w:rsidP="00FA7576">
+            <w:pPr>
+              <w:spacing w:line="0" w:lineRule="atLeast"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
+                <w:b/>
+                <w:color w:val="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008A57BE">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:hint="eastAsia"/>
+                <w:b/>
+                <w:color w:val="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>de-duplicates</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008A57BE">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
+                <w:b/>
+                <w:color w:val="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008A57BE">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:hint="eastAsia"/>
+                <w:b/>
+                <w:color w:val="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
+                <w:b/>
+                <w:color w:val="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1335" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+          </w:tcPr>
+          <w:p w14:paraId="6E3F04DB" w14:textId="77777777" w:rsidR="009E3CDC" w:rsidRPr="008A57BE" w:rsidRDefault="009E3CDC" w:rsidP="00FA7576">
+            <w:pPr>
+              <w:spacing w:line="0" w:lineRule="atLeast"/>
+              <w:ind w:right="-113"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
+                <w:b/>
+                <w:color w:val="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008A57BE">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
+                <w:b/>
+                <w:color w:val="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>excl</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008A57BE">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:hint="eastAsia"/>
+                <w:b/>
+                <w:color w:val="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>uded</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008A57BE">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
+                <w:b/>
+                <w:color w:val="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
+                <w:b/>
+                <w:color w:val="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2221" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w14:paraId="02AA2F96" w14:textId="77777777" w:rsidR="009E3CDC" w:rsidRPr="008A57BE" w:rsidRDefault="009E3CDC" w:rsidP="00FA7576">
+            <w:pPr>
+              <w:spacing w:line="0" w:lineRule="atLeast"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
+                <w:b/>
+                <w:color w:val="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008A57BE">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
+                <w:b/>
+                <w:color w:val="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>excl</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008A57BE">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:hint="eastAsia"/>
+                <w:b/>
+                <w:color w:val="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>uded</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008A57BE">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
+                <w:b/>
+                <w:color w:val="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">: </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="55F041DE" w14:textId="77777777" w:rsidR="009E3CDC" w:rsidRPr="008A57BE" w:rsidRDefault="009E3CDC" w:rsidP="00FA7576">
+            <w:pPr>
+              <w:spacing w:line="0" w:lineRule="atLeast"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
+                <w:b/>
+                <w:color w:val="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2524" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w14:paraId="7D1BBA36" w14:textId="77777777" w:rsidR="009E3CDC" w:rsidRPr="008A57BE" w:rsidRDefault="009E3CDC" w:rsidP="00FA7576">
+            <w:pPr>
+              <w:spacing w:line="0" w:lineRule="atLeast"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
+                <w:b/>
+                <w:color w:val="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008A57BE">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
+                <w:b/>
+                <w:color w:val="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>excl</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008A57BE">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:hint="eastAsia"/>
+                <w:b/>
+                <w:color w:val="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>uded</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008A57BE">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
+                <w:b/>
+                <w:color w:val="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">: </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2BC3B549" w14:textId="77777777" w:rsidR="009E3CDC" w:rsidRPr="008A57BE" w:rsidRDefault="009E3CDC" w:rsidP="00FA7576">
+            <w:pPr>
+              <w:spacing w:line="0" w:lineRule="atLeast"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
+                <w:b/>
+                <w:color w:val="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008A57BE">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:hint="eastAsia"/>
+                <w:color w:val="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>說明排除理由</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="09DE2011" w14:textId="77777777" w:rsidR="00C66360" w:rsidRPr="008E4171" w:rsidRDefault="00C66360" w:rsidP="00C66360">
+      <w:pPr>
+        <w:pStyle w:val="1"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="0"/>
+        </w:numPr>
+        <w:spacing w:before="0" w:afterLines="20" w:after="72" w:line="360" w:lineRule="exact"/>
+        <w:ind w:left="431" w:hanging="431"/>
+        <w:rPr>
+          <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體"/>
+          <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:hint="eastAsia"/>
-          <w:b/>
+          <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="zh-TW"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>2a</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="zh-TW"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E4171">
+        <w:rPr>
+          <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
+          <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>檢索詞</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:hint="eastAsia"/>
-          <w:b/>
+          <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
+          <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="zh-TW"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...7 lines deleted...]
-        <w:t>Search Terms</w:t>
+        <w:t>: 自我檢核</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblW w:w="13796" w:type="dxa"/>
+        <w:tblW w:w="14062" w:type="dxa"/>
         <w:tblInd w:w="108" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="00A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="880"/>
         <w:gridCol w:w="2409"/>
-        <w:gridCol w:w="3233"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="3872"/>
+        <w:gridCol w:w="6379"/>
+        <w:gridCol w:w="4394"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00820916" w:rsidRPr="005D46CB" w14:paraId="23868309" w14:textId="77777777" w:rsidTr="00BB04B3">
+      <w:tr w:rsidR="00C66360" w:rsidRPr="005D46CB" w14:paraId="4CAF1DD0" w14:textId="77777777" w:rsidTr="00C66360">
+        <w:trPr>
+          <w:trHeight w:val="335"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="880" w:type="dxa"/>
-            <w:vMerge w:val="restart"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FDE9D9" w:themeFill="accent6" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="310ACE3A" w14:textId="14584270" w:rsidR="00820916" w:rsidRPr="005D46CB" w:rsidRDefault="00820916" w:rsidP="00371257">
+          <w:p w14:paraId="4EF909A7" w14:textId="77777777" w:rsidR="00C66360" w:rsidRPr="00407080" w:rsidRDefault="00C66360" w:rsidP="00C66360">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="exact"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
+                <w:b/>
+                <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2409" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FDE9D9" w:themeFill="accent6" w:themeFillTint="33"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="42F4220F" w14:textId="77777777" w:rsidR="00C66360" w:rsidRDefault="00C66360" w:rsidP="00C66360">
             <w:pPr>
               <w:pStyle w:val="a4"/>
-              <w:spacing w:line="280" w:lineRule="exact"/>
+              <w:spacing w:line="240" w:lineRule="exact"/>
               <w:ind w:leftChars="0" w:left="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
-[...4 lines deleted...]
-            <w:r w:rsidRPr="00B461F9">
+                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman"/>
+                <w:color w:val="262626" w:themeColor="text1" w:themeTint="D9"/>
+                <w:kern w:val="24"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6379" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FDE9D9" w:themeFill="accent6" w:themeFillTint="33"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2ACB83D9" w14:textId="22EA20A9" w:rsidR="00C66360" w:rsidRDefault="00C66360" w:rsidP="00C66360">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="exact"/>
+              <w:ind w:leftChars="63" w:left="151" w:rightChars="306" w:right="734"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:hint="eastAsia"/>
-                <w:color w:val="262626" w:themeColor="text1" w:themeTint="D9"/>
-[...8 lines deleted...]
-                <w:sz w:val="16"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>自由詞彙：</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005D46CB">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>英文同義字</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4394" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FDE9D9" w:themeFill="accent6" w:themeFillTint="33"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5C8DF2F9" w14:textId="1E154E29" w:rsidR="00C66360" w:rsidRDefault="00C66360" w:rsidP="00C66360">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="exact"/>
+              <w:ind w:leftChars="63" w:left="151" w:rightChars="306" w:right="734"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C66360">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:hint="eastAsia"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>控制詞彙</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00C66360" w:rsidRPr="005D46CB" w14:paraId="73CA627E" w14:textId="77777777" w:rsidTr="00C66360">
+        <w:trPr>
+          <w:trHeight w:val="529"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="880" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FDE9D9" w:themeFill="accent6" w:themeFillTint="33"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2980DC35" w14:textId="77777777" w:rsidR="00C66360" w:rsidRPr="00407080" w:rsidRDefault="00C66360" w:rsidP="006754A9">
+            <w:pPr>
+              <w:spacing w:before="36" w:after="36" w:line="280" w:lineRule="exact"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
+                <w:b/>
+                <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00407080">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:hint="eastAsia"/>
+                <w:b/>
+                <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>蒐集</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
+                <w:b/>
+                <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
+                <w:sz w:val="22"/>
               </w:rPr>
               <w:br/>
             </w:r>
-            <w:r w:rsidRPr="00E05E25">
-[...7 lines deleted...]
-            <w:r w:rsidRPr="00B461F9">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:hint="eastAsia"/>
-                <w:color w:val="262626" w:themeColor="text1" w:themeTint="D9"/>
-[...530 lines deleted...]
-          <w:p w14:paraId="7A5DAB29" w14:textId="214F6C34" w:rsidR="00BB608C" w:rsidRPr="005D46CB" w:rsidRDefault="00056956" w:rsidP="00CA198A">
+                <w:b/>
+                <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>管道</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4F8CA14A" w14:textId="77777777" w:rsidR="00C66360" w:rsidRPr="00407080" w:rsidRDefault="00C66360" w:rsidP="006754A9">
             <w:pPr>
               <w:pStyle w:val="a4"/>
               <w:spacing w:line="280" w:lineRule="exact"/>
               <w:ind w:leftChars="0" w:left="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
                 <w:b/>
-                <w:sz w:val="22"/>
-[...17 lines deleted...]
-            </w:r>
+                <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2409" w:type="dxa"/>
-          </w:tcPr>
-[...93 lines deleted...]
-          <w:p w14:paraId="263D6AA9" w14:textId="42A38B1D" w:rsidR="00BB608C" w:rsidRPr="006A5067" w:rsidRDefault="00BB608C" w:rsidP="00CA198A">
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="61146B06" w14:textId="77777777" w:rsidR="00C66360" w:rsidRDefault="00C66360" w:rsidP="006754A9">
             <w:pPr>
               <w:pStyle w:val="a4"/>
               <w:spacing w:before="36" w:after="36" w:line="280" w:lineRule="exact"/>
               <w:ind w:leftChars="0" w:left="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體"/>
-[...1174 lines deleted...]
-              <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman"/>
                 <w:color w:val="262626" w:themeColor="text1" w:themeTint="D9"/>
                 <w:kern w:val="24"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6635" w:type="dxa"/>
-[...3 lines deleted...]
-          <w:p w14:paraId="791B3E95" w14:textId="611753F3" w:rsidR="009A369A" w:rsidRDefault="00A35B6E" w:rsidP="009A369A">
+            <w:tcW w:w="6379" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="675AA888" w14:textId="77777777" w:rsidR="00C66360" w:rsidRDefault="00000000" w:rsidP="006754A9">
             <w:pPr>
               <w:spacing w:before="36" w:after="36" w:line="240" w:lineRule="exact"/>
               <w:ind w:leftChars="63" w:left="151" w:rightChars="306" w:right="734"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
                   <w:sz w:val="16"/>
                 </w:rPr>
-                <w:id w:val="301117138"/>
+                <w:id w:val="206302828"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="00FE" w14:font="Wingdings"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtContent>
-                <w:r w:rsidR="00EE5D75">
+                <w:r w:rsidR="00C66360">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cstheme="minorHAnsi" w:hint="eastAsia"/>
                     <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
                     <w:sz w:val="16"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
-            <w:r w:rsidR="00CB291C">
+            <w:r w:rsidR="00C66360">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:sym w:font="Wingdings 2" w:char="F075"/>
             </w:r>
-            <w:r w:rsidR="00CB291C" w:rsidRPr="004C0598">
+            <w:r w:rsidR="00C66360" w:rsidRPr="004C0598">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t>控制詞彙表之同義詞清單</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="5447A7B8" w14:textId="77777777" w:rsidR="009A369A" w:rsidRDefault="00A35B6E" w:rsidP="009A369A">
+          <w:p w14:paraId="1C006411" w14:textId="77777777" w:rsidR="00C66360" w:rsidRDefault="00000000" w:rsidP="006754A9">
             <w:pPr>
               <w:spacing w:before="36" w:after="36" w:line="240" w:lineRule="exact"/>
               <w:ind w:leftChars="63" w:left="151" w:rightChars="306" w:right="734"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
                   <w:sz w:val="16"/>
                 </w:rPr>
-                <w:id w:val="1321846273"/>
+                <w:id w:val="458608033"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="00FE" w14:font="Wingdings"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtContent>
-                <w:r w:rsidR="00CB291C" w:rsidRPr="004C0598">
+                <w:r w:rsidR="00C66360" w:rsidRPr="004C0598">
                   <w:rPr>
                     <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="微軟正黑體" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
                     <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
                     <w:sz w:val="16"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
-            <w:r w:rsidR="00CB291C">
+            <w:r w:rsidR="00C66360">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:sym w:font="Wingdings 2" w:char="F076"/>
             </w:r>
-            <w:r w:rsidR="00CB291C" w:rsidRPr="004C0598">
+            <w:r w:rsidR="00C66360" w:rsidRPr="004C0598">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t>控制詞彙表之狹義控制詞彙</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="69B19D7A" w14:textId="77777777" w:rsidR="009A369A" w:rsidRDefault="00A35B6E" w:rsidP="009A369A">
+          <w:p w14:paraId="560BA0EA" w14:textId="77777777" w:rsidR="00C66360" w:rsidRDefault="00000000" w:rsidP="006754A9">
             <w:pPr>
               <w:spacing w:before="36" w:after="36" w:line="240" w:lineRule="exact"/>
               <w:ind w:leftChars="63" w:left="151" w:rightChars="306" w:right="734"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
                   <w:sz w:val="16"/>
                 </w:rPr>
-                <w:id w:val="-1883624876"/>
+                <w:id w:val="-26491338"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="00FE" w14:font="Wingdings"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtContent>
-                <w:r w:rsidR="00CB291C" w:rsidRPr="004C0598">
+                <w:r w:rsidR="00C66360" w:rsidRPr="004C0598">
                   <w:rPr>
                     <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="微軟正黑體" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
                     <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
                     <w:sz w:val="16"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
-            <w:r w:rsidR="00CB291C">
+            <w:r w:rsidR="00C66360">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:sym w:font="Wingdings 2" w:char="F077"/>
             </w:r>
-            <w:r w:rsidR="00CB291C" w:rsidRPr="00134BF1">
+            <w:r w:rsidR="00C66360" w:rsidRPr="00134BF1">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve">Cochrane </w:t>
             </w:r>
-            <w:r w:rsidR="00CB291C" w:rsidRPr="004C0598">
+            <w:r w:rsidR="00C66360" w:rsidRPr="004C0598">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve">SR: </w:t>
             </w:r>
-            <w:r w:rsidR="00CB291C" w:rsidRPr="005476FC">
+            <w:r w:rsidR="00C66360" w:rsidRPr="005476FC">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve">Search Strategies </w:t>
             </w:r>
-            <w:r w:rsidR="009A369A">
+            <w:r w:rsidR="00C66360">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:sym w:font="Wingdings 3" w:char="F022"/>
             </w:r>
-            <w:r w:rsidR="00CB291C" w:rsidRPr="005476FC">
+            <w:r w:rsidR="00C66360" w:rsidRPr="005476FC">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t>App</w:t>
             </w:r>
-            <w:r w:rsidR="009A369A">
+            <w:r w:rsidR="00C66360">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t>endices; Supplementary; Methods</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="4AE72F41" w14:textId="77777777" w:rsidR="009A369A" w:rsidRDefault="00A35B6E" w:rsidP="009A369A">
+          <w:p w14:paraId="17290874" w14:textId="77777777" w:rsidR="00C66360" w:rsidRDefault="00000000" w:rsidP="006754A9">
             <w:pPr>
               <w:spacing w:before="36" w:after="36" w:line="240" w:lineRule="exact"/>
               <w:ind w:leftChars="63" w:left="151" w:rightChars="306" w:right="734"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
                   <w:sz w:val="16"/>
                 </w:rPr>
-                <w:id w:val="1316229962"/>
+                <w:id w:val="1522360439"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="00FE" w14:font="Wingdings"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtContent>
-                <w:r w:rsidR="00CB291C" w:rsidRPr="004C0598">
+                <w:r w:rsidR="00C66360" w:rsidRPr="004C0598">
                   <w:rPr>
                     <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="微軟正黑體" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
                     <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
                     <w:sz w:val="16"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
-            <w:r w:rsidR="00CB291C">
+            <w:r w:rsidR="00C66360">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:sym w:font="Wingdings 2" w:char="F078"/>
             </w:r>
-            <w:r w:rsidR="00CB291C" w:rsidRPr="004C0598">
+            <w:r w:rsidR="00C66360" w:rsidRPr="004C0598">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t>瀏覽相關文章</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="7955868E" w14:textId="2A10DB54" w:rsidR="00CB291C" w:rsidRPr="004C0598" w:rsidRDefault="00A35B6E" w:rsidP="00A35B6E">
+          <w:p w14:paraId="1C35FCA5" w14:textId="77777777" w:rsidR="00C66360" w:rsidRPr="004C0598" w:rsidRDefault="00000000" w:rsidP="006754A9">
             <w:pPr>
               <w:spacing w:before="36" w:after="36" w:line="240" w:lineRule="exact"/>
               <w:ind w:leftChars="63" w:left="151" w:rightChars="306" w:right="734"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
                   <w:sz w:val="16"/>
                 </w:rPr>
-                <w:id w:val="-1847772673"/>
+                <w:id w:val="-88937103"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="00FE" w14:font="Wingdings"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtContent>
-                <w:r w:rsidR="00CB291C">
+                <w:r w:rsidR="00C66360">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cstheme="minorHAnsi" w:hint="eastAsia"/>
                     <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
                     <w:sz w:val="16"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
-            <w:r w:rsidR="00CB291C">
+            <w:r w:rsidR="00C66360">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:sym w:font="Wingdings 2" w:char="F079"/>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="00C66360">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi" w:hint="eastAsia"/>
                 <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t>生成式</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="00C66360">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi" w:hint="eastAsia"/>
                 <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t>AI</w:t>
             </w:r>
-            <w:r w:rsidR="00CB291C">
-[...43 lines deleted...]
-          <w:p w14:paraId="4643528B" w14:textId="0EA5A66E" w:rsidR="00CB291C" w:rsidRPr="004C0598" w:rsidRDefault="00A35B6E" w:rsidP="00D27F23">
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4394" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="5E2A09C0" w14:textId="77777777" w:rsidR="00C66360" w:rsidRPr="004C0598" w:rsidRDefault="00000000" w:rsidP="006754A9">
             <w:pPr>
               <w:spacing w:before="36" w:after="36" w:line="240" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
                   <w:sz w:val="16"/>
                 </w:rPr>
-                <w:id w:val="1519125198"/>
+                <w:id w:val="-2070564438"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="00FE" w14:font="Wingdings"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtContent>
-                <w:r w:rsidR="00CB291C" w:rsidRPr="004C0598">
+                <w:r w:rsidR="00C66360" w:rsidRPr="004C0598">
                   <w:rPr>
                     <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="微軟正黑體" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
                     <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
                     <w:sz w:val="16"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
-            <w:r w:rsidR="00CB291C">
+            <w:r w:rsidR="00C66360">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:sym w:font="Wingdings 2" w:char="F075"/>
             </w:r>
-            <w:proofErr w:type="gramStart"/>
-            <w:r w:rsidR="00CB291C" w:rsidRPr="004C0598">
+            <w:r w:rsidR="00C66360" w:rsidRPr="004C0598">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t>詞表查詢</w:t>
             </w:r>
-            <w:proofErr w:type="gramEnd"/>
-            <w:r w:rsidR="00EE5D75">
+            <w:r w:rsidR="00C66360">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi" w:hint="eastAsia"/>
                 <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t>＞</w:t>
             </w:r>
-            <w:r w:rsidR="00CB291C" w:rsidRPr="004C0598">
+            <w:r w:rsidR="00C66360" w:rsidRPr="004C0598">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t>決定控制詞彙位階</w:t>
             </w:r>
-            <w:r w:rsidR="00CB291C" w:rsidRPr="004C0598">
+            <w:r w:rsidR="00C66360" w:rsidRPr="004C0598">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t>(</w:t>
             </w:r>
-            <w:r w:rsidR="00CB291C" w:rsidRPr="004C0598">
+            <w:r w:rsidR="00C66360" w:rsidRPr="004C0598">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t>廣</w:t>
             </w:r>
-            <w:r w:rsidR="00CB291C" w:rsidRPr="004C0598">
+            <w:r w:rsidR="00C66360" w:rsidRPr="004C0598">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t>/</w:t>
             </w:r>
-            <w:r w:rsidR="00CB291C" w:rsidRPr="004C0598">
+            <w:r w:rsidR="00C66360" w:rsidRPr="004C0598">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t>狹</w:t>
             </w:r>
-            <w:r w:rsidR="00CB291C" w:rsidRPr="004C0598">
+            <w:r w:rsidR="00C66360" w:rsidRPr="004C0598">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="1FC27843" w14:textId="63D5B0E7" w:rsidR="00CB291C" w:rsidRPr="004C0598" w:rsidRDefault="00A35B6E" w:rsidP="00D27F23">
+          <w:p w14:paraId="0DC4F35A" w14:textId="77777777" w:rsidR="00C66360" w:rsidRPr="004C0598" w:rsidRDefault="00000000" w:rsidP="006754A9">
             <w:pPr>
               <w:spacing w:before="36" w:after="36" w:line="240" w:lineRule="exact"/>
               <w:ind w:left="314" w:hangingChars="196" w:hanging="314"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
                   <w:sz w:val="16"/>
                 </w:rPr>
-                <w:id w:val="-1103869505"/>
+                <w:id w:val="730281068"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="00FE" w14:font="Wingdings"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtContent>
-                <w:r w:rsidR="00CB291C" w:rsidRPr="004C0598">
+                <w:r w:rsidR="00C66360" w:rsidRPr="004C0598">
                   <w:rPr>
                     <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="微軟正黑體" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
                     <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
                     <w:sz w:val="16"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
-            <w:r w:rsidR="00CB291C">
+            <w:r w:rsidR="00C66360">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:sym w:font="Wingdings 2" w:char="F076"/>
             </w:r>
-            <w:r w:rsidR="00CB291C" w:rsidRPr="004C0598">
+            <w:r w:rsidR="00C66360" w:rsidRPr="004C0598">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t>高相關文章的控制詞彙給了甚麼</w:t>
             </w:r>
-            <w:r w:rsidR="009A369A">
+            <w:r w:rsidR="00C66360">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:br/>
             </w:r>
-            <w:r w:rsidR="009A369A">
+            <w:r w:rsidR="00C66360">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:sym w:font="Wingdings 3" w:char="F022"/>
             </w:r>
-            <w:r w:rsidR="00CB291C" w:rsidRPr="004C0598">
+            <w:r w:rsidR="00C66360" w:rsidRPr="004C0598">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t>index te</w:t>
             </w:r>
-            <w:r w:rsidR="009A369A">
+            <w:r w:rsidR="00C66360">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t>rm, index miner, subject filter</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="028C6D0C" w14:textId="46AA9DB8" w:rsidR="00CB291C" w:rsidRPr="004C0598" w:rsidRDefault="00A35B6E" w:rsidP="00D27F23">
+          <w:p w14:paraId="57B88D0D" w14:textId="77777777" w:rsidR="00C66360" w:rsidRPr="004C0598" w:rsidRDefault="00000000" w:rsidP="006754A9">
             <w:pPr>
               <w:spacing w:before="36" w:after="36" w:line="240" w:lineRule="exact"/>
               <w:ind w:left="272" w:hangingChars="170" w:hanging="272"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
                   <w:sz w:val="16"/>
                 </w:rPr>
-                <w:id w:val="-1031333826"/>
+                <w:id w:val="1473331204"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="00FE" w14:font="Wingdings"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtContent>
-                <w:r w:rsidR="00CB291C" w:rsidRPr="004C0598">
+                <w:r w:rsidR="00C66360" w:rsidRPr="004C0598">
                   <w:rPr>
                     <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="微軟正黑體" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
                     <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
                     <w:sz w:val="16"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
-            <w:r w:rsidR="00CB291C">
+            <w:r w:rsidR="00C66360">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:sym w:font="Wingdings 2" w:char="F077"/>
             </w:r>
-            <w:r w:rsidR="00CB291C" w:rsidRPr="00134BF1">
+            <w:r w:rsidR="00C66360" w:rsidRPr="00134BF1">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t>Cochrane S</w:t>
             </w:r>
-            <w:r w:rsidR="00CB291C" w:rsidRPr="004C0598">
+            <w:r w:rsidR="00C66360" w:rsidRPr="004C0598">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t>R:</w:t>
             </w:r>
-            <w:r w:rsidR="00CB291C" w:rsidRPr="005476FC">
+            <w:r w:rsidR="00C66360" w:rsidRPr="005476FC">
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidR="00CB291C" w:rsidRPr="005476FC">
+            <w:r w:rsidR="00C66360" w:rsidRPr="005476FC">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve">Search Strategies </w:t>
             </w:r>
-            <w:r w:rsidR="00CB291C" w:rsidRPr="005476FC">
+            <w:r w:rsidR="00C66360" w:rsidRPr="005476FC">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:br/>
             </w:r>
-            <w:r w:rsidR="00D27F23">
+            <w:r w:rsidR="00C66360">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:sym w:font="Wingdings 3" w:char="F022"/>
             </w:r>
-            <w:r w:rsidR="00D27F23">
+            <w:r w:rsidR="00C66360">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi" w:hint="eastAsia"/>
                 <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidR="00CB291C" w:rsidRPr="005476FC">
+            <w:r w:rsidR="00C66360" w:rsidRPr="005476FC">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t>App</w:t>
             </w:r>
-            <w:r w:rsidR="00D27F23">
+            <w:r w:rsidR="00C66360">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t>endices; Supplementary; Methods</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="662EF49B" w14:textId="60401C81" w:rsidR="00CB291C" w:rsidRPr="004C0598" w:rsidRDefault="00A35B6E" w:rsidP="00D27F23">
+          <w:p w14:paraId="5E07FEE4" w14:textId="77777777" w:rsidR="00C66360" w:rsidRPr="004C0598" w:rsidRDefault="00000000" w:rsidP="006754A9">
             <w:pPr>
               <w:pStyle w:val="a4"/>
               <w:spacing w:before="36" w:after="36" w:line="240" w:lineRule="exact"/>
               <w:ind w:leftChars="0" w:left="226" w:hangingChars="141" w:hanging="226"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
                   <w:sz w:val="16"/>
                 </w:rPr>
-                <w:id w:val="-1101878887"/>
+                <w:id w:val="522830077"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="00FE" w14:font="Wingdings"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtContent>
-                <w:r w:rsidR="00CB291C" w:rsidRPr="004C0598">
+                <w:r w:rsidR="00C66360" w:rsidRPr="004C0598">
                   <w:rPr>
                     <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="微軟正黑體" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
                     <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
                     <w:sz w:val="16"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
-            <w:r w:rsidR="00CB291C">
+            <w:r w:rsidR="00C66360">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi" w:hint="eastAsia"/>
                 <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidR="00CB291C">
+            <w:r w:rsidR="00C66360">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:sym w:font="Wingdings 2" w:char="F078"/>
             </w:r>
-            <w:r w:rsidR="00CB291C">
+            <w:r w:rsidR="00C66360">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi" w:hint="eastAsia"/>
                 <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t>交叉檢查不同控制詞彙表的對應：</w:t>
             </w:r>
-            <w:r w:rsidR="00CB291C" w:rsidRPr="004C0598">
+            <w:r w:rsidR="00C66360" w:rsidRPr="004C0598">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t>若</w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidR="00CB291C" w:rsidRPr="004C0598">
+            <w:r w:rsidR="00C66360" w:rsidRPr="004C0598">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t>Embase</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidR="00CB291C" w:rsidRPr="004C0598">
+            <w:r w:rsidR="00C66360" w:rsidRPr="004C0598">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t>有某個控制詞彙，應該推想另一個資料庫</w:t>
             </w:r>
-            <w:r w:rsidR="00CB291C">
+            <w:r w:rsidR="00C66360">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi" w:hint="eastAsia"/>
                 <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t>(</w:t>
             </w:r>
-            <w:r w:rsidR="00CB291C" w:rsidRPr="004C0598">
+            <w:r w:rsidR="00C66360" w:rsidRPr="004C0598">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t>MEDLINE</w:t>
             </w:r>
-            <w:r w:rsidR="00CB291C">
+            <w:r w:rsidR="00C66360">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi" w:hint="eastAsia"/>
                 <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t>等</w:t>
             </w:r>
-            <w:r w:rsidR="00CB291C">
+            <w:r w:rsidR="00C66360">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi" w:hint="eastAsia"/>
                 <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
-            <w:r w:rsidR="00CB291C" w:rsidRPr="004C0598">
+            <w:r w:rsidR="00C66360" w:rsidRPr="004C0598">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t>也可能有對應的控制詞彙</w:t>
             </w:r>
-            <w:r w:rsidR="00CB291C">
+            <w:r w:rsidR="00C66360">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi" w:hint="eastAsia"/>
                 <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t>，反之亦然</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CB291C" w:rsidRPr="00FD6EAC" w14:paraId="603BC36F" w14:textId="77777777" w:rsidTr="00BB04B3">
+      <w:tr w:rsidR="00C66360" w:rsidRPr="00FD6EAC" w14:paraId="39325CF9" w14:textId="77777777" w:rsidTr="00C66360">
         <w:trPr>
-          <w:trHeight w:val="215"/>
+          <w:trHeight w:val="7931"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="880" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="F3F6FB"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FDE9D9" w:themeFill="accent6" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="43AE7566" w14:textId="328CD62E" w:rsidR="00CB291C" w:rsidRDefault="00CB291C" w:rsidP="00E06130">
+          <w:p w14:paraId="36316AAB" w14:textId="77777777" w:rsidR="00C66360" w:rsidRDefault="00C66360" w:rsidP="006754A9">
             <w:pPr>
               <w:pStyle w:val="a4"/>
               <w:spacing w:line="280" w:lineRule="exact"/>
               <w:ind w:leftChars="0" w:left="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
                 <w:b/>
                 <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:hint="eastAsia"/>
                 <w:b/>
                 <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>重要</w:t>
             </w:r>
-            <w:r w:rsidR="00E06130">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
                 <w:b/>
                 <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:hint="eastAsia"/>
                 <w:b/>
                 <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>檢核</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="5C753DDF" w14:textId="242CD733" w:rsidR="00CB291C" w:rsidRPr="00454BA4" w:rsidRDefault="00CB291C" w:rsidP="00E06130">
+          <w:p w14:paraId="20D5F55E" w14:textId="77777777" w:rsidR="00C66360" w:rsidRPr="00454BA4" w:rsidRDefault="00C66360" w:rsidP="006754A9">
             <w:pPr>
               <w:pStyle w:val="a4"/>
               <w:spacing w:line="280" w:lineRule="exact"/>
               <w:ind w:leftChars="0" w:left="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
                 <w:b/>
                 <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2409" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="F3F6FB"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="18D37A11" w14:textId="77777777" w:rsidR="00CB291C" w:rsidRPr="00454BA4" w:rsidRDefault="00CB291C" w:rsidP="00EB300A">
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="4B32E96B" w14:textId="77777777" w:rsidR="00C66360" w:rsidRPr="00454BA4" w:rsidRDefault="00C66360" w:rsidP="006754A9">
             <w:pPr>
               <w:pStyle w:val="a4"/>
               <w:spacing w:before="36" w:after="36" w:line="280" w:lineRule="exact"/>
               <w:ind w:leftChars="0" w:left="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman"/>
                 <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
                 <w:kern w:val="24"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6635" w:type="dxa"/>
-[...3 lines deleted...]
-          <w:p w14:paraId="21D553B8" w14:textId="4B043E31" w:rsidR="009A369A" w:rsidRPr="00096D4D" w:rsidRDefault="00A35B6E" w:rsidP="009A369A">
+            <w:tcW w:w="6379" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="7B3198A4" w14:textId="77777777" w:rsidR="00C66360" w:rsidRPr="00096D4D" w:rsidRDefault="00000000" w:rsidP="006754A9">
             <w:pPr>
               <w:pStyle w:val="a4"/>
               <w:spacing w:before="36" w:after="44" w:line="240" w:lineRule="exact"/>
               <w:ind w:leftChars="52" w:left="434" w:rightChars="249" w:right="598" w:hangingChars="193" w:hanging="309"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:sz w:val="16"/>
                 </w:rPr>
-                <w:id w:val="1197432893"/>
+                <w:id w:val="460855071"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="00FE" w14:font="Wingdings"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtContent>
-                <w:r w:rsidR="00FB23DA" w:rsidRPr="00096D4D">
+                <w:r w:rsidR="00C66360" w:rsidRPr="00096D4D">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cstheme="minorHAnsi" w:hint="eastAsia"/>
                     <w:sz w:val="16"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
-            <w:r w:rsidR="00CB291C" w:rsidRPr="00096D4D">
+            <w:r w:rsidR="00C66360" w:rsidRPr="00096D4D">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
               <w:sym w:font="Wingdings 2" w:char="F075"/>
             </w:r>
-            <w:proofErr w:type="gramStart"/>
-            <w:r w:rsidR="00B530DA" w:rsidRPr="00096D4D">
+            <w:r w:rsidR="00C66360" w:rsidRPr="00096D4D">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi" w:hint="eastAsia"/>
                 <w:sz w:val="16"/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
-              <w:t>單字</w:t>
-[...19 lines deleted...]
-          <w:p w14:paraId="62310F54" w14:textId="605C09CB" w:rsidR="009A369A" w:rsidRPr="00096D4D" w:rsidRDefault="00B530DA" w:rsidP="00B530DA">
+              <w:t>單字切截處理</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="38B9C590" w14:textId="77777777" w:rsidR="00C66360" w:rsidRPr="00096D4D" w:rsidRDefault="00C66360" w:rsidP="006754A9">
             <w:pPr>
               <w:pStyle w:val="a4"/>
               <w:spacing w:before="36" w:after="44" w:line="240" w:lineRule="exact"/>
               <w:ind w:leftChars="180" w:left="511" w:rightChars="249" w:right="598" w:hangingChars="33" w:hanging="79"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00096D4D">
               <w:sym w:font="Wingdings" w:char="F0A7"/>
             </w:r>
-            <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="00096D4D">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi" w:hint="eastAsia"/>
                 <w:sz w:val="16"/>
               </w:rPr>
-              <w:t>跨庫通用性</w:t>
-[...1 lines deleted...]
-            <w:proofErr w:type="gramEnd"/>
+              <w:t>跨庫通用性，建議使用字尾切截</w:t>
+            </w:r>
             <w:r w:rsidRPr="00096D4D">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi" w:hint="eastAsia"/>
                 <w:sz w:val="16"/>
               </w:rPr>
-              <w:t>，建議使用</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="000948E5" w:rsidRPr="00096D4D">
+              <w:t>*</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00096D4D">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi" w:hint="eastAsia"/>
                 <w:sz w:val="16"/>
               </w:rPr>
-              <w:t>字</w:t>
-[...2 lines deleted...]
-            <w:r w:rsidR="000948E5" w:rsidRPr="00096D4D">
+              <w:t>，並使至少要包含名詞單複數，</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00096D4D">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="00096D4D">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi" w:hint="eastAsia"/>
                 <w:sz w:val="16"/>
               </w:rPr>
-              <w:t>尾</w:t>
-[...80 lines deleted...]
-          <w:p w14:paraId="5BBAF9D8" w14:textId="6008CCA8" w:rsidR="009A369A" w:rsidRPr="00096D4D" w:rsidRDefault="009A369A" w:rsidP="009A369A">
+              <w:t>必要時再擴至形容詞與動詞</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="49DCF410" w14:textId="77777777" w:rsidR="00C66360" w:rsidRPr="00096D4D" w:rsidRDefault="00C66360" w:rsidP="006754A9">
             <w:pPr>
               <w:pStyle w:val="a4"/>
               <w:spacing w:before="36" w:after="44" w:line="240" w:lineRule="exact"/>
               <w:ind w:leftChars="179" w:left="432" w:rightChars="249" w:right="598" w:hangingChars="1" w:hanging="2"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00096D4D">
               <w:sym w:font="Wingdings" w:char="F0A7"/>
             </w:r>
-            <w:r w:rsidR="00CB291C" w:rsidRPr="00096D4D">
+            <w:r w:rsidRPr="00096D4D">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi" w:hint="eastAsia"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t>字頭起始</w:t>
             </w:r>
-            <w:r w:rsidR="00CB291C" w:rsidRPr="00096D4D">
+            <w:r w:rsidRPr="00096D4D">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t>太短</w:t>
             </w:r>
-            <w:r w:rsidR="00EE5D75" w:rsidRPr="00096D4D">
+            <w:r w:rsidRPr="00096D4D">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi" w:hint="eastAsia"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t>時</w:t>
             </w:r>
-            <w:r w:rsidR="00CB291C" w:rsidRPr="00096D4D">
+            <w:r w:rsidRPr="00096D4D">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t>，</w:t>
             </w:r>
-            <w:r w:rsidR="00EE5D75" w:rsidRPr="00096D4D">
+            <w:r w:rsidRPr="00096D4D">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi" w:hint="eastAsia"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t>避免使用切截</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="1AEE41B7" w14:textId="372752B1" w:rsidR="00CB291C" w:rsidRPr="00096D4D" w:rsidRDefault="00EE5D75" w:rsidP="009A369A">
+          <w:p w14:paraId="3C8BDFFB" w14:textId="77777777" w:rsidR="00C66360" w:rsidRPr="00096D4D" w:rsidRDefault="00C66360" w:rsidP="006754A9">
             <w:pPr>
               <w:pStyle w:val="a4"/>
               <w:spacing w:before="36" w:after="44" w:line="240" w:lineRule="exact"/>
               <w:ind w:leftChars="202" w:left="487" w:rightChars="249" w:right="598" w:hangingChars="1" w:hanging="2"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00096D4D">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi" w:hint="eastAsia"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t>例：</w:t>
             </w:r>
             <w:r w:rsidRPr="00096D4D">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi" w:hint="eastAsia"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t>h</w:t>
             </w:r>
             <w:r w:rsidRPr="00096D4D">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t>ear*</w:t>
             </w:r>
-            <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="00096D4D">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi" w:hint="eastAsia"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t>誤找</w:t>
             </w:r>
-            <w:proofErr w:type="gramEnd"/>
             <w:r w:rsidRPr="00096D4D">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi" w:hint="eastAsia"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t>heart</w:t>
             </w:r>
             <w:r w:rsidRPr="00096D4D">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi" w:hint="eastAsia"/>
                 <w:sz w:val="16"/>
               </w:rPr>
-              <w:t>。</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="009A369A" w:rsidRPr="00096D4D">
+              <w:t>。解法</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00096D4D">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi" w:hint="eastAsia"/>
                 <w:sz w:val="16"/>
               </w:rPr>
-              <w:t>解法</w:t>
-[...5 lines deleted...]
-              </w:rPr>
               <w:sym w:font="Wingdings 3" w:char="F022"/>
             </w:r>
-            <w:r w:rsidR="00CB291C" w:rsidRPr="00096D4D">
+            <w:r w:rsidRPr="00096D4D">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t>直接列出可能字尾變化</w:t>
             </w:r>
-            <w:r w:rsidR="00CB291C" w:rsidRPr="00096D4D">
+            <w:r w:rsidRPr="00096D4D">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t>hear</w:t>
             </w:r>
-            <w:r w:rsidR="00CB291C" w:rsidRPr="00096D4D">
+            <w:r w:rsidRPr="00096D4D">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t>、</w:t>
             </w:r>
-            <w:r w:rsidR="00CB291C" w:rsidRPr="00096D4D">
+            <w:r w:rsidRPr="00096D4D">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t>hearing</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="1C86CF3D" w14:textId="6E408111" w:rsidR="009A369A" w:rsidRPr="00096D4D" w:rsidRDefault="00A35B6E" w:rsidP="000948E5">
+          <w:p w14:paraId="5D1C75AD" w14:textId="77777777" w:rsidR="00C66360" w:rsidRPr="00096D4D" w:rsidRDefault="00000000" w:rsidP="006754A9">
             <w:pPr>
               <w:pStyle w:val="a4"/>
               <w:spacing w:before="36" w:after="44" w:line="240" w:lineRule="exact"/>
               <w:ind w:leftChars="52" w:left="434" w:rightChars="249" w:right="598" w:hangingChars="193" w:hanging="309"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:sz w:val="16"/>
                 </w:rPr>
-                <w:id w:val="1641234605"/>
+                <w:id w:val="1293029930"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="00FE" w14:font="Wingdings"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtContent>
-                <w:r w:rsidR="00FB23DA" w:rsidRPr="00096D4D">
+                <w:r w:rsidR="00C66360" w:rsidRPr="00096D4D">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cstheme="minorHAnsi" w:hint="eastAsia"/>
                     <w:sz w:val="16"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
-            <w:r w:rsidR="00CB291C" w:rsidRPr="00096D4D">
+            <w:r w:rsidR="00C66360" w:rsidRPr="004D2706">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
+                <w:highlight w:val="yellow"/>
               </w:rPr>
               <w:sym w:font="Wingdings 2" w:char="F076"/>
             </w:r>
-            <w:r w:rsidR="00FB23DA" w:rsidRPr="00096D4D">
+            <w:r w:rsidR="00C66360" w:rsidRPr="004D2706">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi" w:hint="eastAsia"/>
                 <w:sz w:val="16"/>
-              </w:rPr>
-[...3 lines deleted...]
-            <w:r w:rsidR="00FB23DA" w:rsidRPr="00096D4D">
+                <w:highlight w:val="yellow"/>
+              </w:rPr>
+              <w:t>詞彙去冗</w:t>
+            </w:r>
+            <w:r w:rsidR="00C66360" w:rsidRPr="00096D4D">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi" w:hint="eastAsia"/>
                 <w:sz w:val="16"/>
               </w:rPr>
-              <w:t>冗</w:t>
-[...2 lines deleted...]
-            <w:r w:rsidR="000948E5" w:rsidRPr="00096D4D">
+              <w:t xml:space="preserve">: </w:t>
+            </w:r>
+            <w:r w:rsidR="00C66360" w:rsidRPr="00096D4D">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi" w:hint="eastAsia"/>
                 <w:sz w:val="16"/>
               </w:rPr>
-              <w:t xml:space="preserve">: </w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="00B83DC7" w:rsidRPr="00096D4D">
+              <w:t>輸入一個單字</w:t>
+            </w:r>
+            <w:r w:rsidR="00C66360" w:rsidRPr="00096D4D">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi" w:hint="eastAsia"/>
                 <w:sz w:val="16"/>
               </w:rPr>
-              <w:t>輸入一</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="002945BC" w:rsidRPr="00096D4D">
+              <w:t>(</w:t>
+            </w:r>
+            <w:r w:rsidR="00C66360" w:rsidRPr="00096D4D">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi" w:hint="eastAsia"/>
                 <w:sz w:val="16"/>
               </w:rPr>
-              <w:t>個單</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="00B83DC7" w:rsidRPr="00096D4D">
+              <w:t>詞</w:t>
+            </w:r>
+            <w:r w:rsidR="00C66360" w:rsidRPr="00096D4D">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi" w:hint="eastAsia"/>
                 <w:sz w:val="16"/>
               </w:rPr>
-              <w:t>字</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="002945BC" w:rsidRPr="00096D4D">
+              <w:t>)</w:t>
+            </w:r>
+            <w:r w:rsidR="00C66360" w:rsidRPr="00096D4D">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi" w:hint="eastAsia"/>
                 <w:sz w:val="16"/>
               </w:rPr>
-              <w:t>(</w:t>
-[...67 lines deleted...]
-          <w:p w14:paraId="415BBBC2" w14:textId="62577015" w:rsidR="00CB291C" w:rsidRPr="00096D4D" w:rsidRDefault="00B530DA" w:rsidP="009A369A">
+              <w:t>即能找出含括者，不需冗贅列出</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="27DB515B" w14:textId="77777777" w:rsidR="00C66360" w:rsidRPr="00096D4D" w:rsidRDefault="00C66360" w:rsidP="006754A9">
             <w:pPr>
               <w:pStyle w:val="a4"/>
               <w:spacing w:before="36" w:after="44" w:line="240" w:lineRule="exact"/>
               <w:ind w:leftChars="180" w:left="432" w:rightChars="249" w:right="598"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00096D4D">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi" w:hint="eastAsia"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t>例</w:t>
             </w:r>
             <w:r w:rsidRPr="00096D4D">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi" w:hint="eastAsia"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve">: </w:t>
             </w:r>
             <w:r w:rsidRPr="00096D4D">
               <w:rPr>
@@ -4606,96 +5400,96 @@
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t>使用</w:t>
             </w:r>
             <w:r w:rsidRPr="00096D4D">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi" w:hint="eastAsia"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t>e</w:t>
             </w:r>
             <w:r w:rsidRPr="00096D4D">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t>xercise</w:t>
             </w:r>
             <w:r w:rsidRPr="00096D4D">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi" w:hint="eastAsia"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t>即能找到</w:t>
             </w:r>
-            <w:r w:rsidR="00FB23DA" w:rsidRPr="00096D4D">
+            <w:r w:rsidRPr="00096D4D">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi" w:hint="eastAsia"/>
                 <w:b/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t>exercise</w:t>
             </w:r>
-            <w:r w:rsidR="00FB23DA" w:rsidRPr="00096D4D">
+            <w:r w:rsidRPr="00096D4D">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi" w:hint="eastAsia"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> therapy</w:t>
             </w:r>
-            <w:r w:rsidR="00FB23DA" w:rsidRPr="00096D4D">
+            <w:r w:rsidRPr="00096D4D">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi" w:hint="eastAsia"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t>、</w:t>
             </w:r>
-            <w:r w:rsidR="00FB23DA" w:rsidRPr="00096D4D">
+            <w:r w:rsidRPr="00096D4D">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi" w:hint="eastAsia"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t>physical</w:t>
             </w:r>
-            <w:r w:rsidR="00FB23DA" w:rsidRPr="00096D4D">
+            <w:r w:rsidRPr="00096D4D">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi" w:hint="eastAsia"/>
                 <w:b/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> exercise</w:t>
             </w:r>
-            <w:r w:rsidR="009A369A" w:rsidRPr="00096D4D">
+            <w:r w:rsidRPr="00096D4D">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t>…</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="732379F7" w14:textId="2908AE61" w:rsidR="000948E5" w:rsidRPr="00096D4D" w:rsidRDefault="000948E5" w:rsidP="00EB7F65">
+          <w:p w14:paraId="23CCCBEE" w14:textId="77777777" w:rsidR="00C66360" w:rsidRPr="00096D4D" w:rsidRDefault="00C66360" w:rsidP="006754A9">
             <w:pPr>
               <w:pStyle w:val="a4"/>
               <w:spacing w:before="36" w:after="44" w:line="240" w:lineRule="exact"/>
               <w:ind w:leftChars="180" w:left="2032" w:rightChars="249" w:right="598" w:hangingChars="1000" w:hanging="1600"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00096D4D">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi" w:hint="eastAsia"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t>例</w:t>
             </w:r>
             <w:r w:rsidRPr="00096D4D">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi" w:hint="eastAsia"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve">: </w:t>
             </w:r>
             <w:r w:rsidRPr="00096D4D">
               <w:rPr>
@@ -4730,459 +5524,410 @@
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi" w:hint="eastAsia"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t>"h</w:t>
             </w:r>
             <w:r w:rsidRPr="00096D4D">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve">ealth-related </w:t>
             </w:r>
             <w:r w:rsidRPr="00096D4D">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t>quality of life</w:t>
             </w:r>
             <w:r w:rsidRPr="00096D4D">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
               </w:rPr>
+              <w:t xml:space="preserve">" </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00096D4D">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="00096D4D">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi" w:hint="eastAsia"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+              <w:t>無法找到</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00096D4D">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi" w:hint="eastAsia"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
               <w:t>"</w:t>
             </w:r>
-            <w:r w:rsidR="00B83DC7" w:rsidRPr="00096D4D">
+            <w:r w:rsidRPr="00096D4D">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
-[...37 lines deleted...]
-          <w:p w14:paraId="773ED6BE" w14:textId="17819405" w:rsidR="00CB291C" w:rsidRDefault="00A35B6E" w:rsidP="008A63E0">
+              <w:t>life quality", "quality-adjusted of life"</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="02B821F6" w14:textId="77777777" w:rsidR="00C66360" w:rsidRDefault="00000000" w:rsidP="006754A9">
             <w:pPr>
               <w:pStyle w:val="a4"/>
               <w:spacing w:before="36" w:after="44" w:line="240" w:lineRule="exact"/>
               <w:ind w:leftChars="52" w:left="434" w:rightChars="545" w:right="1308" w:hangingChars="193" w:hanging="309"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:sz w:val="16"/>
                 </w:rPr>
-                <w:id w:val="1971629673"/>
+                <w:id w:val="243303675"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="00FE" w14:font="Wingdings"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtContent>
-                <w:r w:rsidR="00CB291C" w:rsidRPr="00096D4D">
+                <w:r w:rsidR="00C66360" w:rsidRPr="00096D4D">
                   <w:rPr>
                     <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="微軟正黑體" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
                     <w:sz w:val="16"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
-            <w:r w:rsidR="00CB291C" w:rsidRPr="00096D4D">
+            <w:r w:rsidR="00C66360" w:rsidRPr="00096D4D">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
               <w:sym w:font="Wingdings 2" w:char="F077"/>
             </w:r>
-            <w:r w:rsidR="00B530DA" w:rsidRPr="00096D4D">
+            <w:r w:rsidR="00C66360" w:rsidRPr="00096D4D">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi" w:hint="eastAsia"/>
                 <w:sz w:val="16"/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
-              <w:t>指</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="008A63E0" w:rsidRPr="00096D4D">
+              <w:t>指定</w:t>
+            </w:r>
+            <w:r w:rsidR="00C66360" w:rsidRPr="00096D4D">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="16"/>
+                <w:highlight w:val="yellow"/>
+              </w:rPr>
+              <w:t>單字</w:t>
+            </w:r>
+            <w:r w:rsidR="00C66360" w:rsidRPr="00096D4D">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi" w:hint="eastAsia"/>
                 <w:sz w:val="16"/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
-              <w:t>定</w:t>
-[...2 lines deleted...]
-            <w:r w:rsidR="00CB291C" w:rsidRPr="00096D4D">
+              <w:t>間的距離</w:t>
+            </w:r>
+            <w:r w:rsidR="00C66360">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi" w:hint="eastAsia"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve">: </w:t>
+            </w:r>
+            <w:r w:rsidR="00C66360" w:rsidRPr="00096D4D">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi" w:hint="eastAsia"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>一個詞彙由兩個單字</w:t>
+            </w:r>
+            <w:r w:rsidR="00C66360" w:rsidRPr="00096D4D">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi" w:hint="eastAsia"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>(</w:t>
+            </w:r>
+            <w:r w:rsidR="00C66360" w:rsidRPr="00096D4D">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi" w:hint="eastAsia"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>含以上</w:t>
+            </w:r>
+            <w:r w:rsidR="00C66360" w:rsidRPr="00096D4D">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi" w:hint="eastAsia"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>)</w:t>
+            </w:r>
+            <w:r w:rsidR="00C66360" w:rsidRPr="00096D4D">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi" w:hint="eastAsia"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>組成時</w:t>
+            </w:r>
+            <w:r w:rsidR="00C66360" w:rsidRPr="00096D4D">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
-                <w:highlight w:val="yellow"/>
-[...3 lines deleted...]
-            <w:r w:rsidR="00B530DA" w:rsidRPr="00096D4D">
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidR="00C66360" w:rsidRPr="00096D4D">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi" w:hint="eastAsia"/>
                 <w:sz w:val="16"/>
-                <w:highlight w:val="yellow"/>
-[...3 lines deleted...]
-            <w:r w:rsidR="00F205B8" w:rsidRPr="00096D4D">
+              </w:rPr>
+              <w:t>例</w:t>
+            </w:r>
+            <w:r w:rsidR="00C66360" w:rsidRPr="00096D4D">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+              <w:t>gestational diabetes</w:t>
+            </w:r>
+            <w:r w:rsidR="00C66360" w:rsidRPr="00096D4D">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi" w:hint="eastAsia"/>
                 <w:sz w:val="16"/>
-                <w:highlight w:val="yellow"/>
-[...4 lines deleted...]
-            <w:r w:rsidR="00096D4D">
+              </w:rPr>
+              <w:t>，</w:t>
+            </w:r>
+            <w:r w:rsidR="00C66360" w:rsidRPr="00096D4D">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>必須指定其為下列三種關係之一</w:t>
+            </w:r>
+            <w:r w:rsidR="00C66360">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidR="00C66360" w:rsidRPr="00EB300A">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>文章數由</w:t>
+            </w:r>
+            <w:r w:rsidR="00C66360">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi" w:hint="eastAsia"/>
                 <w:sz w:val="16"/>
-              </w:rPr>
-[...2 lines deleted...]
-            <w:r w:rsidR="008A63E0" w:rsidRPr="00096D4D">
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>少</w:t>
+            </w:r>
+            <w:r w:rsidR="00C66360" w:rsidRPr="00EB300A">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>到</w:t>
+            </w:r>
+            <w:r w:rsidR="00C66360">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi" w:hint="eastAsia"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
-              <w:t>一個詞彙由兩個單字</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="008A63E0" w:rsidRPr="00096D4D">
+              <w:t>多</w:t>
+            </w:r>
+            <w:r w:rsidR="00C66360" w:rsidRPr="00EB300A">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>如下</w:t>
+            </w:r>
+            <w:r w:rsidR="00C66360" w:rsidRPr="00EB300A">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi" w:hint="eastAsia"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
+              <w:t>，</w:t>
+            </w:r>
+            <w:r w:rsidR="00C66360">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi" w:hint="eastAsia"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>建議</w:t>
+            </w:r>
+            <w:r w:rsidR="00C66360" w:rsidRPr="00EB300A">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi" w:hint="eastAsia"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>採用鄰近字或片語</w:t>
+            </w:r>
+            <w:r w:rsidR="00C66360" w:rsidRPr="00EB300A">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
               <w:t>(</w:t>
             </w:r>
-            <w:r w:rsidR="008A63E0" w:rsidRPr="00096D4D">
+            <w:r w:rsidR="00C66360" w:rsidRPr="00EB300A">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi" w:hint="eastAsia"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
-              <w:t>含以上</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="008A63E0" w:rsidRPr="00096D4D">
+              <w:t>超重要</w:t>
+            </w:r>
+            <w:r w:rsidR="00C66360" w:rsidRPr="00EB300A">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi" w:hint="eastAsia"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
+              <w:t>!</w:t>
+            </w:r>
+            <w:r w:rsidR="00C66360" w:rsidRPr="00EB300A">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
               <w:t>)</w:t>
             </w:r>
-            <w:r w:rsidR="008A63E0" w:rsidRPr="00096D4D">
-[...159 lines deleted...]
-          <w:p w14:paraId="423C9188" w14:textId="77777777" w:rsidR="00096D4D" w:rsidRDefault="00096D4D" w:rsidP="00096D4D">
+          </w:p>
+          <w:p w14:paraId="6CFB8C31" w14:textId="77777777" w:rsidR="00C66360" w:rsidRPr="00CB291C" w:rsidRDefault="00C66360" w:rsidP="00C66360">
             <w:pPr>
               <w:spacing w:before="36" w:after="44" w:line="240" w:lineRule="exact"/>
-              <w:ind w:leftChars="180" w:left="432" w:rightChars="306" w:right="734"/>
+              <w:ind w:leftChars="180" w:left="432" w:rightChars="129" w:right="310"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
                 <w:sz w:val="16"/>
-                <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:sym w:font="Wingdings" w:char="F0A7"/>
             </w:r>
             <w:r w:rsidRPr="00FB23DA">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi" w:hint="eastAsia"/>
                 <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>片語</w:t>
             </w:r>
             <w:r w:rsidRPr="00FB23DA">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi" w:hint="eastAsia"/>
                 <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve">: </w:t>
             </w:r>
             <w:r w:rsidRPr="00FB23DA">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>"gestational diabetes"</w:t>
             </w:r>
-          </w:p>
-[...3 lines deleted...]
-              <w:ind w:leftChars="232" w:left="557" w:rightChars="306" w:right="734"/>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
                 <w:sz w:val="16"/>
-              </w:rPr>
-[...1 lines deleted...]
-            <w:proofErr w:type="gramStart"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (</w:t>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi" w:hint="eastAsia"/>
                 <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>採</w:t>
             </w:r>
-            <w:proofErr w:type="gramEnd"/>
             <w:r w:rsidRPr="00CB291C">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi" w:hint="eastAsia"/>
                 <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t>"</w:t>
             </w:r>
-            <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="00CB291C">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi" w:hint="eastAsia"/>
                 <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t>雙直引號</w:t>
             </w:r>
-            <w:proofErr w:type="gramEnd"/>
             <w:r w:rsidRPr="00CB291C">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi" w:hint="eastAsia"/>
                 <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t>"</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi" w:hint="eastAsia"/>
                 <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00CB291C">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi" w:hint="eastAsia"/>
                 <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t>優於</w:t>
             </w:r>
             <w:r>
@@ -5225,5296 +5970,4297 @@
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r w:rsidRPr="003C4568">
                 <w:rPr>
                   <w:rStyle w:val="aa"/>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi" w:hint="eastAsia"/>
                   <w:color w:val="0070C0"/>
                   <w:sz w:val="16"/>
                   <w:szCs w:val="16"/>
                 </w:rPr>
                 <w:sym w:font="Wingdings 3" w:char="F0A6"/>
               </w:r>
               <w:r w:rsidRPr="00CB291C">
                 <w:rPr>
                   <w:rStyle w:val="aa"/>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi" w:hint="eastAsia"/>
                   <w:color w:val="0070C0"/>
                   <w:sz w:val="16"/>
                   <w:szCs w:val="16"/>
                 </w:rPr>
                 <w:t>設定說明</w:t>
               </w:r>
             </w:hyperlink>
-          </w:p>
-          <w:p w14:paraId="24CC9498" w14:textId="7180CB20" w:rsidR="00FB23DA" w:rsidRDefault="00FB23DA" w:rsidP="009A369A">
+            <w:r w:rsidRPr="00FB23DA">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi" w:hint="eastAsia"/>
+                <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="093E2BFE" w14:textId="77777777" w:rsidR="00C66360" w:rsidRDefault="00C66360" w:rsidP="006754A9">
             <w:pPr>
               <w:spacing w:before="36" w:after="44" w:line="240" w:lineRule="exact"/>
               <w:ind w:leftChars="180" w:left="432" w:rightChars="306" w:right="734"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
-              </w:rPr>
-[...1 lines deleted...]
-            <w:r>
+                <w:highlight w:val="yellow"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00096D4D">
+              <w:rPr>
+                <w:highlight w:val="yellow"/>
+              </w:rPr>
               <w:sym w:font="Wingdings" w:char="F0A7"/>
             </w:r>
-            <w:r w:rsidR="00CB291C" w:rsidRPr="00FB23DA">
+            <w:r w:rsidRPr="00096D4D">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi" w:hint="eastAsia"/>
+                <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:highlight w:val="yellow"/>
+              </w:rPr>
+              <w:t>鄰近字</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00096D4D">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi" w:hint="eastAsia"/>
+                <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:highlight w:val="yellow"/>
+              </w:rPr>
+              <w:t>: (</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00096D4D">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
-              </w:rPr>
-[...2 lines deleted...]
-            <w:r w:rsidR="00CB291C" w:rsidRPr="00FB23DA">
+                <w:highlight w:val="yellow"/>
+              </w:rPr>
+              <w:t xml:space="preserve">gestational </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00096D4D">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:highlight w:val="yellow"/>
+              </w:rPr>
+              <w:t>鄰</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00096D4D">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:highlight w:val="yellow"/>
+              </w:rPr>
+              <w:t>n</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00096D4D">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi" w:hint="eastAsia"/>
                 <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
-              </w:rPr>
-[...2 lines deleted...]
-            <w:r w:rsidR="00CB291C" w:rsidRPr="00FB23DA">
+                <w:highlight w:val="yellow"/>
+              </w:rPr>
+              <w:t>單字內</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00096D4D">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
-              </w:rPr>
-[...2 lines deleted...]
-            <w:r w:rsidR="00CB291C" w:rsidRPr="00FB23DA">
+                <w:highlight w:val="yellow"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> diabetes</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00096D4D">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi" w:hint="eastAsia"/>
                 <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
+                <w:highlight w:val="yellow"/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
-          </w:p>
-          <w:p w14:paraId="015CEBD8" w14:textId="2B365BE0" w:rsidR="00EE5D75" w:rsidRPr="00096D4D" w:rsidRDefault="00FB23DA" w:rsidP="00096D4D">
+            <w:r w:rsidRPr="00096D4D">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:highlight w:val="yellow"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="00096D4D">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi" w:hint="eastAsia"/>
+                <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:highlight w:val="yellow"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00096D4D">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi" w:hint="eastAsia"/>
+                <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:highlight w:val="yellow"/>
+              </w:rPr>
+              <w:t>有多個同義詞時，可分群簡化表達參考範例</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00096D4D">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi" w:hint="eastAsia"/>
+                <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:highlight w:val="yellow"/>
+              </w:rPr>
+              <w:t>P</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi" w:hint="eastAsia"/>
+                <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:highlight w:val="yellow"/>
+              </w:rPr>
+              <w:t>或下圖</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi" w:hint="eastAsia"/>
+                <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:highlight w:val="yellow"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi" w:hint="eastAsia"/>
+                <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:highlight w:val="yellow"/>
+              </w:rPr>
+              <w:sym w:font="Wingdings 3" w:char="F090"/>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="312A60F4" w14:textId="77777777" w:rsidR="00C66360" w:rsidRDefault="00C66360" w:rsidP="006754A9">
             <w:pPr>
               <w:spacing w:before="36" w:after="44" w:line="240" w:lineRule="exact"/>
               <w:ind w:leftChars="180" w:left="432" w:rightChars="306" w:right="734"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00096D4D">
-[...3 lines deleted...]
-              <w:lastRenderedPageBreak/>
+            <w:r w:rsidRPr="004D2706">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:noProof/>
+                <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+              <w:drawing>
+                <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251681792" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="5C258729" wp14:editId="77DFDF1E">
+                  <wp:simplePos x="0" y="0"/>
+                  <wp:positionH relativeFrom="column">
+                    <wp:posOffset>1813670</wp:posOffset>
+                  </wp:positionH>
+                  <wp:positionV relativeFrom="paragraph">
+                    <wp:posOffset>14660</wp:posOffset>
+                  </wp:positionV>
+                  <wp:extent cx="2080095" cy="1118592"/>
+                  <wp:effectExtent l="19050" t="19050" r="15875" b="24765"/>
+                  <wp:wrapNone/>
+                  <wp:docPr id="5" name="圖片 5"/>
+                  <wp:cNvGraphicFramePr>
+                    <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+                  </wp:cNvGraphicFramePr>
+                  <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                    <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                      <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                        <pic:nvPicPr>
+                          <pic:cNvPr id="1" name=""/>
+                          <pic:cNvPicPr/>
+                        </pic:nvPicPr>
+                        <pic:blipFill>
+                          <a:blip r:embed="rId9"/>
+                          <a:stretch>
+                            <a:fillRect/>
+                          </a:stretch>
+                        </pic:blipFill>
+                        <pic:spPr>
+                          <a:xfrm>
+                            <a:off x="0" y="0"/>
+                            <a:ext cx="2095423" cy="1126835"/>
+                          </a:xfrm>
+                          <a:prstGeom prst="rect">
+                            <a:avLst/>
+                          </a:prstGeom>
+                          <a:ln>
+                            <a:solidFill>
+                              <a:schemeClr val="tx1">
+                                <a:lumMod val="75000"/>
+                                <a:lumOff val="25000"/>
+                              </a:schemeClr>
+                            </a:solidFill>
+                          </a:ln>
+                        </pic:spPr>
+                      </pic:pic>
+                    </a:graphicData>
+                  </a:graphic>
+                  <wp14:sizeRelH relativeFrom="margin">
+                    <wp14:pctWidth>0</wp14:pctWidth>
+                  </wp14:sizeRelH>
+                  <wp14:sizeRelV relativeFrom="margin">
+                    <wp14:pctHeight>0</wp14:pctHeight>
+                  </wp14:sizeRelV>
+                </wp:anchor>
+              </w:drawing>
+            </w:r>
+            <w:r>
               <w:sym w:font="Wingdings" w:char="F0A7"/>
             </w:r>
-            <w:r w:rsidR="00CB291C" w:rsidRPr="00096D4D">
+            <w:r w:rsidRPr="00FB23DA">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>交集</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FB23DA">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi" w:hint="eastAsia"/>
                 <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
-                <w:highlight w:val="yellow"/>
-[...3 lines deleted...]
-            <w:r w:rsidR="00CB291C" w:rsidRPr="00096D4D">
+              </w:rPr>
+              <w:t>: (</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FB23DA">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>gestational AND diabetes</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FB23DA">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi" w:hint="eastAsia"/>
                 <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
-                <w:highlight w:val="yellow"/>
-[...3 lines deleted...]
-            <w:r w:rsidR="00CB291C" w:rsidRPr="00096D4D">
+              </w:rPr>
+              <w:t>)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="41D63487" w14:textId="77777777" w:rsidR="00C66360" w:rsidRDefault="00C66360" w:rsidP="006754A9">
+            <w:pPr>
+              <w:spacing w:before="36" w:after="44" w:line="240" w:lineRule="exact"/>
+              <w:ind w:leftChars="180" w:left="432" w:rightChars="306" w:right="734"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
-                <w:highlight w:val="yellow"/>
-[...3 lines deleted...]
-            <w:r w:rsidR="00CB291C" w:rsidRPr="00096D4D">
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="51A9E83F" w14:textId="77777777" w:rsidR="00C66360" w:rsidRDefault="00C66360" w:rsidP="006754A9">
+            <w:pPr>
+              <w:spacing w:before="36" w:after="44" w:line="240" w:lineRule="exact"/>
+              <w:ind w:leftChars="180" w:left="432" w:rightChars="306" w:right="734"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
-                <w:highlight w:val="yellow"/>
-[...3 lines deleted...]
-            <w:r w:rsidR="00CB291C" w:rsidRPr="00096D4D">
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="7E3FA47B" w14:textId="77777777" w:rsidR="00C66360" w:rsidRDefault="00C66360" w:rsidP="006754A9">
+            <w:pPr>
+              <w:spacing w:before="36" w:after="44" w:line="240" w:lineRule="exact"/>
+              <w:ind w:leftChars="180" w:left="432" w:rightChars="306" w:right="734"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
-                <w:highlight w:val="yellow"/>
-[...13 lines deleted...]
-            <w:r w:rsidR="00CB291C" w:rsidRPr="00096D4D">
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="6A95FC97" w14:textId="77777777" w:rsidR="00C66360" w:rsidRDefault="00C66360" w:rsidP="006754A9">
+            <w:pPr>
+              <w:spacing w:before="36" w:after="44" w:line="240" w:lineRule="exact"/>
+              <w:ind w:leftChars="180" w:left="432" w:rightChars="306" w:right="734"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
-                <w:highlight w:val="yellow"/>
-[...13 lines deleted...]
-            <w:r w:rsidR="00096D4D" w:rsidRPr="00096D4D">
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="17081B14" w14:textId="77777777" w:rsidR="00C66360" w:rsidRDefault="00C66360" w:rsidP="006754A9">
+            <w:pPr>
+              <w:spacing w:before="36" w:after="44" w:line="240" w:lineRule="exact"/>
+              <w:ind w:rightChars="306" w:right="734"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
-                <w:highlight w:val="yellow"/>
-[...103 lines deleted...]
-            <w:r w:rsidR="00EE5D75" w:rsidRPr="00096D4D">
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="2D038929" w14:textId="77777777" w:rsidR="00C66360" w:rsidRDefault="00C66360" w:rsidP="006754A9">
+            <w:pPr>
+              <w:spacing w:before="36" w:after="44" w:line="240" w:lineRule="exact"/>
+              <w:ind w:rightChars="306" w:right="734"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
-                <w:highlight w:val="yellow"/>
-[...4 lines deleted...]
-          <w:p w14:paraId="5098D9E7" w14:textId="4D0BB580" w:rsidR="00CB291C" w:rsidRDefault="00A35B6E" w:rsidP="009A369A">
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="7BB1BAE4" w14:textId="77777777" w:rsidR="00C66360" w:rsidRDefault="00000000" w:rsidP="006754A9">
             <w:pPr>
               <w:pStyle w:val="a4"/>
-              <w:spacing w:before="36" w:after="44" w:line="240" w:lineRule="exact"/>
+              <w:spacing w:before="30" w:after="40" w:line="240" w:lineRule="exact"/>
               <w:ind w:leftChars="63" w:left="2263" w:rightChars="306" w:right="734" w:hangingChars="1320" w:hanging="2112"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
                   <w:sz w:val="16"/>
                 </w:rPr>
-                <w:id w:val="1440644991"/>
+                <w:id w:val="-431273796"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="00FE" w14:font="Wingdings"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtContent>
-                <w:r w:rsidR="00CB291C" w:rsidRPr="004C0598">
+                <w:r w:rsidR="00C66360" w:rsidRPr="004C0598">
                   <w:rPr>
                     <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="微軟正黑體" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
                     <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
                     <w:sz w:val="16"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
-            <w:r w:rsidR="00CB291C">
+            <w:r w:rsidR="00C66360">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:sym w:font="Wingdings" w:char="F08F"/>
             </w:r>
-            <w:r w:rsidR="00CB291C">
+            <w:r w:rsidR="00C66360">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi" w:hint="eastAsia"/>
                 <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t>連字符號</w:t>
             </w:r>
-            <w:r w:rsidR="00CB291C">
+            <w:r w:rsidR="00C66360">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi" w:hint="eastAsia"/>
                 <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve">: </w:t>
             </w:r>
-            <w:r w:rsidR="00F049A5">
+            <w:r w:rsidR="00C66360">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi" w:hint="eastAsia"/>
                 <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t>例</w:t>
             </w:r>
-            <w:r w:rsidR="00CB291C">
+            <w:r w:rsidR="00C66360">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t>anti-cancer</w:t>
             </w:r>
-            <w:r w:rsidR="00CB291C">
+            <w:r w:rsidR="00C66360">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi" w:hint="eastAsia"/>
                 <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> = </w:t>
             </w:r>
-            <w:r w:rsidR="00CB291C">
+            <w:r w:rsidR="00C66360">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t>"</w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidR="00CB291C">
+            <w:r w:rsidR="00C66360">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi" w:hint="eastAsia"/>
                 <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t>a</w:t>
             </w:r>
-            <w:r w:rsidR="00CB291C">
+            <w:r w:rsidR="00C66360">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
                 <w:sz w:val="16"/>
               </w:rPr>
-              <w:t>nti cancer</w:t>
-[...2 lines deleted...]
-            <w:r w:rsidR="00CB291C">
+              <w:t>nti cancer"</w:t>
+            </w:r>
+            <w:r w:rsidR="00C66360">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi" w:hint="eastAsia"/>
+                <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  </w:t>
+            </w:r>
+            <w:r w:rsidR="00C66360" w:rsidRPr="00E52942">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi" w:hint="eastAsia"/>
+                <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+              <w:t>≠</w:t>
+            </w:r>
+            <w:r w:rsidR="00C66360">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi" w:hint="eastAsia"/>
+                <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> a</w:t>
+            </w:r>
+            <w:r w:rsidR="00C66360">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
                 <w:sz w:val="16"/>
               </w:rPr>
-              <w:t>"</w:t>
-[...30 lines deleted...]
-              </w:rPr>
               <w:t>nticancer</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="3A7B1DD5" w14:textId="77777777" w:rsidR="00EE5D75" w:rsidRDefault="00A35B6E" w:rsidP="009A369A">
+          <w:p w14:paraId="6C5BA43A" w14:textId="77777777" w:rsidR="00C66360" w:rsidRDefault="00000000" w:rsidP="006754A9">
             <w:pPr>
               <w:pStyle w:val="a4"/>
-              <w:spacing w:before="36" w:after="44" w:line="240" w:lineRule="exact"/>
+              <w:spacing w:before="30" w:after="40" w:line="240" w:lineRule="exact"/>
               <w:ind w:leftChars="63" w:left="2263" w:rightChars="306" w:right="734" w:hangingChars="1320" w:hanging="2112"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
                   <w:sz w:val="16"/>
                 </w:rPr>
-                <w:id w:val="-2040571630"/>
+                <w:id w:val="-1771468779"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="00FE" w14:font="Wingdings"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtContent>
-                <w:r w:rsidR="009A369A">
+                <w:r w:rsidR="00C66360">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cstheme="minorHAnsi" w:hint="eastAsia"/>
                     <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
                     <w:sz w:val="16"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
-            <w:r w:rsidR="00CB291C" w:rsidRPr="00781651">
+            <w:r w:rsidR="00C66360" w:rsidRPr="00781651">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:sym w:font="Wingdings 2" w:char="F079"/>
             </w:r>
-            <w:r w:rsidR="00CB291C">
+            <w:r w:rsidR="00C66360">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi" w:hint="eastAsia"/>
                 <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t>所有格</w:t>
             </w:r>
-            <w:r w:rsidR="00CB291C">
+            <w:r w:rsidR="00C66360">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi" w:hint="eastAsia"/>
                 <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve">: </w:t>
             </w:r>
-            <w:r w:rsidR="00CB291C">
+            <w:r w:rsidR="00C66360">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t>"Parkinson*</w:t>
             </w:r>
-            <w:r w:rsidR="00CB291C">
+            <w:r w:rsidR="00C66360">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi" w:hint="eastAsia"/>
                 <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> Di</w:t>
             </w:r>
-            <w:r w:rsidR="00CB291C">
+            <w:r w:rsidR="00C66360">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t>sease*"</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="57CF0198" w14:textId="77777777" w:rsidR="00EE5D75" w:rsidRDefault="00CB291C" w:rsidP="00EE5D75">
+          <w:p w14:paraId="12B83863" w14:textId="77777777" w:rsidR="00C66360" w:rsidRDefault="00C66360" w:rsidP="006754A9">
             <w:pPr>
               <w:pStyle w:val="a4"/>
-              <w:spacing w:before="36" w:after="44" w:line="240" w:lineRule="exact"/>
+              <w:spacing w:before="30" w:after="40" w:line="240" w:lineRule="exact"/>
               <w:ind w:leftChars="180" w:left="2261" w:rightChars="306" w:right="734" w:hangingChars="1143" w:hanging="1829"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EE5D75">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi" w:hint="eastAsia"/>
                 <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>在</w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00EE5D75">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi" w:hint="eastAsia"/>
                 <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>E</w:t>
             </w:r>
             <w:r w:rsidRPr="00EE5D75">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>mbase</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00EE5D75">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi" w:hint="eastAsia"/>
                 <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>無法找出</w:t>
             </w:r>
             <w:r w:rsidRPr="00EE5D75">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi" w:hint="eastAsia"/>
                 <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00EE5D75">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>"Parkinson's</w:t>
             </w:r>
             <w:r w:rsidRPr="00EE5D75">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi" w:hint="eastAsia"/>
                 <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> Di</w:t>
             </w:r>
             <w:r w:rsidRPr="00EE5D75">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>sease*"</w:t>
             </w:r>
-            <w:r w:rsidR="00EE5D75" w:rsidRPr="00EE5D75">
+            <w:r w:rsidRPr="00EE5D75">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi" w:hint="eastAsia"/>
                 <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidR="00EE5D75" w:rsidRPr="00EE5D75">
+            <w:r w:rsidRPr="00EE5D75">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>(</w:t>
             </w:r>
             <w:r w:rsidRPr="00EE5D75">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi" w:hint="eastAsia"/>
                 <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>'s</w:t>
             </w:r>
             <w:r w:rsidRPr="00EE5D75">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi" w:hint="eastAsia"/>
                 <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>被視為一個單字</w:t>
             </w:r>
-            <w:r w:rsidR="00EE5D75" w:rsidRPr="00EE5D75">
+            <w:r w:rsidRPr="00EE5D75">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi" w:hint="eastAsia"/>
                 <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="585ADC09" w14:textId="3748B19C" w:rsidR="007D27C4" w:rsidRPr="007D27C4" w:rsidRDefault="00EE5D75" w:rsidP="00EE5D75">
+          <w:p w14:paraId="4057F66C" w14:textId="77777777" w:rsidR="00C66360" w:rsidRPr="007D27C4" w:rsidRDefault="00C66360" w:rsidP="006754A9">
             <w:pPr>
               <w:pStyle w:val="a4"/>
-              <w:spacing w:before="36" w:after="44" w:line="240" w:lineRule="exact"/>
+              <w:spacing w:before="30" w:after="40" w:line="240" w:lineRule="exact"/>
               <w:ind w:leftChars="180" w:left="2261" w:rightChars="306" w:right="734" w:hangingChars="1143" w:hanging="1829"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="00EE5D75">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi" w:hint="eastAsia"/>
                 <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
-              <w:t>三</w:t>
-[...2 lines deleted...]
-            <w:r w:rsidR="00CB291C" w:rsidRPr="00EE5D75">
+              <w:t>三解法擇一</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00EE5D75">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi" w:hint="eastAsia"/>
                 <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
-              <w:t>解法</w:t>
-[...27 lines deleted...]
-              </w:rPr>
               <w:t xml:space="preserve">: </w:t>
             </w:r>
-            <w:r w:rsidR="008A63E0">
+            <w:r>
               <w:sym w:font="Wingdings" w:char="F0A7"/>
             </w:r>
-            <w:r w:rsidR="008A63E0" w:rsidRPr="008A63E0">
+            <w:r w:rsidRPr="008A63E0">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi" w:hint="eastAsia"/>
                 <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
                 <w:sz w:val="12"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidR="00CB291C" w:rsidRPr="007D27C4">
+            <w:r w:rsidRPr="007D27C4">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi" w:hint="eastAsia"/>
                 <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>只輸入</w:t>
             </w:r>
-            <w:r w:rsidR="00CB291C" w:rsidRPr="007D27C4">
+            <w:r w:rsidRPr="007D27C4">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Parkinson*</w:t>
             </w:r>
-            <w:r w:rsidR="00CB291C" w:rsidRPr="007D27C4">
+            <w:r w:rsidRPr="007D27C4">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi" w:hint="eastAsia"/>
                 <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> (</w:t>
             </w:r>
-            <w:r w:rsidR="00CB291C" w:rsidRPr="007D27C4">
+            <w:r w:rsidRPr="007D27C4">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi" w:hint="eastAsia"/>
                 <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>當不會找到太多非疾病時</w:t>
             </w:r>
-            <w:r w:rsidR="00CB291C" w:rsidRPr="007D27C4">
+            <w:r w:rsidRPr="007D27C4">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi" w:hint="eastAsia"/>
                 <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="282629D6" w14:textId="257AAC50" w:rsidR="007D27C4" w:rsidRPr="007D27C4" w:rsidRDefault="008A63E0" w:rsidP="00EE5D75">
+          <w:p w14:paraId="09955984" w14:textId="77777777" w:rsidR="00C66360" w:rsidRPr="007D27C4" w:rsidRDefault="00C66360" w:rsidP="006754A9">
             <w:pPr>
               <w:pStyle w:val="a4"/>
-              <w:spacing w:before="36" w:after="44" w:line="240" w:lineRule="exact"/>
+              <w:spacing w:before="30" w:after="40" w:line="240" w:lineRule="exact"/>
               <w:ind w:leftChars="0" w:left="1285" w:rightChars="306" w:right="734"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:sym w:font="Wingdings" w:char="F0A7"/>
             </w:r>
             <w:r w:rsidRPr="007D27C4">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="00CB291C" w:rsidRPr="007D27C4">
+              <w:t xml:space="preserve"> (Parkinson*</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007D27C4">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi" w:hint="eastAsia"/>
+                <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> NE</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007D27C4">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
-              <w:t>(Parkinson*</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="00CB291C" w:rsidRPr="007D27C4">
+              <w:t>XT</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007D27C4">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi" w:hint="eastAsia"/>
                 <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
-              <w:t xml:space="preserve"> NE</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="00CB291C" w:rsidRPr="007D27C4">
+              <w:t>/2 Di</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007D27C4">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
-              <w:t>XT</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="00CB291C" w:rsidRPr="007D27C4">
+              <w:t>sease*)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4197CCFB" w14:textId="77777777" w:rsidR="00C66360" w:rsidRPr="007D27C4" w:rsidRDefault="00C66360" w:rsidP="00C66360">
+            <w:pPr>
+              <w:pStyle w:val="a4"/>
+              <w:spacing w:before="30" w:after="40" w:line="240" w:lineRule="exact"/>
+              <w:ind w:leftChars="0" w:left="1285" w:rightChars="70" w:right="168"/>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:sym w:font="Wingdings" w:char="F0A7"/>
+            </w:r>
+            <w:r w:rsidRPr="007D27C4">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007D27C4">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi" w:hint="eastAsia"/>
                 <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
-              <w:t>/2 Di</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="00CB291C" w:rsidRPr="007D27C4">
+              <w:t>"</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007D27C4">
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>Parkinson</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007D27C4">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi" w:hint="eastAsia"/>
+                <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>* Di</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007D27C4">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
-              <w:t>sease*)</w:t>
-[...13 lines deleted...]
-              <w:sym w:font="Wingdings" w:char="F0A7"/>
+              <w:t>sease*</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007D27C4">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi" w:hint="eastAsia"/>
+                <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>" OR "</w:t>
             </w:r>
             <w:r w:rsidRPr="007D27C4">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="00CB291C" w:rsidRPr="007D27C4">
+              <w:t>Parkinson</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007D27C4">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi" w:hint="eastAsia"/>
                 <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
-              <w:t>"</w:t>
-[...8 lines deleted...]
-            <w:r w:rsidR="00CB291C" w:rsidRPr="007D27C4">
+              <w:t xml:space="preserve"> s Di</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007D27C4">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>sease*</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007D27C4">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi" w:hint="eastAsia"/>
                 <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
-              <w:t>* Di</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="00CB291C" w:rsidRPr="007D27C4">
+              <w:t>"</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007D27C4">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
-              <w:t>sease*</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="00CB291C" w:rsidRPr="007D27C4">
+              <w:t xml:space="preserve"> (</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007D27C4">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi" w:hint="eastAsia"/>
                 <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
-              <w:t>" OR "</w:t>
-[...10 lines deleted...]
-            <w:r w:rsidR="00CB291C" w:rsidRPr="007D27C4">
+              <w:t>勿</w:t>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi" w:hint="eastAsia"/>
                 <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
-              <w:t xml:space="preserve"> s Di</w:t>
-[...10 lines deleted...]
-            <w:r w:rsidR="00CB291C" w:rsidRPr="007D27C4">
+              <w:t>用</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007D27C4">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi" w:hint="eastAsia"/>
                 <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
-              <w:t>"</w:t>
-[...10 lines deleted...]
-            <w:r w:rsidR="00CB291C" w:rsidRPr="007D27C4">
+              <w:t>單引號</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007D27C4">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi" w:hint="eastAsia"/>
                 <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
-              <w:t>勿</w:t>
-[...25 lines deleted...]
-              </w:rPr>
               <w:t>'s)</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="09A31B93" w14:textId="41DD4B7A" w:rsidR="00CB291C" w:rsidRPr="00B6087D" w:rsidRDefault="00A35B6E" w:rsidP="00EE5D75">
+          <w:p w14:paraId="779FA394" w14:textId="77777777" w:rsidR="00C66360" w:rsidRPr="00207C88" w:rsidRDefault="00000000" w:rsidP="006754A9">
             <w:pPr>
               <w:pStyle w:val="a4"/>
-              <w:spacing w:before="36" w:after="44" w:line="240" w:lineRule="exact"/>
+              <w:spacing w:before="30" w:after="40" w:line="240" w:lineRule="exact"/>
               <w:ind w:leftChars="63" w:left="2263" w:rightChars="306" w:right="734" w:hangingChars="1320" w:hanging="2112"/>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cstheme="minorHAnsi"/>
                   <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
                   <w:sz w:val="16"/>
                 </w:rPr>
-                <w:id w:val="-1756200271"/>
+                <w:id w:val="-227604115"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="00FE" w14:font="Wingdings"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtContent>
-                <w:r w:rsidR="00CB291C" w:rsidRPr="007D27C4">
+                <w:r w:rsidR="00C66360" w:rsidRPr="007D27C4">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cstheme="minorHAnsi" w:hint="eastAsia"/>
                     <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
                     <w:sz w:val="16"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
-            <w:r w:rsidR="007D27C4">
+            <w:r w:rsidR="00C66360">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:sym w:font="Wingdings" w:char="F091"/>
             </w:r>
-            <w:r w:rsidR="00CB291C" w:rsidRPr="007D27C4">
+            <w:r w:rsidR="00C66360" w:rsidRPr="007D27C4">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi" w:hint="eastAsia"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t>舒</w:t>
             </w:r>
-            <w:r w:rsidR="00CB291C" w:rsidRPr="007D27C4">
+            <w:r w:rsidR="00C66360" w:rsidRPr="007D27C4">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi" w:hint="eastAsia"/>
                 <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
                 <w:sz w:val="16"/>
               </w:rPr>
-              <w:t>適閱讀很重要，檢索詞大小寫</w:t>
-[...24 lines deleted...]
-          <w:p w14:paraId="57A359BE" w14:textId="5A6B6184" w:rsidR="00CB291C" w:rsidRPr="00EB300A" w:rsidRDefault="00A35B6E" w:rsidP="00D27F23">
+              <w:t>適閱讀很重要，檢索詞大小寫法請一致</w:t>
+            </w:r>
+            <w:r w:rsidR="00C66360">
+              <w:tab/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4394" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="42536245" w14:textId="77777777" w:rsidR="00C66360" w:rsidRPr="00EB300A" w:rsidRDefault="00000000" w:rsidP="006754A9">
             <w:pPr>
               <w:pStyle w:val="a4"/>
               <w:spacing w:before="36" w:after="36" w:line="240" w:lineRule="exact"/>
               <w:ind w:leftChars="0" w:left="226" w:hangingChars="141" w:hanging="226"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
                   <w:sz w:val="16"/>
                 </w:rPr>
-                <w:id w:val="-1656677587"/>
+                <w:id w:val="-129869652"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="00FE" w14:font="Wingdings"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtContent>
-                <w:r w:rsidR="00CB291C" w:rsidRPr="004C0598">
+                <w:r w:rsidR="00C66360" w:rsidRPr="004C0598">
                   <w:rPr>
                     <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="微軟正黑體" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
                     <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
                     <w:sz w:val="16"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
-            <w:r w:rsidR="00CB291C">
+            <w:r w:rsidR="00C66360">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:sym w:font="Wingdings 2" w:char="F075"/>
             </w:r>
-            <w:r w:rsidR="00CB291C">
+            <w:r w:rsidR="00C66360">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi" w:hint="eastAsia"/>
                 <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t>控</w:t>
             </w:r>
-            <w:r w:rsidR="00CB291C" w:rsidRPr="004C0598">
+            <w:r w:rsidR="00C66360" w:rsidRPr="004C0598">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t>制詞彙</w:t>
             </w:r>
-            <w:proofErr w:type="gramStart"/>
-            <w:r w:rsidR="00D27F23">
+            <w:r w:rsidR="00C66360">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi" w:hint="eastAsia"/>
                 <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t>無</w:t>
             </w:r>
-            <w:r w:rsidR="00CB291C" w:rsidRPr="004C0598">
+            <w:r w:rsidR="00C66360" w:rsidRPr="004C0598">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t>切截</w:t>
             </w:r>
-            <w:r w:rsidR="00D27F23">
+            <w:r w:rsidR="00C66360">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi" w:hint="eastAsia"/>
                 <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
                 <w:sz w:val="16"/>
               </w:rPr>
-              <w:t>用法</w:t>
-[...2 lines deleted...]
-            <w:r w:rsidR="00D27F23">
+              <w:t>用法，例</w:t>
+            </w:r>
+            <w:r w:rsidR="00C66360">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi" w:hint="eastAsia"/>
                 <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidR="00D27F23">
+            <w:r w:rsidR="00C66360" w:rsidRPr="004D2706">
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:sym w:font="Wingdings 2" w:char="F053"/>
+            </w:r>
+            <w:r w:rsidR="00C66360" w:rsidRPr="00D27F23">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+              <w:t>Ex</w:t>
+            </w:r>
+            <w:r w:rsidR="00C66360" w:rsidRPr="00D27F23">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi" w:hint="eastAsia"/>
                 <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
                 <w:sz w:val="16"/>
               </w:rPr>
-              <w:sym w:font="Wingdings 2" w:char="F056"/>
-[...1 lines deleted...]
-            <w:r w:rsidR="00CB291C" w:rsidRPr="00D27F23">
+              <w:t>e</w:t>
+            </w:r>
+            <w:r w:rsidR="00C66360" w:rsidRPr="00D27F23">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
                 <w:sz w:val="16"/>
               </w:rPr>
-              <w:t>Ex</w:t>
-[...14 lines deleted...]
-              </w:rPr>
               <w:t>rcise*</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="30B6BDE5" w14:textId="77777777" w:rsidR="00CB291C" w:rsidRPr="00D27F23" w:rsidRDefault="00CB291C" w:rsidP="00D27F23">
+          <w:p w14:paraId="13EDD480" w14:textId="77777777" w:rsidR="00C66360" w:rsidRPr="00D27F23" w:rsidRDefault="00C66360" w:rsidP="006754A9">
             <w:pPr>
               <w:pStyle w:val="a4"/>
               <w:spacing w:before="36" w:after="36" w:line="240" w:lineRule="exact"/>
               <w:ind w:leftChars="0" w:left="160" w:hangingChars="100" w:hanging="160"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="6D9FB4EF" w14:textId="77777777" w:rsidR="00CB291C" w:rsidRPr="00EB300A" w:rsidRDefault="00A35B6E" w:rsidP="00D27F23">
+          <w:p w14:paraId="25FDE767" w14:textId="77777777" w:rsidR="00C66360" w:rsidRPr="00EB300A" w:rsidRDefault="00000000" w:rsidP="006754A9">
             <w:pPr>
               <w:pStyle w:val="a4"/>
               <w:spacing w:before="36" w:after="36" w:line="240" w:lineRule="exact"/>
               <w:ind w:leftChars="0" w:left="160" w:hangingChars="100" w:hanging="160"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:sz w:val="16"/>
                 </w:rPr>
-                <w:id w:val="-810248507"/>
+                <w:id w:val="667520294"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="00FE" w14:font="Wingdings"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtContent>
-                <w:r w:rsidR="00CB291C" w:rsidRPr="00EB300A">
+                <w:r w:rsidR="00C66360" w:rsidRPr="00EB300A">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cstheme="minorHAnsi" w:hint="eastAsia"/>
                     <w:sz w:val="16"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
-            <w:r w:rsidR="00CB291C" w:rsidRPr="00EB300A">
+            <w:r w:rsidR="00C66360" w:rsidRPr="00EB300A">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:sym w:font="Wingdings 2" w:char="F076"/>
             </w:r>
-            <w:r w:rsidR="00CB291C" w:rsidRPr="00EB300A">
+            <w:r w:rsidR="00C66360" w:rsidRPr="00EB300A">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi" w:hint="eastAsia"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t>控制詞彙的廣狹義</w:t>
             </w:r>
-            <w:r w:rsidR="00CB291C" w:rsidRPr="00EB300A">
+            <w:r w:rsidR="00C66360" w:rsidRPr="00EB300A">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi" w:hint="eastAsia"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t>(</w:t>
             </w:r>
-            <w:r w:rsidR="00CB291C" w:rsidRPr="00EB300A">
+            <w:r w:rsidR="00C66360" w:rsidRPr="00EB300A">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi" w:hint="eastAsia"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t>位階</w:t>
             </w:r>
-            <w:r w:rsidR="00CB291C" w:rsidRPr="00EB300A">
+            <w:r w:rsidR="00C66360" w:rsidRPr="00EB300A">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi" w:hint="eastAsia"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="656A5BDE" w14:textId="6861E875" w:rsidR="00D27F23" w:rsidRPr="00A35B6E" w:rsidRDefault="00D27F23" w:rsidP="00A35B6E">
+          <w:p w14:paraId="18A3170A" w14:textId="77777777" w:rsidR="00C66360" w:rsidRDefault="00C66360" w:rsidP="006754A9">
             <w:pPr>
               <w:pStyle w:val="a4"/>
               <w:spacing w:before="36" w:after="44" w:line="220" w:lineRule="exact"/>
               <w:ind w:leftChars="94" w:left="358" w:hangingChars="47" w:hanging="132"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="262626" w:themeColor="text1" w:themeTint="D9"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D27F23">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:sym w:font="Wingdings" w:char="F0A7"/>
             </w:r>
             <w:r w:rsidRPr="00D27F23">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="262626" w:themeColor="text1" w:themeTint="D9"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>無互屬：適用都列出</w:t>
             </w:r>
             <w:r w:rsidRPr="00D27F23">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="262626" w:themeColor="text1" w:themeTint="D9"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00D27F23">
+          </w:p>
+          <w:p w14:paraId="43B78C16" w14:textId="77777777" w:rsidR="00C66360" w:rsidRPr="00A35B6E" w:rsidRDefault="00C66360" w:rsidP="006754A9">
+            <w:pPr>
+              <w:pStyle w:val="a4"/>
+              <w:spacing w:before="36" w:after="44" w:line="220" w:lineRule="exact"/>
+              <w:ind w:leftChars="94" w:left="301" w:hangingChars="47" w:hanging="75"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="262626" w:themeColor="text1" w:themeTint="D9"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
-              <w:br/>
-            </w:r>
+            </w:pPr>
             <w:r w:rsidRPr="00936093">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="C0504D" w:themeColor="accent2"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Exercise</w:t>
             </w:r>
-            <w:r w:rsidR="00A35B6E" w:rsidRPr="00936093">
+            <w:r w:rsidRPr="00936093">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="C0504D" w:themeColor="accent2"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:br/>
-            </w:r>
-[...21 lines deleted...]
-          <w:p w14:paraId="5618C4F1" w14:textId="00335AC5" w:rsidR="00936093" w:rsidRPr="00D27F23" w:rsidRDefault="00D27F23" w:rsidP="00D27F23">
+              <w:t>Exercise Therapy</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7385FD55" w14:textId="77777777" w:rsidR="00C66360" w:rsidRPr="00D27F23" w:rsidRDefault="00C66360" w:rsidP="006754A9">
             <w:pPr>
               <w:pStyle w:val="a4"/>
               <w:spacing w:before="36" w:after="120" w:line="220" w:lineRule="exact"/>
               <w:ind w:leftChars="96" w:left="510" w:hangingChars="100" w:hanging="280"/>
               <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="262626" w:themeColor="text1" w:themeTint="D9"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D27F23">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:sym w:font="Wingdings" w:char="F0A7"/>
+            </w:r>
+            <w:r w:rsidRPr="00D27F23">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="262626" w:themeColor="text1" w:themeTint="D9"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>有互屬：列出最適用位階詞</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi" w:hint="eastAsia"/>
                 <w:color w:val="262626" w:themeColor="text1" w:themeTint="D9"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
-            </w:pPr>
-[...6 lines deleted...]
-              <w:sym w:font="Wingdings" w:char="F0A7"/>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00D27F23">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="262626" w:themeColor="text1" w:themeTint="D9"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
-              <w:t>有互屬：列出最適用位階詞</w:t>
+              <w:t>(</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D27F23">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="262626" w:themeColor="text1" w:themeTint="D9"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>皆列出亦可</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="262626" w:themeColor="text1" w:themeTint="D9"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="262626" w:themeColor="text1" w:themeTint="D9"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="00936093">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="C0504D" w:themeColor="accent2"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>Exercise</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="262626" w:themeColor="text1" w:themeTint="D9"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="00D27B61">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi" w:hint="eastAsia"/>
+                <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D27B61">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>Running</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D27F23">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="262626" w:themeColor="text1" w:themeTint="D9"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>Exercise</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D27F23">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="262626" w:themeColor="text1" w:themeTint="D9"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>可包含</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D27F23">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="262626" w:themeColor="text1" w:themeTint="D9"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>Running</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi" w:hint="eastAsia"/>
                 <w:color w:val="262626" w:themeColor="text1" w:themeTint="D9"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="00D27F23">
+              <w:t>等所有狹義詞的語法</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi" w:hint="eastAsia"/>
+                <w:color w:val="262626" w:themeColor="text1" w:themeTint="D9"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="262626" w:themeColor="text1" w:themeTint="D9"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
-              <w:t>(</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="00D27F23">
+              <w:br/>
+              <w:t xml:space="preserve">Embase: </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi" w:hint="eastAsia"/>
+                <w:color w:val="262626" w:themeColor="text1" w:themeTint="D9"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>"</w:t>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="262626" w:themeColor="text1" w:themeTint="D9"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
-              <w:t>皆列出亦可</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="00B530DA">
+              <w:t>Exercise</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D27B61">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi" w:hint="eastAsia"/>
+                <w:color w:val="262626" w:themeColor="text1" w:themeTint="D9"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>"/</w:t>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="262626" w:themeColor="text1" w:themeTint="D9"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
-              <w:t>)</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="00B530DA">
+              <w:t>exp</w:t>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="262626" w:themeColor="text1" w:themeTint="D9"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:br/>
             </w:r>
-            <w:r w:rsidRPr="00936093">
-[...8 lines deleted...]
-            <w:r w:rsidR="00A35B6E">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi" w:hint="eastAsia"/>
+                <w:color w:val="262626" w:themeColor="text1" w:themeTint="D9"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>MEDLINE (</w:t>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="262626" w:themeColor="text1" w:themeTint="D9"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
-              <w:br/>
-[...1 lines deleted...]
-            <w:r w:rsidR="00A35B6E" w:rsidRPr="00D27B61">
+              <w:t>Ovid</w:t>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi" w:hint="eastAsia"/>
-                <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
-[...14 lines deleted...]
-            <w:r w:rsidRPr="00D27F23">
+                <w:color w:val="262626" w:themeColor="text1" w:themeTint="D9"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>): e</w:t>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="262626" w:themeColor="text1" w:themeTint="D9"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
-              <w:br/>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="00D27F23">
+              <w:t xml:space="preserve">xp </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi" w:hint="eastAsia"/>
+                <w:color w:val="262626" w:themeColor="text1" w:themeTint="D9"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>"</w:t>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="262626" w:themeColor="text1" w:themeTint="D9"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
-              <w:t>可包含</w:t>
-[...10 lines deleted...]
-            <w:r w:rsidR="00936093">
+              <w:t>Exercise</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D27B61">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi" w:hint="eastAsia"/>
                 <w:color w:val="262626" w:themeColor="text1" w:themeTint="D9"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
-              <w:t>等所有狹義詞的語法</w:t>
-[...63 lines deleted...]
-              </w:rPr>
               <w:t>"/</w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
-[...103 lines deleted...]
-          <w:p w14:paraId="77DBFB18" w14:textId="7C630BF5" w:rsidR="00D27F23" w:rsidRDefault="00D27F23" w:rsidP="00D27F23">
+          </w:p>
+          <w:p w14:paraId="7654A1CF" w14:textId="77777777" w:rsidR="00C66360" w:rsidRDefault="00C66360" w:rsidP="006754A9">
             <w:pPr>
               <w:pStyle w:val="a4"/>
               <w:spacing w:before="36" w:after="44" w:line="200" w:lineRule="exact"/>
               <w:ind w:leftChars="134" w:left="322"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D27F23">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t>語法</w:t>
             </w:r>
-            <w:r w:rsidR="00936093">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi" w:hint="eastAsia"/>
                 <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t>請</w:t>
             </w:r>
             <w:r w:rsidRPr="00D27F23">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t>設定自動納入所有狹義詞</w:t>
             </w:r>
             <w:r w:rsidRPr="00D27F23">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:br/>
             </w:r>
             <w:r w:rsidRPr="00D27F23">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
-              <w:t>筆記時請</w:t>
-[...1 lines deleted...]
-            <w:proofErr w:type="gramStart"/>
+              <w:t>筆記時請利用縮格呈現廣狹義，有利釐清關係</w:t>
+            </w:r>
             <w:r w:rsidRPr="00D27F23">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
-              <w:t>利用縮格呈現</w:t>
-[...1 lines deleted...]
-            <w:proofErr w:type="gramEnd"/>
+              <w:br/>
+            </w:r>
             <w:r w:rsidRPr="00D27F23">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
-              <w:t>廣狹義，有利</w:t>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="00D27F23">
+              <w:t>可標灰表示不需檢索</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="27D06CD3" w14:textId="77777777" w:rsidR="00C66360" w:rsidRDefault="00C66360" w:rsidP="006754A9">
+            <w:pPr>
+              <w:pStyle w:val="a4"/>
+              <w:spacing w:before="36" w:after="44" w:line="200" w:lineRule="exact"/>
+              <w:ind w:leftChars="134" w:left="322"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
-              <w:t>釐</w:t>
-[...54 lines deleted...]
-          <w:p w14:paraId="2C3D771D" w14:textId="77777777" w:rsidR="00D27B61" w:rsidRDefault="00D27B61" w:rsidP="00936093">
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="01EBA06A" w14:textId="77777777" w:rsidR="00C66360" w:rsidRDefault="00000000" w:rsidP="006754A9">
             <w:pPr>
               <w:pStyle w:val="a4"/>
               <w:spacing w:before="36" w:after="36" w:line="240" w:lineRule="exact"/>
-              <w:ind w:leftChars="3" w:left="348" w:rightChars="192" w:right="461" w:hangingChars="213" w:hanging="341"/>
+              <w:ind w:leftChars="3" w:left="348" w:hangingChars="213" w:hanging="341"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="微軟正黑體" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="262626" w:themeColor="text1" w:themeTint="D9"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Arial" w:eastAsia="微軟正黑體" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:color w:val="262626" w:themeColor="text1" w:themeTint="D9"/>
                   <w:sz w:val="16"/>
                   <w:szCs w:val="16"/>
                 </w:rPr>
-                <w:id w:val="694505107"/>
+                <w:id w:val="1207838062"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="00FE" w14:font="Wingdings"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtContent>
-                <w:r w:rsidRPr="00D27B61">
+                <w:r w:rsidR="00C66360" w:rsidRPr="00D27B61">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Arial" w:hint="eastAsia"/>
                     <w:color w:val="262626" w:themeColor="text1" w:themeTint="D9"/>
                     <w:sz w:val="16"/>
                     <w:szCs w:val="16"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
-            <w:r w:rsidRPr="00D27B61">
+            <w:r w:rsidR="00C66360" w:rsidRPr="00D27B61">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="微軟正黑體" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="262626" w:themeColor="text1" w:themeTint="D9"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:sym w:font="Wingdings 2" w:char="F077"/>
             </w:r>
-            <w:r w:rsidRPr="00D27B61">
+            <w:r w:rsidR="00C66360" w:rsidRPr="00D27B61">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="微軟正黑體" w:hAnsi="Arial" w:cs="Arial" w:hint="eastAsia"/>
                 <w:color w:val="262626" w:themeColor="text1" w:themeTint="D9"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
-              <w:t>偶有特殊考量，不欲加入所有</w:t>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="00D27B61">
+              <w:t>偶有特殊考量，不欲加入所有狹義詞者，請加註「</w:t>
+            </w:r>
+            <w:r w:rsidR="00C66360" w:rsidRPr="00D27B61">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="微軟正黑體" w:hAnsi="Arial" w:cs="Arial" w:hint="eastAsia"/>
                 <w:color w:val="262626" w:themeColor="text1" w:themeTint="D9"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
-              <w:t>狹義詞者</w:t>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="00D27B61">
+              <w:t>(</w:t>
+            </w:r>
+            <w:r w:rsidR="00C66360" w:rsidRPr="00D27B61">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="微軟正黑體" w:hAnsi="Arial" w:cs="Arial" w:hint="eastAsia"/>
                 <w:color w:val="262626" w:themeColor="text1" w:themeTint="D9"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
-              <w:t>，</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="00D27B61">
+              <w:t>不含所有狹義詞</w:t>
+            </w:r>
+            <w:r w:rsidR="00C66360" w:rsidRPr="00D27B61">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="微軟正黑體" w:hAnsi="Arial" w:cs="Arial" w:hint="eastAsia"/>
                 <w:color w:val="262626" w:themeColor="text1" w:themeTint="D9"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
-[...3 lines deleted...]
-            <w:r w:rsidRPr="00D27B61">
+              <w:t>)</w:t>
+            </w:r>
+            <w:r w:rsidR="00C66360" w:rsidRPr="00D27B61">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="微軟正黑體" w:hAnsi="Arial" w:cs="Arial" w:hint="eastAsia"/>
                 <w:color w:val="262626" w:themeColor="text1" w:themeTint="D9"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
-              <w:t>註</w:t>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="00D27B61">
+              <w:t>」，並於「</w:t>
+            </w:r>
+            <w:r w:rsidR="00C66360">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="微軟正黑體" w:hAnsi="Arial" w:cs="Arial" w:hint="eastAsia"/>
                 <w:color w:val="262626" w:themeColor="text1" w:themeTint="D9"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
-              <w:t>「</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="00D27B61">
+              <w:t>4</w:t>
+            </w:r>
+            <w:r w:rsidR="00C66360" w:rsidRPr="00D27B61">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="微軟正黑體" w:hAnsi="Arial" w:cs="Arial" w:hint="eastAsia"/>
                 <w:color w:val="262626" w:themeColor="text1" w:themeTint="D9"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
-              <w:t>(</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="00D27B61">
+              <w:t>搜尋策略」採用對應檢索語法（參考附錄</w:t>
+            </w:r>
+            <w:r w:rsidR="00C66360">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="微軟正黑體" w:hAnsi="Arial" w:cs="Arial" w:hint="eastAsia"/>
                 <w:color w:val="262626" w:themeColor="text1" w:themeTint="D9"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
-              <w:t>不含所有狹義詞</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="00D27B61">
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidR="00C66360" w:rsidRPr="00D27B61">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="微軟正黑體" w:hAnsi="Arial" w:cs="Arial" w:hint="eastAsia"/>
                 <w:color w:val="262626" w:themeColor="text1" w:themeTint="D9"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
-              <w:t>)</w:t>
-[...43 lines deleted...]
-              </w:rPr>
               <w:t>）</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="68D65171" w14:textId="3EBEBE40" w:rsidR="00936093" w:rsidRPr="00936093" w:rsidRDefault="00936093" w:rsidP="00936093">
+          <w:p w14:paraId="4775BA1B" w14:textId="72E1010C" w:rsidR="00C66360" w:rsidRPr="00936093" w:rsidRDefault="00C66360" w:rsidP="006754A9">
             <w:pPr>
               <w:pStyle w:val="a4"/>
               <w:spacing w:beforeLines="10" w:before="36" w:afterLines="10" w:after="36" w:line="240" w:lineRule="exact"/>
               <w:ind w:leftChars="0" w:left="0"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
                 <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00936093">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
                 <w:color w:val="FF6600"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>physical activity, capacity and performance</w:t>
             </w:r>
             <w:r w:rsidRPr="00936093">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:hint="eastAsia"/>
                 <w:color w:val="FF0000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00936093">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:hint="eastAsia"/>
                 <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>(</w:t>
             </w:r>
             <w:r w:rsidRPr="00936093">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:hint="eastAsia"/>
                 <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>不含所有狹義詞</w:t>
+              <w:t>不含所有狹義</w:t>
             </w:r>
             <w:r w:rsidRPr="00936093">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:hint="eastAsia"/>
                 <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:hint="eastAsia"/>
                 <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="115A0FD1" w14:textId="6FA921D8" w:rsidR="00936093" w:rsidRDefault="00936093" w:rsidP="00936093">
+          <w:p w14:paraId="0A716F1D" w14:textId="77777777" w:rsidR="00C66360" w:rsidRDefault="00C66360" w:rsidP="006754A9">
             <w:pPr>
               <w:pStyle w:val="a4"/>
               <w:spacing w:beforeLines="10" w:before="36" w:afterLines="10" w:after="36" w:line="240" w:lineRule="exact"/>
               <w:ind w:leftChars="100" w:left="240"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
                 <w:color w:val="FF6600"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00936093">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
                 <w:color w:val="FF6600"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>physical activity</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="05747867" w14:textId="69EC1D2F" w:rsidR="00C83BA2" w:rsidRPr="00C83BA2" w:rsidRDefault="00C83BA2" w:rsidP="00C83BA2">
-[...7 lines deleted...]
-                <w:szCs w:val="16"/>
+          <w:p w14:paraId="3CC052B9" w14:textId="77777777" w:rsidR="00C66360" w:rsidRPr="00D27F23" w:rsidRDefault="00C66360" w:rsidP="006754A9">
+            <w:pPr>
+              <w:pStyle w:val="a4"/>
+              <w:spacing w:before="36" w:after="44" w:line="200" w:lineRule="exact"/>
+              <w:ind w:leftChars="134" w:left="322"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
+                <w:sz w:val="10"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C83BA2">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="262626" w:themeColor="text1" w:themeTint="D9"/>
               </w:rPr>
               <w:sym w:font="Wingdings 3" w:char="F024"/>
             </w:r>
             <w:r w:rsidRPr="00C83BA2">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="262626" w:themeColor="text1" w:themeTint="D9"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00C83BA2">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:bCs/>
                 <w:kern w:val="24"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Embase</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00C83BA2">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:bCs/>
                 <w:kern w:val="24"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>語法為</w:t>
             </w:r>
             <w:r w:rsidRPr="00C83BA2">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:bCs/>
                 <w:kern w:val="24"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
-              <w:t>"</w:t>
+              <w:t>" physical activity, capacity and performance "</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C83BA2">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="24"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>/de</w:t>
             </w:r>
             <w:r w:rsidRPr="00C83BA2">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:bCs/>
                 <w:kern w:val="24"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
-              <w:t xml:space="preserve"> physical activity, capacity and performance </w:t>
-[...43 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:t xml:space="preserve"> OR "physical activity"/exp</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="6446FEB9" w14:textId="4F26FD32" w:rsidR="00182749" w:rsidRDefault="00182749" w:rsidP="00182749">
+    <w:p w14:paraId="7DE01E1B" w14:textId="1F019E31" w:rsidR="00E4747B" w:rsidRPr="008E4171" w:rsidRDefault="00FA7576" w:rsidP="00FA7576">
       <w:pPr>
-        <w:tabs>
-[...1 lines deleted...]
-        </w:tabs>
+        <w:pStyle w:val="1"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="0"/>
+        </w:numPr>
+        <w:spacing w:before="0" w:after="0"/>
+        <w:ind w:left="431" w:hanging="431"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
-[...1 lines deleted...]
-          <w:szCs w:val="20"/>
+          <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="zh-TW"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
-[...1 lines deleted...]
-          <w:szCs w:val="20"/>
+          <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="zh-TW"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:tab/>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="zh-TW"/>
+        </w:rPr>
+        <w:t xml:space="preserve">b. </w:t>
+      </w:r>
+      <w:r w:rsidR="00E4747B" w:rsidRPr="008E4171">
+        <w:rPr>
+          <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="zh-TW"/>
+        </w:rPr>
+        <w:t>檢索詞</w:t>
       </w:r>
     </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="13354" w:type="dxa"/>
+        <w:tblInd w:w="108" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblLook w:val="00A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="880"/>
+        <w:gridCol w:w="2409"/>
+        <w:gridCol w:w="2977"/>
+        <w:gridCol w:w="3402"/>
+        <w:gridCol w:w="3686"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="000C5BAD" w:rsidRPr="005D46CB" w14:paraId="23868309" w14:textId="77777777" w:rsidTr="00BD38BA">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="880" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="310ACE3A" w14:textId="14584270" w:rsidR="000C5BAD" w:rsidRPr="005D46CB" w:rsidRDefault="000C5BAD" w:rsidP="00FA7576">
+            <w:pPr>
+              <w:pStyle w:val="a4"/>
+              <w:spacing w:line="240" w:lineRule="exact"/>
+              <w:ind w:leftChars="0" w:left="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B461F9">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:hint="eastAsia"/>
+                <w:color w:val="262626" w:themeColor="text1" w:themeTint="D9"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+              <w:t>主題概念</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B461F9">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
+                <w:color w:val="262626" w:themeColor="text1" w:themeTint="D9"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="00E05E25">
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="微軟正黑體" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+                <w:color w:val="262626" w:themeColor="text1" w:themeTint="D9"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+              <w:t>🔪</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B461F9">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:hint="eastAsia"/>
+                <w:color w:val="262626" w:themeColor="text1" w:themeTint="D9"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+              <w:t>切出來</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2409" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
+          </w:tcPr>
+          <w:p w14:paraId="237A98FD" w14:textId="77777777" w:rsidR="000C5BAD" w:rsidRDefault="000C5BAD" w:rsidP="00FA7576">
+            <w:pPr>
+              <w:pStyle w:val="a4"/>
+              <w:spacing w:before="36" w:after="36" w:line="240" w:lineRule="exact"/>
+              <w:ind w:leftChars="-42" w:left="-101"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:hint="eastAsia"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>自由詞彙：</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005D46CB">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>中文同義字</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="06965F1D" w14:textId="314BF7C7" w:rsidR="000C5BAD" w:rsidRPr="005D46CB" w:rsidRDefault="000C5BAD" w:rsidP="00FA7576">
+            <w:pPr>
+              <w:pStyle w:val="a4"/>
+              <w:spacing w:before="36" w:after="36" w:line="240" w:lineRule="exact"/>
+              <w:ind w:leftChars="0" w:left="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:hint="eastAsia"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>Ch</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>inese</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005D46CB">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:hint="eastAsia"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>S</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005D46CB">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>ynonyms</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6379" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
+          </w:tcPr>
+          <w:p w14:paraId="71E98235" w14:textId="7215126F" w:rsidR="000C5BAD" w:rsidRDefault="000C5BAD" w:rsidP="00FA7576">
+            <w:pPr>
+              <w:pStyle w:val="a4"/>
+              <w:spacing w:before="36" w:after="36" w:line="240" w:lineRule="exact"/>
+              <w:ind w:leftChars="0" w:left="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:hint="eastAsia"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>自由詞彙：</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005D46CB">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>英文同義字</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:hint="eastAsia"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0BAFBB71" w14:textId="0D2C273A" w:rsidR="000C5BAD" w:rsidRPr="005D46CB" w:rsidRDefault="000C5BAD" w:rsidP="00FA7576">
+            <w:pPr>
+              <w:pStyle w:val="a4"/>
+              <w:spacing w:before="36" w:after="36" w:line="240" w:lineRule="exact"/>
+              <w:ind w:leftChars="0" w:left="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005D46CB">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">English </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:hint="eastAsia"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>S</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005D46CB">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>ynonyms</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3686" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
+          </w:tcPr>
+          <w:p w14:paraId="6FB6A348" w14:textId="33015B2E" w:rsidR="000C5BAD" w:rsidRPr="005D46CB" w:rsidRDefault="000C5BAD" w:rsidP="00FA7576">
+            <w:pPr>
+              <w:pStyle w:val="a4"/>
+              <w:spacing w:before="36" w:after="36" w:line="240" w:lineRule="exact"/>
+              <w:ind w:leftChars="0" w:left="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005D46CB">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>控制詞彙</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3314B9ED" w14:textId="77777777" w:rsidR="000C5BAD" w:rsidRDefault="000C5BAD" w:rsidP="00FA7576">
+            <w:pPr>
+              <w:pStyle w:val="a4"/>
+              <w:spacing w:before="36" w:after="36" w:line="240" w:lineRule="exact"/>
+              <w:ind w:leftChars="0" w:left="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Controlled </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:hint="eastAsia"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>V</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005D46CB">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>ocabulary</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4CA2FB10" w14:textId="2FD2BD0D" w:rsidR="000C5BAD" w:rsidRPr="005D46CB" w:rsidRDefault="000C5BAD" w:rsidP="00FA7576">
+            <w:pPr>
+              <w:pStyle w:val="a4"/>
+              <w:spacing w:before="36" w:after="36" w:line="240" w:lineRule="exact"/>
+              <w:ind w:leftChars="0" w:left="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00795BBB">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:hint="eastAsia"/>
+                <w:b/>
+                <w:color w:val="E36C0A" w:themeColor="accent6" w:themeShade="BF"/>
+              </w:rPr>
+              <w:t>Emtree</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:hint="eastAsia"/>
+                <w:b/>
+                <w:color w:val="E36C0A" w:themeColor="accent6" w:themeShade="BF"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C44BE3">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:hint="eastAsia"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">/ </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00795BBB">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
+                <w:b/>
+                <w:color w:val="C0504D" w:themeColor="accent2"/>
+              </w:rPr>
+              <w:t>MeSH</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:hint="eastAsia"/>
+                <w:b/>
+                <w:color w:val="E36C0A" w:themeColor="accent6" w:themeShade="BF"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C44BE3">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:hint="eastAsia"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>/</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:hint="eastAsia"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F45440">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:hint="eastAsia"/>
+                <w:b/>
+                <w:color w:val="00B050"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>CINAHL</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00820916" w:rsidRPr="005D46CB" w14:paraId="19366154" w14:textId="77777777" w:rsidTr="00BD38BA">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="880" w:type="dxa"/>
+            <w:vMerge/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0193227A" w14:textId="77777777" w:rsidR="00820916" w:rsidRPr="005D46CB" w:rsidRDefault="00820916" w:rsidP="00BB608C">
+            <w:pPr>
+              <w:pStyle w:val="a4"/>
+              <w:spacing w:line="280" w:lineRule="exact"/>
+              <w:ind w:leftChars="0" w:left="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2409" w:type="dxa"/>
+            <w:vMerge/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
+          </w:tcPr>
+          <w:p w14:paraId="049E5F9E" w14:textId="77777777" w:rsidR="00820916" w:rsidRPr="005D46CB" w:rsidRDefault="00820916" w:rsidP="00BB608C">
+            <w:pPr>
+              <w:pStyle w:val="a4"/>
+              <w:spacing w:before="36" w:after="36" w:line="280" w:lineRule="exact"/>
+              <w:ind w:leftChars="0" w:left="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2977" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
+          </w:tcPr>
+          <w:p w14:paraId="780AA1B8" w14:textId="10A607BC" w:rsidR="00820916" w:rsidRPr="005D46CB" w:rsidRDefault="00820916" w:rsidP="00FA7576">
+            <w:pPr>
+              <w:pStyle w:val="a4"/>
+              <w:spacing w:beforeLines="4" w:before="14" w:afterLines="4" w:after="14" w:line="240" w:lineRule="exact"/>
+              <w:ind w:leftChars="0" w:left="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005529D2">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:color w:val="262626" w:themeColor="text1" w:themeTint="D9"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>Before</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3402" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
+          </w:tcPr>
+          <w:p w14:paraId="5E84FDCF" w14:textId="77777777" w:rsidR="00CB291C" w:rsidRDefault="00820916" w:rsidP="00FA7576">
+            <w:pPr>
+              <w:pStyle w:val="a4"/>
+              <w:spacing w:beforeLines="4" w:before="14" w:afterLines="4" w:after="14" w:line="240" w:lineRule="exact"/>
+              <w:ind w:leftChars="0" w:left="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005529D2">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:color w:val="262626" w:themeColor="text1" w:themeTint="D9"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>After</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4AC6D3D7" w14:textId="795CF519" w:rsidR="00CB291C" w:rsidRPr="005D46CB" w:rsidRDefault="00CB291C" w:rsidP="00BD38BA">
+            <w:pPr>
+              <w:pStyle w:val="a4"/>
+              <w:spacing w:beforeLines="4" w:before="14" w:afterLines="4" w:after="14" w:line="240" w:lineRule="exact"/>
+              <w:ind w:leftChars="0" w:left="0"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A125CE">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="262626" w:themeColor="text1" w:themeTint="D9"/>
+                <w:sz w:val="14"/>
+              </w:rPr>
+              <w:t>每</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A125CE">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi" w:hint="eastAsia"/>
+                <w:color w:val="262626" w:themeColor="text1" w:themeTint="D9"/>
+                <w:sz w:val="14"/>
+              </w:rPr>
+              <w:t>換</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A125CE">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="262626" w:themeColor="text1" w:themeTint="D9"/>
+                <w:sz w:val="14"/>
+              </w:rPr>
+              <w:t>行</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A125CE">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi" w:hint="eastAsia"/>
+                <w:color w:val="262626" w:themeColor="text1" w:themeTint="D9"/>
+                <w:sz w:val="14"/>
+              </w:rPr>
+              <w:t>代表</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A125CE">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="262626" w:themeColor="text1" w:themeTint="D9"/>
+                <w:sz w:val="14"/>
+              </w:rPr>
+              <w:t>OR</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="262626" w:themeColor="text1" w:themeTint="D9"/>
+                <w:sz w:val="14"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi" w:hint="eastAsia"/>
+                <w:color w:val="262626" w:themeColor="text1" w:themeTint="D9"/>
+                <w:sz w:val="14"/>
+              </w:rPr>
+              <w:t>不須標示</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi" w:hint="eastAsia"/>
+                <w:color w:val="262626" w:themeColor="text1" w:themeTint="D9"/>
+                <w:sz w:val="14"/>
+              </w:rPr>
+              <w:t>)</w:t>
+            </w:r>
+            <w:r w:rsidR="00F049A5">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi" w:hint="eastAsia"/>
+                <w:color w:val="262626" w:themeColor="text1" w:themeTint="D9"/>
+                <w:sz w:val="14"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CB291C">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi" w:hint="eastAsia"/>
+                <w:color w:val="262626" w:themeColor="text1" w:themeTint="D9"/>
+                <w:sz w:val="14"/>
+              </w:rPr>
+              <w:t>在此請專注於詞彙整理</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3686" w:type="dxa"/>
+            <w:vMerge/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
+          </w:tcPr>
+          <w:p w14:paraId="48B9C138" w14:textId="77777777" w:rsidR="00820916" w:rsidRPr="005D46CB" w:rsidRDefault="00820916" w:rsidP="00BB608C">
+            <w:pPr>
+              <w:pStyle w:val="a4"/>
+              <w:spacing w:before="36" w:after="36" w:line="280" w:lineRule="exact"/>
+              <w:ind w:leftChars="0" w:left="0"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00BB608C" w:rsidRPr="005D46CB" w14:paraId="152679F8" w14:textId="77777777" w:rsidTr="00BD38BA">
+        <w:trPr>
+          <w:trHeight w:val="1134"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="880" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7A5DAB29" w14:textId="77777777" w:rsidR="00BB608C" w:rsidRPr="005D46CB" w:rsidRDefault="00BB608C" w:rsidP="00CA198A">
+            <w:pPr>
+              <w:pStyle w:val="a4"/>
+              <w:spacing w:line="280" w:lineRule="exact"/>
+              <w:ind w:leftChars="0" w:left="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005D46CB">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>P</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2409" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="270BD028" w14:textId="77777777" w:rsidR="00BB608C" w:rsidRPr="00F143C5" w:rsidRDefault="00BB608C" w:rsidP="00CA198A">
+            <w:pPr>
+              <w:spacing w:before="36" w:after="36" w:line="280" w:lineRule="exact"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體"/>
+                <w:color w:val="262626" w:themeColor="text1" w:themeTint="D9"/>
+                <w:kern w:val="24"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F143C5">
+              <w:rPr>
+                <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
+                <w:color w:val="262626" w:themeColor="text1" w:themeTint="D9"/>
+                <w:kern w:val="24"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+              <w:t>妊娠</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0B3D4409" w14:textId="77777777" w:rsidR="00BB608C" w:rsidRPr="00F143C5" w:rsidRDefault="00BB608C" w:rsidP="00CA198A">
+            <w:pPr>
+              <w:spacing w:before="36" w:after="36" w:line="280" w:lineRule="exact"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體"/>
+                <w:color w:val="262626" w:themeColor="text1" w:themeTint="D9"/>
+                <w:kern w:val="24"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F143C5">
+              <w:rPr>
+                <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
+                <w:color w:val="262626" w:themeColor="text1" w:themeTint="D9"/>
+                <w:kern w:val="24"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+              <w:t>懷孕</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F143C5">
+              <w:rPr>
+                <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
+                <w:color w:val="262626" w:themeColor="text1" w:themeTint="D9"/>
+                <w:kern w:val="24"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>孕期</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4867B4E8" w14:textId="77777777" w:rsidR="00BB608C" w:rsidRPr="00F143C5" w:rsidRDefault="00BB608C" w:rsidP="00CA198A">
+            <w:pPr>
+              <w:spacing w:before="36" w:after="36" w:line="280" w:lineRule="exact"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體"/>
+                <w:color w:val="262626" w:themeColor="text1" w:themeTint="D9"/>
+                <w:kern w:val="24"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F143C5">
+              <w:rPr>
+                <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
+                <w:color w:val="262626" w:themeColor="text1" w:themeTint="D9"/>
+                <w:kern w:val="24"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+              <w:t>孕婦</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4D94057E" w14:textId="77777777" w:rsidR="00BB608C" w:rsidRPr="00F143C5" w:rsidRDefault="00BB608C" w:rsidP="00CA198A">
+            <w:pPr>
+              <w:spacing w:before="36" w:after="36" w:line="280" w:lineRule="exact"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體"/>
+                <w:color w:val="262626" w:themeColor="text1" w:themeTint="D9"/>
+                <w:kern w:val="24"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="263D6AA9" w14:textId="42A38B1D" w:rsidR="00BB608C" w:rsidRPr="006A5067" w:rsidRDefault="00BB608C" w:rsidP="00CA198A">
+            <w:pPr>
+              <w:pStyle w:val="a4"/>
+              <w:spacing w:before="36" w:after="36" w:line="280" w:lineRule="exact"/>
+              <w:ind w:leftChars="0" w:left="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體"/>
+                <w:color w:val="262626" w:themeColor="text1" w:themeTint="D9"/>
+                <w:kern w:val="24"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F143C5">
+              <w:rPr>
+                <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
+                <w:color w:val="262626" w:themeColor="text1" w:themeTint="D9"/>
+                <w:kern w:val="24"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+              <w:t>糖尿病</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2977" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="03101634" w14:textId="77777777" w:rsidR="0001070A" w:rsidRPr="0046705A" w:rsidRDefault="0001070A" w:rsidP="0001070A">
+            <w:pPr>
+              <w:pStyle w:val="a4"/>
+              <w:spacing w:before="36" w:after="36" w:line="280" w:lineRule="exact"/>
+              <w:ind w:leftChars="0" w:left="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi"/>
+                <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0046705A">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi"/>
+                <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>g</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0046705A">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:hint="eastAsia"/>
+                <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>estation</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0046705A">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi"/>
+                <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>al diabetes</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1B308789" w14:textId="77777777" w:rsidR="0001070A" w:rsidRPr="0046705A" w:rsidRDefault="0001070A" w:rsidP="0001070A">
+            <w:pPr>
+              <w:pStyle w:val="a4"/>
+              <w:spacing w:before="36" w:after="36" w:line="280" w:lineRule="exact"/>
+              <w:ind w:leftChars="0" w:left="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi"/>
+                <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0046705A">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi"/>
+                <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>g</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0046705A">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:hint="eastAsia"/>
+                <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>estation</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0046705A">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi"/>
+                <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>al T2DM</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2FCC408E" w14:textId="77777777" w:rsidR="0001070A" w:rsidRPr="0046705A" w:rsidRDefault="0001070A" w:rsidP="0001070A">
+            <w:pPr>
+              <w:pStyle w:val="a4"/>
+              <w:spacing w:before="36" w:after="36" w:line="280" w:lineRule="exact"/>
+              <w:ind w:leftChars="0" w:left="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi"/>
+                <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0046705A">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi"/>
+                <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>g</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0046705A">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:hint="eastAsia"/>
+                <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>estation</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0046705A">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi"/>
+                <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>al NIDDM</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="49D55164" w14:textId="77777777" w:rsidR="0001070A" w:rsidRPr="0046705A" w:rsidRDefault="0001070A" w:rsidP="0001070A">
+            <w:pPr>
+              <w:pStyle w:val="a4"/>
+              <w:spacing w:before="36" w:after="36" w:line="280" w:lineRule="exact"/>
+              <w:ind w:leftChars="0" w:left="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi"/>
+                <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0046705A">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi"/>
+                <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>pregnant diabetes</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="17A03FF3" w14:textId="77777777" w:rsidR="0001070A" w:rsidRPr="0046705A" w:rsidRDefault="0001070A" w:rsidP="0001070A">
+            <w:pPr>
+              <w:pStyle w:val="a4"/>
+              <w:spacing w:before="36" w:after="36" w:line="280" w:lineRule="exact"/>
+              <w:ind w:leftChars="0" w:left="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi"/>
+                <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0046705A">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi"/>
+                <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>pregnancy-induced diabetes</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="79C1FFDA" w14:textId="77777777" w:rsidR="0001070A" w:rsidRPr="0046705A" w:rsidRDefault="0001070A" w:rsidP="0001070A">
+            <w:pPr>
+              <w:pStyle w:val="a4"/>
+              <w:spacing w:before="36" w:after="36" w:line="280" w:lineRule="exact"/>
+              <w:ind w:leftChars="0" w:left="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi"/>
+                <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0046705A">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi"/>
+                <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>diabetes mellitus gravidarum</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="11A5FAAB" w14:textId="16C9F886" w:rsidR="00C33347" w:rsidRPr="0046705A" w:rsidRDefault="0001070A" w:rsidP="0001070A">
+            <w:pPr>
+              <w:pStyle w:val="a4"/>
+              <w:spacing w:before="36" w:after="36" w:line="280" w:lineRule="exact"/>
+              <w:ind w:leftChars="0" w:left="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi"/>
+                <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0046705A">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:hint="eastAsia"/>
+                <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>GDM</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="34246CF1" w14:textId="4F5BD923" w:rsidR="00BB608C" w:rsidRPr="00820916" w:rsidRDefault="0001070A" w:rsidP="0001070A">
+            <w:pPr>
+              <w:pStyle w:val="a4"/>
+              <w:spacing w:before="36" w:after="36" w:line="280" w:lineRule="exact"/>
+              <w:ind w:leftChars="0" w:left="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi"/>
+                <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0046705A">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi"/>
+                <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>…</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3402" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="43B09755" w14:textId="4AEAFE23" w:rsidR="00BB608C" w:rsidRPr="00D23B92" w:rsidRDefault="00BB608C" w:rsidP="00CA198A">
+            <w:pPr>
+              <w:pStyle w:val="a4"/>
+              <w:spacing w:before="36" w:after="36" w:line="280" w:lineRule="exact"/>
+              <w:ind w:leftChars="0" w:left="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D23B92">
+              <w:rPr>
+                <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>GDM</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="68AA5E9C" w14:textId="77777777" w:rsidR="00BB608C" w:rsidRPr="00D23B92" w:rsidRDefault="00BB608C" w:rsidP="00CA198A">
+            <w:pPr>
+              <w:pStyle w:val="a4"/>
+              <w:spacing w:before="36" w:after="36" w:line="280" w:lineRule="exact"/>
+              <w:ind w:leftChars="0" w:left="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="6AFC727E" w14:textId="48FB4874" w:rsidR="00BB608C" w:rsidRPr="00D23B92" w:rsidRDefault="00BB608C" w:rsidP="00CA198A">
+            <w:pPr>
+              <w:pStyle w:val="a4"/>
+              <w:spacing w:before="36" w:after="36" w:line="280" w:lineRule="exact"/>
+              <w:ind w:leftChars="0" w:left="268" w:hangingChars="122" w:hanging="268"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D23B92">
+              <w:rPr>
+                <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>(</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D23B92">
+              <w:rPr>
+                <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>(gestation*</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="71C13439" w14:textId="77777777" w:rsidR="00BB608C" w:rsidRPr="00D23B92" w:rsidRDefault="00BB608C" w:rsidP="00CA198A">
+            <w:pPr>
+              <w:pStyle w:val="a4"/>
+              <w:spacing w:before="36" w:after="36" w:line="280" w:lineRule="exact"/>
+              <w:ind w:leftChars="0" w:left="268" w:hangingChars="122" w:hanging="268"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D23B92">
+              <w:rPr>
+                <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>pregnan*</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="354492A3" w14:textId="77777777" w:rsidR="00820916" w:rsidRPr="00D23B92" w:rsidRDefault="00BB608C" w:rsidP="00820916">
+            <w:pPr>
+              <w:pStyle w:val="a4"/>
+              <w:spacing w:before="36" w:after="36" w:line="280" w:lineRule="exact"/>
+              <w:ind w:leftChars="0" w:left="488" w:hangingChars="222" w:hanging="488"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D23B92">
+              <w:rPr>
+                <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>gravid*)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1BFD50A4" w14:textId="1E56DCC8" w:rsidR="00BB608C" w:rsidRPr="00D23B92" w:rsidRDefault="00820916" w:rsidP="00820916">
+            <w:pPr>
+              <w:pStyle w:val="a4"/>
+              <w:spacing w:before="36" w:after="36" w:line="280" w:lineRule="exact"/>
+              <w:ind w:leftChars="0" w:left="488" w:hangingChars="222" w:hanging="488"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D23B92">
+              <w:rPr>
+                <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00BB608C" w:rsidRPr="00D23B92">
+              <w:rPr>
+                <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
+                <w:color w:val="00B0F0"/>
+                <w:sz w:val="22"/>
+                <w:shd w:val="pct15" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>鄰3單字內</w:t>
+            </w:r>
+            <w:r w:rsidR="00BB608C" w:rsidRPr="00D23B92">
+              <w:rPr>
+                <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="600B66A3" w14:textId="67915312" w:rsidR="00BB608C" w:rsidRPr="00D23B92" w:rsidRDefault="00BB608C" w:rsidP="00CA198A">
+            <w:pPr>
+              <w:pStyle w:val="a4"/>
+              <w:spacing w:before="36" w:after="36" w:line="280" w:lineRule="exact"/>
+              <w:ind w:leftChars="0" w:left="268" w:hangingChars="122" w:hanging="268"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D23B92">
+              <w:rPr>
+                <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>(</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D23B92">
+              <w:rPr>
+                <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>diabet*</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="306D6ADC" w14:textId="77777777" w:rsidR="00BB608C" w:rsidRPr="00D23B92" w:rsidRDefault="00BB608C" w:rsidP="00CA198A">
+            <w:pPr>
+              <w:pStyle w:val="a4"/>
+              <w:spacing w:before="36" w:after="36" w:line="280" w:lineRule="exact"/>
+              <w:ind w:leftChars="0" w:left="268" w:hangingChars="122" w:hanging="268"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D23B92">
+              <w:rPr>
+                <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>T2DM</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="44CA96E0" w14:textId="08C3C333" w:rsidR="00BB608C" w:rsidRPr="00D23B92" w:rsidRDefault="00BB608C" w:rsidP="00CA198A">
+            <w:pPr>
+              <w:pStyle w:val="a4"/>
+              <w:spacing w:before="36" w:after="36" w:line="280" w:lineRule="exact"/>
+              <w:ind w:leftChars="0" w:left="268" w:hangingChars="122" w:hanging="268"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D23B92">
+              <w:rPr>
+                <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>NIDDM))</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3686" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="350BFFE1" w14:textId="77777777" w:rsidR="00BB608C" w:rsidRDefault="00BB608C" w:rsidP="00CA198A">
+            <w:pPr>
+              <w:pStyle w:val="a4"/>
+              <w:spacing w:before="36" w:after="36" w:line="280" w:lineRule="exact"/>
+              <w:ind w:leftChars="0" w:left="245" w:hanging="240"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi"/>
+                <w:bCs/>
+                <w:color w:val="FF6600"/>
+                <w:kern w:val="24"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="40"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E65CE4">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi"/>
+                <w:bCs/>
+                <w:color w:val="FF6600"/>
+                <w:kern w:val="24"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="40"/>
+              </w:rPr>
+              <w:t>maternal diabetes mellitus</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="28643182" w14:textId="77777777" w:rsidR="00BB608C" w:rsidRPr="0046705A" w:rsidRDefault="00BB608C" w:rsidP="00CA198A">
+            <w:pPr>
+              <w:pStyle w:val="a4"/>
+              <w:spacing w:beforeLines="10" w:before="36" w:afterLines="10" w:after="36" w:line="240" w:lineRule="exact"/>
+              <w:ind w:leftChars="116" w:left="278"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
+                <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0046705A">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
+                <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>gestational diabetes</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="26CC08BE" w14:textId="77777777" w:rsidR="00BB608C" w:rsidRPr="0046705A" w:rsidRDefault="00BB608C" w:rsidP="00CA198A">
+            <w:pPr>
+              <w:pStyle w:val="a4"/>
+              <w:spacing w:beforeLines="10" w:before="36" w:afterLines="10" w:after="36" w:line="240" w:lineRule="exact"/>
+              <w:ind w:leftChars="116" w:left="278"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
+                <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0046705A">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
+                <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>pregnancy in diabetics</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7C78238E" w14:textId="7A20F8B8" w:rsidR="00BB608C" w:rsidRPr="0046705A" w:rsidRDefault="00BB608C" w:rsidP="00CA198A">
+            <w:pPr>
+              <w:pStyle w:val="a4"/>
+              <w:spacing w:beforeLines="10" w:before="36" w:afterLines="10" w:after="36" w:line="240" w:lineRule="exact"/>
+              <w:ind w:leftChars="116" w:left="278"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
+                <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0046705A">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:hint="eastAsia"/>
+                <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>灰字狹義詞自動納入檢索</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="27F90A2E" w14:textId="77777777" w:rsidR="00BB608C" w:rsidRPr="00E65CE4" w:rsidRDefault="00BB608C" w:rsidP="00CA198A">
+            <w:pPr>
+              <w:pStyle w:val="a4"/>
+              <w:spacing w:before="36" w:after="36" w:line="280" w:lineRule="exact"/>
+              <w:ind w:leftChars="0" w:left="245" w:hanging="240"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi"/>
+                <w:bCs/>
+                <w:color w:val="FF6600"/>
+                <w:kern w:val="24"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="40"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="1808497A" w14:textId="77777777" w:rsidR="00BB608C" w:rsidRDefault="00BB608C" w:rsidP="00CA198A">
+            <w:pPr>
+              <w:pStyle w:val="a4"/>
+              <w:spacing w:before="36" w:after="36" w:line="280" w:lineRule="exact"/>
+              <w:ind w:leftChars="0" w:left="245" w:hanging="240"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi"/>
+                <w:bCs/>
+                <w:color w:val="C0504D" w:themeColor="accent2"/>
+                <w:kern w:val="24"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="40"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BA2AAC">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi"/>
+                <w:bCs/>
+                <w:color w:val="C0504D" w:themeColor="accent2"/>
+                <w:kern w:val="24"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="40"/>
+              </w:rPr>
+              <w:t>Diabetes, Gestational</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5F031AC2" w14:textId="10F77ABB" w:rsidR="00BB608C" w:rsidRPr="009C4364" w:rsidRDefault="00BB608C" w:rsidP="00CA198A">
+            <w:pPr>
+              <w:pStyle w:val="a4"/>
+              <w:spacing w:before="36" w:after="36" w:line="280" w:lineRule="exact"/>
+              <w:ind w:leftChars="0" w:left="245" w:hanging="240"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E65CE4">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi"/>
+                <w:bCs/>
+                <w:color w:val="C0504D" w:themeColor="accent2"/>
+                <w:kern w:val="24"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="40"/>
+              </w:rPr>
+              <w:t>Pregnancy in Diabetics</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E53E5D" w:rsidRPr="005D46CB" w14:paraId="28C119A4" w14:textId="77777777" w:rsidTr="00BD38BA">
+        <w:trPr>
+          <w:trHeight w:val="516"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="880" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0021CB61" w14:textId="77777777" w:rsidR="00E53E5D" w:rsidRPr="005D46CB" w:rsidRDefault="00E53E5D" w:rsidP="00E53E5D">
+            <w:pPr>
+              <w:pStyle w:val="a4"/>
+              <w:spacing w:line="280" w:lineRule="exact"/>
+              <w:ind w:leftChars="0" w:left="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005D46CB">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>I</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2409" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2B840921" w14:textId="180F7396" w:rsidR="00E53E5D" w:rsidRPr="006A5067" w:rsidRDefault="001F4CD6" w:rsidP="00E53E5D">
+            <w:pPr>
+              <w:pStyle w:val="a4"/>
+              <w:spacing w:before="36" w:after="36" w:line="280" w:lineRule="exact"/>
+              <w:ind w:leftChars="0" w:left="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體"/>
+                <w:color w:val="262626" w:themeColor="text1" w:themeTint="D9"/>
+                <w:kern w:val="24"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
+                <w:color w:val="262626" w:themeColor="text1" w:themeTint="D9"/>
+                <w:kern w:val="24"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+              <w:t>身體活動</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2977" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="26F30B60" w14:textId="1EC2ECAA" w:rsidR="00E53E5D" w:rsidRPr="00681BA3" w:rsidRDefault="00E53E5D" w:rsidP="00681BA3">
+            <w:pPr>
+              <w:pStyle w:val="a4"/>
+              <w:spacing w:before="36" w:after="36" w:line="280" w:lineRule="exact"/>
+              <w:ind w:leftChars="0" w:left="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi"/>
+                <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3402" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="035EF602" w14:textId="5F203CEB" w:rsidR="00E53E5D" w:rsidRPr="00D23B92" w:rsidRDefault="00E53E5D" w:rsidP="00E53E5D">
+            <w:pPr>
+              <w:spacing w:before="36" w:after="36" w:line="280" w:lineRule="exact"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3686" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6D10635F" w14:textId="792D6FA0" w:rsidR="00E53E5D" w:rsidRPr="00C44BE3" w:rsidRDefault="00E53E5D" w:rsidP="00E53E5D">
+            <w:pPr>
+              <w:pStyle w:val="Web"/>
+              <w:spacing w:before="10" w:beforeAutospacing="0" w:after="10" w:afterAutospacing="0" w:line="280" w:lineRule="exact"/>
+              <w:ind w:left="576" w:hanging="576"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cs="Times New Roman"/>
+                <w:color w:val="C0504D" w:themeColor="accent2"/>
+                <w:kern w:val="24"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="40"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E53E5D" w:rsidRPr="005D46CB" w14:paraId="33331D5A" w14:textId="77777777" w:rsidTr="00BD38BA">
+        <w:trPr>
+          <w:trHeight w:val="438"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="880" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1301723C" w14:textId="77777777" w:rsidR="00E53E5D" w:rsidRPr="005D46CB" w:rsidRDefault="00E53E5D" w:rsidP="00E53E5D">
+            <w:pPr>
+              <w:pStyle w:val="a4"/>
+              <w:spacing w:line="280" w:lineRule="exact"/>
+              <w:ind w:leftChars="0" w:left="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:hint="eastAsia"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>C</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2409" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3988307A" w14:textId="1BA4779C" w:rsidR="00E53E5D" w:rsidRPr="006A5067" w:rsidRDefault="00681BA3" w:rsidP="00E53E5D">
+            <w:pPr>
+              <w:pStyle w:val="a4"/>
+              <w:spacing w:before="36" w:after="36" w:line="280" w:lineRule="exact"/>
+              <w:ind w:leftChars="0" w:left="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000C5BAD">
+              <w:rPr>
+                <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
+                <w:color w:val="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+                <w:kern w:val="24"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+              <w:t>(</w:t>
+            </w:r>
+            <w:r w:rsidR="001F4CD6">
+              <w:rPr>
+                <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
+                <w:color w:val="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+                <w:kern w:val="24"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+              <w:t>若</w:t>
+            </w:r>
+            <w:r w:rsidRPr="000C5BAD">
+              <w:rPr>
+                <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
+                <w:color w:val="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+                <w:kern w:val="24"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+              <w:t>常規不需檢索)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2977" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="35750959" w14:textId="36975420" w:rsidR="00E53E5D" w:rsidRPr="007D27C4" w:rsidRDefault="003D14BF" w:rsidP="00E53E5D">
+            <w:pPr>
+              <w:pStyle w:val="a4"/>
+              <w:spacing w:before="36" w:after="36" w:line="280" w:lineRule="exact"/>
+              <w:ind w:leftChars="0" w:left="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi"/>
+                <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:hint="eastAsia"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3402" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="38B89981" w14:textId="7EC5749B" w:rsidR="00E53E5D" w:rsidRPr="007D27C4" w:rsidRDefault="00E53E5D" w:rsidP="00E53E5D">
+            <w:pPr>
+              <w:pStyle w:val="a4"/>
+              <w:spacing w:before="36" w:after="36" w:line="280" w:lineRule="exact"/>
+              <w:ind w:leftChars="0" w:left="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi"/>
+                <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:hint="eastAsia"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3686" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1CE5B3E5" w14:textId="7817513F" w:rsidR="00E53E5D" w:rsidRPr="007D27C4" w:rsidRDefault="00E53E5D" w:rsidP="00E53E5D">
+            <w:pPr>
+              <w:spacing w:before="36" w:after="36" w:line="280" w:lineRule="exact"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi"/>
+                <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:hint="eastAsia"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E53E5D" w:rsidRPr="005D46CB" w14:paraId="5C8BC418" w14:textId="77777777" w:rsidTr="00BD38BA">
+        <w:trPr>
+          <w:trHeight w:val="529"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="880" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4AF9D246" w14:textId="77777777" w:rsidR="00E53E5D" w:rsidRPr="005D46CB" w:rsidRDefault="00E53E5D" w:rsidP="00E53E5D">
+            <w:pPr>
+              <w:pStyle w:val="a4"/>
+              <w:spacing w:line="280" w:lineRule="exact"/>
+              <w:ind w:leftChars="0" w:left="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:hint="eastAsia"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>O</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2409" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6D049354" w14:textId="3F0335A2" w:rsidR="00E53E5D" w:rsidRPr="006A5067" w:rsidRDefault="001F4CD6" w:rsidP="00E53E5D">
+            <w:pPr>
+              <w:pStyle w:val="a4"/>
+              <w:spacing w:before="36" w:after="36" w:line="280" w:lineRule="exact"/>
+              <w:ind w:leftChars="0" w:left="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體"/>
+                <w:color w:val="262626" w:themeColor="text1" w:themeTint="D9"/>
+                <w:kern w:val="24"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
+                <w:color w:val="262626" w:themeColor="text1" w:themeTint="D9"/>
+                <w:kern w:val="24"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+              <w:t>血糖</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2977" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6AD611F8" w14:textId="5EB7B1C5" w:rsidR="00E53E5D" w:rsidRPr="00681BA3" w:rsidRDefault="00E53E5D" w:rsidP="00740690">
+            <w:pPr>
+              <w:pStyle w:val="a4"/>
+              <w:spacing w:before="36" w:after="36" w:line="280" w:lineRule="exact"/>
+              <w:ind w:leftChars="0" w:left="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi"/>
+                <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3402" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2EA9C1D8" w14:textId="72CDDD82" w:rsidR="00E53E5D" w:rsidRPr="009C4364" w:rsidRDefault="00E53E5D" w:rsidP="00E53E5D">
+            <w:pPr>
+              <w:pStyle w:val="a4"/>
+              <w:spacing w:before="36" w:after="36" w:line="280" w:lineRule="exact"/>
+              <w:ind w:leftChars="0" w:left="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3686" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7C0B676D" w14:textId="69D66881" w:rsidR="00E53E5D" w:rsidRPr="009C4364" w:rsidRDefault="00E53E5D" w:rsidP="00E53E5D">
+            <w:pPr>
+              <w:pStyle w:val="a4"/>
+              <w:spacing w:beforeLines="10" w:before="36" w:afterLines="10" w:after="36" w:line="240" w:lineRule="exact"/>
+              <w:ind w:leftChars="0" w:left="0"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi"/>
+                <w:color w:val="E36C0A" w:themeColor="accent6" w:themeShade="BF"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
     <w:p w14:paraId="1CEF91A7" w14:textId="5F058352" w:rsidR="00182749" w:rsidRDefault="00182749" w:rsidP="00182749">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="718BC9E9" w14:textId="77777777" w:rsidR="00BB608C" w:rsidRPr="00182749" w:rsidRDefault="00BB608C" w:rsidP="00182749">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:sectPr w:rsidR="00BB608C" w:rsidRPr="00182749" w:rsidSect="00BB608C">
-          <w:headerReference w:type="default" r:id="rId9"/>
+        <w:sectPr w:rsidR="00BB608C" w:rsidRPr="00182749" w:rsidSect="005D20C4">
           <w:footerReference w:type="default" r:id="rId10"/>
           <w:pgSz w:w="16838" w:h="11906" w:orient="landscape" w:code="9"/>
-          <w:pgMar w:top="964" w:right="964" w:bottom="964" w:left="964" w:header="851" w:footer="567" w:gutter="0"/>
+          <w:pgMar w:top="284" w:right="964" w:bottom="567" w:left="964" w:header="851" w:footer="170" w:gutter="0"/>
           <w:cols w:space="425"/>
           <w:docGrid w:type="lines" w:linePitch="360"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="68D8F6F9" w14:textId="77777777" w:rsidR="00CA198A" w:rsidRPr="005D46CB" w:rsidRDefault="00CA198A" w:rsidP="00CA198A">
+    <w:p w14:paraId="6428DF12" w14:textId="4EBDE3FF" w:rsidR="002C5F48" w:rsidRDefault="002C5F48" w:rsidP="00F45B4F">
       <w:pPr>
-        <w:pStyle w:val="a4"/>
+        <w:pStyle w:val="1"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="1"/>
+          <w:numId w:val="25"/>
         </w:numPr>
-        <w:ind w:leftChars="0" w:left="284" w:hanging="284"/>
+        <w:spacing w:before="0" w:after="0"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
-          <w:b/>
+          <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體"/>
+          <w:sz w:val="20"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="005D46CB">
+      <w:r w:rsidRPr="008E4171">
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
-          <w:b/>
+          <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體"/>
+          <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>搜尋資料庫</w:t>
+        <w:t>搜尋策略</w:t>
       </w:r>
-      <w:r w:rsidRPr="005D46CB">
+      <w:r w:rsidR="00017D5C" w:rsidRPr="008E4171">
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
-          <w:b/>
+          <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
+          <w:sz w:val="20"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Searched Databases</w:t>
+        <w:t>（投稿時附上此項為Appendix）</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblW w:w="9896" w:type="dxa"/>
-[...2519 lines deleted...]
-        <w:tblW w:w="9876" w:type="dxa"/>
+        <w:tblW w:w="9960" w:type="dxa"/>
         <w:tblInd w:w="108" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="00A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="1567"/>
+        <w:gridCol w:w="1651"/>
         <w:gridCol w:w="342"/>
         <w:gridCol w:w="6549"/>
         <w:gridCol w:w="1418"/>
       </w:tblGrid>
-      <w:tr w:rsidR="002C5F48" w:rsidRPr="005D46CB" w14:paraId="3D64552B" w14:textId="77777777" w:rsidTr="001F48A8">
-[...2 lines deleted...]
-            <w:tcW w:w="1567" w:type="dxa"/>
+      <w:tr w:rsidR="001F4CD6" w:rsidRPr="005D46CB" w14:paraId="29F44591" w14:textId="77777777" w:rsidTr="00DF536E">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1651" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
           </w:tcPr>
-          <w:p w14:paraId="0F02ACAE" w14:textId="723D9ECB" w:rsidR="002C5F48" w:rsidRPr="005D46CB" w:rsidRDefault="002C5F48" w:rsidP="0027609A">
+          <w:p w14:paraId="2D3A283F" w14:textId="77777777" w:rsidR="001F4CD6" w:rsidRPr="005D46CB" w:rsidRDefault="001F4CD6" w:rsidP="00DF536E">
             <w:pPr>
               <w:pStyle w:val="a4"/>
               <w:spacing w:beforeLines="20" w:before="72" w:afterLines="20" w:after="72" w:line="200" w:lineRule="exact"/>
               <w:ind w:leftChars="0" w:left="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005D46CB">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>資料庫</w:t>
             </w:r>
             <w:r w:rsidRPr="005D46CB">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidR="0027609A">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:br/>
             </w:r>
             <w:r w:rsidRPr="005D46CB">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Database</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="342" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
           </w:tcPr>
-          <w:p w14:paraId="74A73B57" w14:textId="77777777" w:rsidR="002C5F48" w:rsidRPr="005D46CB" w:rsidRDefault="002C5F48" w:rsidP="0027609A">
+          <w:p w14:paraId="2B26CB76" w14:textId="77777777" w:rsidR="001F4CD6" w:rsidRPr="005D46CB" w:rsidRDefault="001F4CD6" w:rsidP="00DF536E">
             <w:pPr>
               <w:pStyle w:val="a4"/>
               <w:spacing w:beforeLines="20" w:before="72" w:afterLines="20" w:after="72" w:line="200" w:lineRule="exact"/>
               <w:ind w:leftChars="0" w:left="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005D46CB">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>#</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6549" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
           </w:tcPr>
-          <w:p w14:paraId="4E9C7848" w14:textId="77777777" w:rsidR="002C5F48" w:rsidRPr="005D46CB" w:rsidRDefault="002C5F48" w:rsidP="0027609A">
+          <w:p w14:paraId="0A5827CA" w14:textId="77777777" w:rsidR="001F4CD6" w:rsidRPr="005D46CB" w:rsidRDefault="001F4CD6" w:rsidP="00DF536E">
             <w:pPr>
               <w:pStyle w:val="a4"/>
               <w:spacing w:beforeLines="20" w:before="72" w:afterLines="20" w:after="72" w:line="200" w:lineRule="exact"/>
               <w:ind w:leftChars="0" w:left="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005D46CB">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>搜尋語法</w:t>
             </w:r>
-            <w:r w:rsidR="002D6783" w:rsidRPr="005D46CB">
+            <w:r w:rsidRPr="005D46CB">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:br/>
             </w:r>
             <w:r w:rsidRPr="005D46CB">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Search syntax</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1418" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
           </w:tcPr>
-          <w:p w14:paraId="63BF4FC6" w14:textId="77777777" w:rsidR="002C5F48" w:rsidRPr="005D46CB" w:rsidRDefault="002C5F48" w:rsidP="0027609A">
+          <w:p w14:paraId="72FB3384" w14:textId="77777777" w:rsidR="001F4CD6" w:rsidRPr="005D46CB" w:rsidRDefault="001F4CD6" w:rsidP="00DF536E">
             <w:pPr>
               <w:pStyle w:val="a4"/>
               <w:spacing w:beforeLines="20" w:before="72" w:afterLines="20" w:after="72" w:line="200" w:lineRule="exact"/>
               <w:ind w:leftChars="0" w:left="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005D46CB">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>結果筆數</w:t>
             </w:r>
             <w:r w:rsidRPr="005D46CB">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Citations found</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0060559C" w:rsidRPr="005D46CB" w14:paraId="220E856B" w14:textId="77777777" w:rsidTr="0027609A">
+      <w:tr w:rsidR="001F4CD6" w:rsidRPr="005D46CB" w14:paraId="02CD724B" w14:textId="77777777" w:rsidTr="00DF536E">
         <w:trPr>
           <w:trHeight w:val="69"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1567" w:type="dxa"/>
+            <w:tcW w:w="1651" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
-          <w:p w14:paraId="7B0486BA" w14:textId="77777777" w:rsidR="0060559C" w:rsidRPr="005D46CB" w:rsidRDefault="0060559C" w:rsidP="0060559C">
+          <w:p w14:paraId="1B1D93D6" w14:textId="77777777" w:rsidR="001F4CD6" w:rsidRPr="005D46CB" w:rsidRDefault="001F4CD6" w:rsidP="00DF536E">
             <w:pPr>
               <w:pStyle w:val="a4"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="9"/>
               </w:numPr>
               <w:spacing w:beforeLines="10" w:before="36" w:afterLines="10" w:after="36"/>
               <w:ind w:leftChars="0" w:left="207" w:hanging="207"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="77B17FFC" w14:textId="607EFA19" w:rsidR="0060559C" w:rsidRPr="005D46CB" w:rsidRDefault="0060559C" w:rsidP="0060559C">
+          <w:p w14:paraId="58BD2925" w14:textId="77777777" w:rsidR="001F4CD6" w:rsidRPr="005D46CB" w:rsidRDefault="001F4CD6" w:rsidP="00DF536E">
             <w:pPr>
               <w:spacing w:beforeLines="10" w:before="36" w:afterLines="10" w:after="36"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:hint="eastAsia"/>
                 <w:b/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>Embase.c</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>om (Elsevier)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="342" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6F87CE78" w14:textId="77777777" w:rsidR="0060559C" w:rsidRPr="005D46CB" w:rsidRDefault="0060559C" w:rsidP="0060559C">
+          <w:p w14:paraId="6BE05751" w14:textId="77777777" w:rsidR="001F4CD6" w:rsidRPr="005D46CB" w:rsidRDefault="001F4CD6" w:rsidP="00DF536E">
             <w:pPr>
               <w:pStyle w:val="a4"/>
               <w:spacing w:beforeLines="10" w:before="36" w:afterLines="10" w:after="36"/>
               <w:ind w:leftChars="0" w:left="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005D46CB">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6549" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="557DC1F1" w14:textId="77777777" w:rsidR="0027609A" w:rsidRDefault="0060559C" w:rsidP="00827DD0">
+          <w:p w14:paraId="1882A754" w14:textId="77777777" w:rsidR="001F4CD6" w:rsidRPr="00ED67DB" w:rsidRDefault="001F4CD6" w:rsidP="00DF536E">
             <w:pPr>
               <w:spacing w:beforeLines="20" w:before="72" w:afterLines="20" w:after="72" w:line="300" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
+                <w:color w:val="C00000"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006A1AE8">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
                 <w:color w:val="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-            </w:pPr>
-[...5 lines deleted...]
-              </w:rPr>
               <w:t>P</w:t>
             </w:r>
-            <w:r w:rsidR="00827DD0">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:hint="eastAsia"/>
                 <w:color w:val="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>自由詞彙</w:t>
             </w:r>
-          </w:p>
-[...8 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
+                <w:color w:val="FF0000"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
             <w:r w:rsidRPr="00E06130">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
                 <w:color w:val="00B050"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>(</w:t>
             </w:r>
             <w:r w:rsidRPr="00ED67DB">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">GDM OR </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>(</w:t>
             </w:r>
             <w:r w:rsidRPr="00ED67DB">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve">(gestation* OR </w:t>
-[...1 lines deleted...]
-            <w:proofErr w:type="spellStart"/>
+              <w:t xml:space="preserve">(gestation* OR pregnan*) </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E06130">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
+                <w:color w:val="00B0F0"/>
+                <w:sz w:val="22"/>
+                <w:shd w:val="pct15" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>NEAR/4</w:t>
+            </w:r>
             <w:r w:rsidRPr="00ED67DB">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>pregnan</w:t>
-[...43 lines deleted...]
-              <w:t>* OR T2DM OR NIDDM</w:t>
+              <w:t xml:space="preserve"> (diabet* OR T2DM OR NIDDM</w:t>
             </w:r>
             <w:r w:rsidRPr="00ED67DB">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
             <w:r w:rsidRPr="00E06130">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
                 <w:color w:val="00B050"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
             <w:r w:rsidRPr="00E06130">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:hint="eastAsia"/>
                 <w:color w:val="00B050"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>:</w:t>
-[...10 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:t>:ti,ab,kw</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1418" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="150954FF" w14:textId="316761C8" w:rsidR="0060559C" w:rsidRPr="00182749" w:rsidRDefault="0060559C" w:rsidP="0060559C">
+          <w:p w14:paraId="675A0061" w14:textId="77777777" w:rsidR="001F4CD6" w:rsidRPr="00182749" w:rsidRDefault="001F4CD6" w:rsidP="00DF536E">
             <w:pPr>
               <w:pStyle w:val="a4"/>
               <w:spacing w:beforeLines="20" w:before="72" w:afterLines="20" w:after="72" w:line="200" w:lineRule="exact"/>
               <w:ind w:leftChars="0" w:left="0"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
                 <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00182749">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:hint="eastAsia"/>
                 <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t>[</w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00182749">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
                 <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t>Ctrl+H</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00182749">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:hint="eastAsia"/>
                 <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve">] </w:t>
             </w:r>
             <w:r w:rsidRPr="00182749">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
                 <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:br/>
             </w:r>
             <w:r w:rsidRPr="00182749">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:hint="eastAsia"/>
                 <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t>尋找目標</w:t>
             </w:r>
             <w:r w:rsidRPr="00182749">
@@ -10588,219 +10334,201 @@
               <w:t>OR</w:t>
             </w:r>
             <w:r w:rsidRPr="00182749">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:hint="eastAsia"/>
                 <w:b/>
                 <w:i/>
                 <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t>前後空格須包含</w:t>
             </w:r>
             <w:r w:rsidRPr="00182749">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:hint="eastAsia"/>
                 <w:b/>
                 <w:i/>
                 <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0060559C" w:rsidRPr="005D46CB" w14:paraId="268679C2" w14:textId="77777777" w:rsidTr="0027609A">
-[...2 lines deleted...]
-            <w:tcW w:w="1567" w:type="dxa"/>
+      <w:tr w:rsidR="001F4CD6" w:rsidRPr="005D46CB" w14:paraId="5D6928B4" w14:textId="77777777" w:rsidTr="00DF536E">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1651" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="222117FD" w14:textId="77777777" w:rsidR="0060559C" w:rsidRPr="005D46CB" w:rsidRDefault="0060559C" w:rsidP="0060559C">
+          <w:p w14:paraId="1EA64DB0" w14:textId="77777777" w:rsidR="001F4CD6" w:rsidRPr="005D46CB" w:rsidRDefault="001F4CD6" w:rsidP="00DF536E">
             <w:pPr>
               <w:pStyle w:val="a4"/>
               <w:spacing w:beforeLines="10" w:before="36" w:afterLines="10" w:after="36"/>
               <w:ind w:leftChars="0" w:left="207" w:hanging="207"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="342" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6AA20EA3" w14:textId="77777777" w:rsidR="0060559C" w:rsidRPr="005D46CB" w:rsidRDefault="0060559C" w:rsidP="0060559C">
+          <w:p w14:paraId="6CFF1362" w14:textId="77777777" w:rsidR="001F4CD6" w:rsidRPr="005D46CB" w:rsidRDefault="001F4CD6" w:rsidP="00DF536E">
             <w:pPr>
               <w:pStyle w:val="a4"/>
               <w:spacing w:beforeLines="10" w:before="36" w:afterLines="10" w:after="36"/>
               <w:ind w:leftChars="0" w:left="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005D46CB">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6549" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5ECDD48E" w14:textId="77777777" w:rsidR="0027609A" w:rsidRDefault="0060559C" w:rsidP="00E30BDF">
+          <w:p w14:paraId="10977B29" w14:textId="77777777" w:rsidR="001F4CD6" w:rsidRPr="00E30BDF" w:rsidRDefault="001F4CD6" w:rsidP="00DF536E">
             <w:pPr>
               <w:pStyle w:val="a4"/>
               <w:spacing w:beforeLines="20" w:before="72" w:afterLines="20" w:after="72" w:line="300" w:lineRule="exact"/>
               <w:ind w:leftChars="0" w:left="2"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
-                <w:color w:val="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+                <w:color w:val="FF0000"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006A1AE8">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:hint="eastAsia"/>
                 <w:color w:val="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>P</w:t>
             </w:r>
             <w:r w:rsidRPr="006A1AE8">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:hint="eastAsia"/>
                 <w:color w:val="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>控制詞彙</w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="006A1AE8">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:hint="eastAsia"/>
                 <w:color w:val="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>Emtree</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
-[...5 lines deleted...]
-              <w:ind w:leftChars="0" w:left="2"/>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
                 <w:color w:val="FF0000"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-            </w:pPr>
+              <w:br/>
+            </w:r>
             <w:r w:rsidRPr="00E30BDF">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
                 <w:color w:val="FF5050"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>"</w:t>
             </w:r>
             <w:r w:rsidRPr="00E65CE4">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>maternal diabetes mellitus</w:t>
             </w:r>
             <w:r w:rsidRPr="00E30BDF">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
                 <w:color w:val="FF5050"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>"/</w:t>
-[...10 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:t>"/exp</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1418" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="53EF8321" w14:textId="6C66CC37" w:rsidR="0060559C" w:rsidRPr="00182749" w:rsidRDefault="0060559C" w:rsidP="0060559C">
+          <w:p w14:paraId="1E5C7E62" w14:textId="77777777" w:rsidR="001F4CD6" w:rsidRPr="00182749" w:rsidRDefault="001F4CD6" w:rsidP="00DF536E">
             <w:pPr>
               <w:pStyle w:val="a4"/>
               <w:spacing w:beforeLines="20" w:before="72" w:afterLines="20" w:after="72" w:line="200" w:lineRule="exact"/>
               <w:ind w:leftChars="0" w:left="0"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
                 <w:b/>
                 <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00182749">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:hint="eastAsia"/>
                 <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t>[</w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00182749">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
                 <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t>Ctrl+H</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00182749">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:hint="eastAsia"/>
                 <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve">] </w:t>
             </w:r>
             <w:r w:rsidRPr="00182749">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
                 <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:br/>
             </w:r>
             <w:r w:rsidRPr="00182749">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:hint="eastAsia"/>
                 <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t>尋找目標</w:t>
             </w:r>
             <w:r w:rsidRPr="00182749">
@@ -10811,976 +10539,825 @@
               </w:rPr>
               <w:t>^p</w:t>
             </w:r>
             <w:r w:rsidRPr="00182749">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
                 <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:br/>
             </w:r>
             <w:r w:rsidRPr="00182749">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:hint="eastAsia"/>
                 <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t>取代為</w:t>
             </w:r>
             <w:r w:rsidRPr="00182749">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:hint="eastAsia"/>
                 <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
                 <w:sz w:val="16"/>
               </w:rPr>
-              <w:t>"/</w:t>
-[...17 lines deleted...]
-              <w:t xml:space="preserve"> OR "</w:t>
+              <w:t>"/exp OR "</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E01B7C" w:rsidRPr="005D46CB" w14:paraId="42AD1CA4" w14:textId="77777777" w:rsidTr="0027609A">
+      <w:tr w:rsidR="001F4CD6" w:rsidRPr="005D46CB" w14:paraId="1C748A6E" w14:textId="77777777" w:rsidTr="00DF536E">
         <w:trPr>
           <w:trHeight w:val="479"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1567" w:type="dxa"/>
+            <w:tcW w:w="1651" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="0FF9C91E" w14:textId="77777777" w:rsidR="00E01B7C" w:rsidRPr="005D46CB" w:rsidRDefault="00E01B7C" w:rsidP="00E01B7C">
+          <w:p w14:paraId="264B5696" w14:textId="77777777" w:rsidR="001F4CD6" w:rsidRPr="005D46CB" w:rsidRDefault="001F4CD6" w:rsidP="00DF536E">
             <w:pPr>
               <w:pStyle w:val="a4"/>
               <w:spacing w:beforeLines="10" w:before="36" w:afterLines="10" w:after="36"/>
               <w:ind w:leftChars="0" w:left="207" w:hanging="207"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="342" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7CA53BDE" w14:textId="77777777" w:rsidR="00E01B7C" w:rsidRPr="005D46CB" w:rsidRDefault="00E01B7C" w:rsidP="00E01B7C">
+          <w:p w14:paraId="33458020" w14:textId="77777777" w:rsidR="001F4CD6" w:rsidRPr="005D46CB" w:rsidRDefault="001F4CD6" w:rsidP="00DF536E">
             <w:pPr>
               <w:pStyle w:val="a4"/>
               <w:spacing w:beforeLines="10" w:before="36" w:afterLines="10" w:after="36"/>
               <w:ind w:leftChars="0" w:left="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005D46CB">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6549" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="045E5263" w14:textId="11513650" w:rsidR="0027609A" w:rsidRDefault="0027609A" w:rsidP="0027609A">
-[...25 lines deleted...]
-          <w:p w14:paraId="69F6A7C9" w14:textId="574C6E10" w:rsidR="00E01B7C" w:rsidRPr="00E06130" w:rsidRDefault="00E01B7C" w:rsidP="00834035">
+          <w:p w14:paraId="0C5117FB" w14:textId="77777777" w:rsidR="001F4CD6" w:rsidRDefault="001F4CD6" w:rsidP="00DF536E">
             <w:pPr>
               <w:pStyle w:val="a4"/>
               <w:spacing w:beforeLines="20" w:before="72" w:afterLines="20" w:after="72" w:line="300" w:lineRule="exact"/>
               <w:ind w:leftChars="0" w:left="2"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
-          </w:p>
-[...6 lines deleted...]
-          <w:p w14:paraId="368FB8B1" w14:textId="77777777" w:rsidR="00E01B7C" w:rsidRPr="005D46CB" w:rsidRDefault="00E01B7C" w:rsidP="00E01B7C">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:hint="eastAsia"/>
+                <w:color w:val="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>I</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:hint="eastAsia"/>
+                <w:color w:val="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>自由詞彙</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1E11AF2F" w14:textId="77777777" w:rsidR="001F4CD6" w:rsidRPr="00E06130" w:rsidRDefault="001F4CD6" w:rsidP="00DF536E">
             <w:pPr>
               <w:pStyle w:val="a4"/>
               <w:spacing w:beforeLines="20" w:before="72" w:afterLines="20" w:after="72" w:line="300" w:lineRule="exact"/>
               <w:ind w:leftChars="0" w:left="2"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1418" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="277A5DFD" w14:textId="77777777" w:rsidR="001F4CD6" w:rsidRPr="005D46CB" w:rsidRDefault="001F4CD6" w:rsidP="00DF536E">
+            <w:pPr>
+              <w:pStyle w:val="a4"/>
+              <w:spacing w:beforeLines="20" w:before="72" w:afterLines="20" w:after="72" w:line="300" w:lineRule="exact"/>
+              <w:ind w:leftChars="0" w:left="2"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E01B7C" w:rsidRPr="005D46CB" w14:paraId="4ED173AB" w14:textId="77777777" w:rsidTr="0027609A">
-[...2 lines deleted...]
-            <w:tcW w:w="1567" w:type="dxa"/>
+      <w:tr w:rsidR="001F4CD6" w:rsidRPr="005D46CB" w14:paraId="5DCD8235" w14:textId="77777777" w:rsidTr="00DF536E">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1651" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="06309E37" w14:textId="77777777" w:rsidR="00E01B7C" w:rsidRPr="005D46CB" w:rsidRDefault="00E01B7C" w:rsidP="00E01B7C">
+          <w:p w14:paraId="3DEF576E" w14:textId="77777777" w:rsidR="001F4CD6" w:rsidRPr="005D46CB" w:rsidRDefault="001F4CD6" w:rsidP="00DF536E">
             <w:pPr>
               <w:pStyle w:val="a4"/>
               <w:spacing w:beforeLines="10" w:before="36" w:afterLines="10" w:after="36"/>
               <w:ind w:leftChars="0" w:left="207" w:hanging="207"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="342" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="12326745" w14:textId="77777777" w:rsidR="00E01B7C" w:rsidRPr="005D46CB" w:rsidRDefault="00E01B7C" w:rsidP="00E01B7C">
+          <w:p w14:paraId="21F9FD04" w14:textId="77777777" w:rsidR="001F4CD6" w:rsidRPr="005D46CB" w:rsidRDefault="001F4CD6" w:rsidP="00DF536E">
             <w:pPr>
               <w:pStyle w:val="a4"/>
               <w:spacing w:beforeLines="10" w:before="36" w:afterLines="10" w:after="36"/>
               <w:ind w:leftChars="0" w:left="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005D46CB">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6549" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="70A078BC" w14:textId="758FF928" w:rsidR="0027609A" w:rsidRDefault="0027609A" w:rsidP="0027609A">
+          <w:p w14:paraId="0E6C4511" w14:textId="77777777" w:rsidR="001F4CD6" w:rsidRDefault="001F4CD6" w:rsidP="00DF536E">
             <w:pPr>
               <w:pStyle w:val="a4"/>
               <w:spacing w:beforeLines="20" w:before="72" w:afterLines="20" w:after="72" w:line="300" w:lineRule="exact"/>
               <w:ind w:leftChars="0" w:left="2"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
-                <w:color w:val="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
-[...11 lines deleted...]
-            <w:r w:rsidRPr="006A1AE8">
+                <w:sz w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:hint="eastAsia"/>
                 <w:color w:val="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>控制詞彙</w:t>
-[...1 lines deleted...]
-            <w:proofErr w:type="spellStart"/>
+              <w:t>I</w:t>
+            </w:r>
             <w:r w:rsidRPr="006A1AE8">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:hint="eastAsia"/>
                 <w:color w:val="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
                 <w:sz w:val="22"/>
               </w:rPr>
+              <w:t>控制詞彙</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006A1AE8">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:hint="eastAsia"/>
+                <w:color w:val="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
               <w:t>Emtree</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="32B079E4" w14:textId="0BF7D1A3" w:rsidR="00E01B7C" w:rsidRPr="00E06130" w:rsidRDefault="00E01B7C" w:rsidP="00ED67DB">
+          </w:p>
+          <w:p w14:paraId="6AA26302" w14:textId="77777777" w:rsidR="001F4CD6" w:rsidRPr="00E06130" w:rsidRDefault="001F4CD6" w:rsidP="00DF536E">
             <w:pPr>
               <w:pStyle w:val="a4"/>
               <w:spacing w:beforeLines="20" w:before="72" w:afterLines="20" w:after="72" w:line="300" w:lineRule="exact"/>
               <w:ind w:leftChars="0" w:left="2"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1418" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3740DFAB" w14:textId="77777777" w:rsidR="00E01B7C" w:rsidRPr="005D46CB" w:rsidRDefault="00E01B7C" w:rsidP="00E01B7C">
+          <w:p w14:paraId="72BD28A7" w14:textId="77777777" w:rsidR="001F4CD6" w:rsidRPr="005D46CB" w:rsidRDefault="001F4CD6" w:rsidP="00DF536E">
             <w:pPr>
               <w:pStyle w:val="a4"/>
               <w:spacing w:beforeLines="20" w:before="72" w:afterLines="20" w:after="72" w:line="300" w:lineRule="exact"/>
               <w:ind w:leftChars="0" w:left="2"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0027609A" w:rsidRPr="005D46CB" w14:paraId="00BCEFD1" w14:textId="77777777" w:rsidTr="0027609A">
-[...2 lines deleted...]
-            <w:tcW w:w="1567" w:type="dxa"/>
+      <w:tr w:rsidR="001F4CD6" w:rsidRPr="005D46CB" w14:paraId="16EFD7BC" w14:textId="77777777" w:rsidTr="00DF536E">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1651" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="544F4B13" w14:textId="77777777" w:rsidR="0027609A" w:rsidRPr="005D46CB" w:rsidRDefault="0027609A" w:rsidP="0027609A">
+          <w:p w14:paraId="300908B1" w14:textId="77777777" w:rsidR="001F4CD6" w:rsidRPr="005D46CB" w:rsidRDefault="001F4CD6" w:rsidP="00DF536E">
             <w:pPr>
               <w:pStyle w:val="a4"/>
               <w:spacing w:beforeLines="10" w:before="36" w:afterLines="10" w:after="36"/>
               <w:ind w:leftChars="0" w:left="207" w:hanging="207"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="342" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="00FFFD96" w14:textId="77777777" w:rsidR="0027609A" w:rsidRPr="005D46CB" w:rsidRDefault="0027609A" w:rsidP="0027609A">
+          <w:p w14:paraId="659F352E" w14:textId="77777777" w:rsidR="001F4CD6" w:rsidRPr="005D46CB" w:rsidRDefault="001F4CD6" w:rsidP="00DF536E">
             <w:pPr>
               <w:pStyle w:val="a4"/>
               <w:spacing w:beforeLines="10" w:before="36" w:afterLines="10" w:after="36"/>
               <w:ind w:leftChars="0" w:left="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:hint="eastAsia"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6549" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="143194EC" w14:textId="554B7F34" w:rsidR="0027609A" w:rsidRDefault="0027609A" w:rsidP="0027609A">
-[...25 lines deleted...]
-          <w:p w14:paraId="77B00342" w14:textId="3D3223DF" w:rsidR="0027609A" w:rsidRPr="00E06130" w:rsidRDefault="0027609A" w:rsidP="0027609A">
+          <w:p w14:paraId="27C81F79" w14:textId="77777777" w:rsidR="001F4CD6" w:rsidRDefault="001F4CD6" w:rsidP="00DF536E">
             <w:pPr>
               <w:pStyle w:val="a4"/>
               <w:spacing w:beforeLines="20" w:before="72" w:afterLines="20" w:after="72" w:line="300" w:lineRule="exact"/>
               <w:ind w:leftChars="0" w:left="2"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
-          </w:p>
-[...6 lines deleted...]
-          <w:p w14:paraId="3679FBC8" w14:textId="77777777" w:rsidR="0027609A" w:rsidRPr="005D46CB" w:rsidRDefault="0027609A" w:rsidP="0027609A">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:hint="eastAsia"/>
+                <w:color w:val="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>O</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:hint="eastAsia"/>
+                <w:color w:val="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>自由詞彙</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="436C1ECD" w14:textId="77777777" w:rsidR="001F4CD6" w:rsidRPr="00E06130" w:rsidRDefault="001F4CD6" w:rsidP="00DF536E">
             <w:pPr>
               <w:pStyle w:val="a4"/>
               <w:spacing w:beforeLines="20" w:before="72" w:afterLines="20" w:after="72" w:line="300" w:lineRule="exact"/>
               <w:ind w:leftChars="0" w:left="2"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1418" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="25E68101" w14:textId="77777777" w:rsidR="001F4CD6" w:rsidRPr="005D46CB" w:rsidRDefault="001F4CD6" w:rsidP="00DF536E">
+            <w:pPr>
+              <w:pStyle w:val="a4"/>
+              <w:spacing w:beforeLines="20" w:before="72" w:afterLines="20" w:after="72" w:line="300" w:lineRule="exact"/>
+              <w:ind w:leftChars="0" w:left="2"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0027609A" w:rsidRPr="005D46CB" w14:paraId="469136EE" w14:textId="77777777" w:rsidTr="0027609A">
-[...2 lines deleted...]
-            <w:tcW w:w="1567" w:type="dxa"/>
+      <w:tr w:rsidR="001F4CD6" w:rsidRPr="005D46CB" w14:paraId="1018D6CB" w14:textId="77777777" w:rsidTr="00DF536E">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1651" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="6B48D554" w14:textId="77777777" w:rsidR="0027609A" w:rsidRPr="005D46CB" w:rsidRDefault="0027609A" w:rsidP="0027609A">
+          <w:p w14:paraId="0A340F02" w14:textId="77777777" w:rsidR="001F4CD6" w:rsidRPr="005D46CB" w:rsidRDefault="001F4CD6" w:rsidP="00DF536E">
             <w:pPr>
               <w:pStyle w:val="a4"/>
               <w:spacing w:beforeLines="10" w:before="36" w:afterLines="10" w:after="36"/>
               <w:ind w:leftChars="0" w:left="207" w:hanging="207"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="342" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="642CDE64" w14:textId="77777777" w:rsidR="0027609A" w:rsidRPr="005D46CB" w:rsidRDefault="0027609A" w:rsidP="0027609A">
+          <w:p w14:paraId="0A306CB0" w14:textId="77777777" w:rsidR="001F4CD6" w:rsidRPr="005D46CB" w:rsidRDefault="001F4CD6" w:rsidP="00DF536E">
             <w:pPr>
               <w:pStyle w:val="a4"/>
               <w:spacing w:beforeLines="10" w:before="36" w:afterLines="10" w:after="36"/>
               <w:ind w:leftChars="0" w:left="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6549" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4D2AE026" w14:textId="791B3651" w:rsidR="0027609A" w:rsidRDefault="0027609A" w:rsidP="0027609A">
+          <w:p w14:paraId="7EC64ECF" w14:textId="77777777" w:rsidR="001F4CD6" w:rsidRDefault="001F4CD6" w:rsidP="00DF536E">
             <w:pPr>
               <w:pStyle w:val="a4"/>
               <w:spacing w:beforeLines="20" w:before="72" w:afterLines="20" w:after="72" w:line="300" w:lineRule="exact"/>
               <w:ind w:leftChars="0" w:left="2"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
-                <w:color w:val="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
-[...11 lines deleted...]
-            <w:r w:rsidRPr="006A1AE8">
+                <w:sz w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:hint="eastAsia"/>
                 <w:color w:val="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>控制詞彙</w:t>
-[...1 lines deleted...]
-            <w:proofErr w:type="spellStart"/>
+              <w:t>O</w:t>
+            </w:r>
             <w:r w:rsidRPr="006A1AE8">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:hint="eastAsia"/>
                 <w:color w:val="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
                 <w:sz w:val="22"/>
               </w:rPr>
+              <w:t>控制詞彙</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006A1AE8">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:hint="eastAsia"/>
+                <w:color w:val="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
               <w:t>Emtree</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="285C96B2" w14:textId="4796EAB1" w:rsidR="0027609A" w:rsidRPr="00E06130" w:rsidRDefault="0027609A" w:rsidP="0027609A">
+          </w:p>
+          <w:p w14:paraId="18CA6838" w14:textId="77777777" w:rsidR="001F4CD6" w:rsidRPr="00E06130" w:rsidRDefault="001F4CD6" w:rsidP="00DF536E">
             <w:pPr>
               <w:pStyle w:val="a4"/>
               <w:spacing w:beforeLines="20" w:before="72" w:afterLines="20" w:after="72" w:line="300" w:lineRule="exact"/>
               <w:ind w:leftChars="0" w:left="2"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1418" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="030DE184" w14:textId="77777777" w:rsidR="0027609A" w:rsidRPr="005D46CB" w:rsidRDefault="0027609A" w:rsidP="0027609A">
+          <w:p w14:paraId="280CDA20" w14:textId="77777777" w:rsidR="001F4CD6" w:rsidRPr="005D46CB" w:rsidRDefault="001F4CD6" w:rsidP="00DF536E">
             <w:pPr>
               <w:pStyle w:val="a4"/>
               <w:spacing w:beforeLines="20" w:before="72" w:afterLines="20" w:after="72" w:line="300" w:lineRule="exact"/>
               <w:ind w:leftChars="0" w:left="2"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E01B7C" w:rsidRPr="005D46CB" w14:paraId="6C88EEF5" w14:textId="77777777" w:rsidTr="0027609A">
-[...2 lines deleted...]
-            <w:tcW w:w="1567" w:type="dxa"/>
+      <w:tr w:rsidR="001F4CD6" w:rsidRPr="005D46CB" w14:paraId="20E07804" w14:textId="77777777" w:rsidTr="00DF536E">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1651" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="4BF52839" w14:textId="77777777" w:rsidR="00E01B7C" w:rsidRPr="005D46CB" w:rsidRDefault="00E01B7C" w:rsidP="00E01B7C">
+          <w:p w14:paraId="23F4E311" w14:textId="77777777" w:rsidR="001F4CD6" w:rsidRPr="005D46CB" w:rsidRDefault="001F4CD6" w:rsidP="00DF536E">
             <w:pPr>
               <w:pStyle w:val="a4"/>
               <w:spacing w:beforeLines="10" w:before="36" w:afterLines="10" w:after="36"/>
               <w:ind w:leftChars="0" w:left="207" w:hanging="207"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="342" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1714E26F" w14:textId="77777777" w:rsidR="00E01B7C" w:rsidRPr="005D46CB" w:rsidRDefault="00E01B7C" w:rsidP="00E01B7C">
+          <w:p w14:paraId="04B7DB4C" w14:textId="77777777" w:rsidR="001F4CD6" w:rsidRPr="005D46CB" w:rsidRDefault="001F4CD6" w:rsidP="00DF536E">
             <w:pPr>
               <w:pStyle w:val="a4"/>
               <w:spacing w:beforeLines="10" w:before="36" w:afterLines="10" w:after="36"/>
               <w:ind w:leftChars="0" w:left="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6549" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="173F79FE" w14:textId="2D5E0696" w:rsidR="00E01B7C" w:rsidRPr="009C4364" w:rsidRDefault="008F5EE0" w:rsidP="00E01B7C">
+          <w:p w14:paraId="1C64971A" w14:textId="77777777" w:rsidR="001F4CD6" w:rsidRPr="009C4364" w:rsidRDefault="001F4CD6" w:rsidP="00DF536E">
             <w:pPr>
               <w:pStyle w:val="a4"/>
               <w:spacing w:beforeLines="20" w:before="72" w:afterLines="20" w:after="72" w:line="300" w:lineRule="exact"/>
               <w:ind w:leftChars="0" w:left="2"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008F5EE0">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">(#1 OR #2) AND (#3 OR #4) AND (#5 OR #6) </w:t>
             </w:r>
             <w:r w:rsidRPr="00F507EA">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:shd w:val="pct15" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
-              <w:t>AND [</w:t>
-[...28 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:t>AND [embase]/lim</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1418" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7937CB8E" w14:textId="74A9F130" w:rsidR="00E01B7C" w:rsidRPr="00C273DC" w:rsidRDefault="00E01B7C" w:rsidP="00E01B7C">
+          <w:p w14:paraId="5A058587" w14:textId="77777777" w:rsidR="001F4CD6" w:rsidRPr="00C273DC" w:rsidRDefault="001F4CD6" w:rsidP="00DF536E">
             <w:pPr>
               <w:pStyle w:val="a4"/>
               <w:spacing w:beforeLines="20" w:before="72" w:afterLines="20" w:after="72" w:line="300" w:lineRule="exact"/>
               <w:ind w:leftChars="0" w:left="2"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C273DC">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:hint="eastAsia"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>All:</w:t>
-[...6 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+              <w:t xml:space="preserve">All: </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008F5EE0" w:rsidRPr="005D46CB" w14:paraId="7B65A155" w14:textId="77777777" w:rsidTr="0027609A">
-[...2 lines deleted...]
-            <w:tcW w:w="1567" w:type="dxa"/>
+      <w:tr w:rsidR="001F4CD6" w:rsidRPr="005D46CB" w14:paraId="711BF458" w14:textId="77777777" w:rsidTr="00DF536E">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1651" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="5C442E41" w14:textId="77777777" w:rsidR="008F5EE0" w:rsidRPr="005D46CB" w:rsidRDefault="008F5EE0" w:rsidP="008F5EE0">
+          <w:p w14:paraId="5E69017A" w14:textId="77777777" w:rsidR="001F4CD6" w:rsidRPr="005D46CB" w:rsidRDefault="001F4CD6" w:rsidP="00DF536E">
             <w:pPr>
               <w:pStyle w:val="a4"/>
               <w:spacing w:beforeLines="10" w:before="36" w:afterLines="10" w:after="36"/>
               <w:ind w:leftChars="0" w:left="207" w:hanging="207"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="342" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3EAF5A31" w14:textId="77777777" w:rsidR="008F5EE0" w:rsidRPr="005D46CB" w:rsidRDefault="008F5EE0" w:rsidP="008F5EE0">
+          <w:p w14:paraId="7D6A7EDB" w14:textId="77777777" w:rsidR="001F4CD6" w:rsidRPr="005D46CB" w:rsidRDefault="001F4CD6" w:rsidP="00DF536E">
             <w:pPr>
               <w:pStyle w:val="a4"/>
               <w:spacing w:beforeLines="10" w:before="36" w:afterLines="10" w:after="36"/>
               <w:ind w:leftChars="0" w:left="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6549" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6823D6D3" w14:textId="4908E160" w:rsidR="00F420E1" w:rsidRPr="0027609A" w:rsidRDefault="008F5EE0" w:rsidP="00056956">
+          <w:p w14:paraId="79919A15" w14:textId="77777777" w:rsidR="001F4CD6" w:rsidRPr="00EC35A1" w:rsidRDefault="001F4CD6" w:rsidP="00DF536E">
             <w:pPr>
               <w:pStyle w:val="a4"/>
               <w:spacing w:beforeLines="10" w:before="36" w:afterLines="10" w:after="36" w:line="0" w:lineRule="atLeast"/>
               <w:ind w:leftChars="0" w:left="0"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
-                <w:sz w:val="22"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:shd w:val="pct15" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0027609A">
-[...2 lines deleted...]
-                <w:sz w:val="22"/>
+            <w:r w:rsidRPr="00295A80">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">#7 </w:t>
             </w:r>
-            <w:r w:rsidR="00F420E1" w:rsidRPr="0027609A">
-[...9 lines deleted...]
-                <w:sz w:val="22"/>
+            <w:r w:rsidRPr="00827DD0">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="20"/>
                 <w:shd w:val="pct15" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
-              <w:t>附錄</w:t>
-[...23 lines deleted...]
-              <w:t xml:space="preserve">) </w:t>
+              <w:t>AND ("randomized controlled trial"/de or "controlled clinical trial"/de or "randomization"/de or "intermethod comparison"/de or "double blind procedure"/de or "human experiment"/de OR (random* or placebo or assigned or allocated or volunteer or volunteers or (open NEXT/1 label) or ((double or single or doubly or singly) NEXT/1 (blind or blinded or blindly)) or "parallel group?" or crossover or "cross over" or ((assign* or match or matched or allocation) NEAR/5 (alternate or group? or intervention? or patient? or subject? or participant?)) OR (controlled NEAR/7 (study or design or trial))):ti,ab OR (compare or compared or comparison or trial):ti OR ((evaluated or evaluate or evaluating or assessed or assess) and (compare or compared or comparing or comparison)):ab) NOT (((random* NEXT/1 sampl* NEAR/7 ("cross section*" or questionnaire? or survey* or database?)):ti,ab not ("comparative study"/de or "controlled study"/de or "randomi?ed controlled":ti,ab or "randomly assigned":ti,ab)) OR ("Cross-sectional study"/de not ("randomized controlled trial"/de or "controlled clinical study"/de or "controlled study"/de or randomi?ed controlled:ti,ab or "control group?":ti,ab)) OR ((((case NEXT/1 control*) and random*) not randomi?ed controlled):ti,ab) OR ("Systematic review" not (trial or study)):ti OR (nonrandom* not random*):ti,ab OR "Random field*":ti,ab OR ("random cluster" NEAR/3 sampl*):ti,ab OR ((review:ab and review/it) not trial:ti) OR ("we searched":ab and (review:ti or review/it)) OR "update review":ab OR (databases NEAR/4 searched):ab OR ((rat or rats or mouse or mice or swine or porcine or murine or sheep or lambs or pigs or piglets or rabbit or rabbits or cat or cats or dog or dogs or cattle or bovine or monkey or monkeys or trout or marmoset?):ti and "animal experiment"/de) OR ("animal experiment"/de not ("human experiment"/de or "human"/de)))</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="61D101A7" w14:textId="77777777" w:rsidR="001F4CD6" w:rsidRPr="00BF2776" w:rsidRDefault="001F4CD6" w:rsidP="00DF536E">
+            <w:pPr>
+              <w:pStyle w:val="a4"/>
+              <w:spacing w:beforeLines="20" w:before="72" w:afterLines="20" w:after="72" w:line="0" w:lineRule="atLeast"/>
+              <w:ind w:leftChars="0" w:left="0"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:highlight w:val="yellow"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F420E1">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="標楷體" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+                <w:kern w:val="24"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="6"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Filter Source: Box 3.e, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r w:rsidRPr="00F420E1">
+                <w:rPr>
+                  <w:rStyle w:val="aa"/>
+                  <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="標楷體" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+                  <w:kern w:val="24"/>
+                  <w:sz w:val="14"/>
+                  <w:szCs w:val="6"/>
+                </w:rPr>
+                <w:t>Technical Supplement to Chapter 4: Searching for and Selecting Studies</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r w:rsidRPr="00F420E1">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="標楷體" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+                <w:kern w:val="24"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="6"/>
+              </w:rPr>
+              <w:t>. Cochrane Handbook for Systematic Reviews of Interventions Version 6. (Syntax Translated from Ovid Embase to Elsevier Embase.com.)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1418" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="41F5525D" w14:textId="71986C10" w:rsidR="008F5EE0" w:rsidRPr="005D46CB" w:rsidRDefault="008F5EE0" w:rsidP="008F5EE0">
+          <w:p w14:paraId="2A393E68" w14:textId="77777777" w:rsidR="001F4CD6" w:rsidRPr="005D46CB" w:rsidRDefault="001F4CD6" w:rsidP="00DF536E">
             <w:pPr>
               <w:pStyle w:val="a4"/>
               <w:spacing w:beforeLines="20" w:before="72" w:afterLines="20" w:after="72" w:line="300" w:lineRule="exact"/>
               <w:ind w:leftChars="0" w:left="2"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:hint="eastAsia"/>
                 <w:b/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">RCT: </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00BC4F00" w:rsidRPr="005D46CB" w14:paraId="47CB4FC4" w14:textId="77777777" w:rsidTr="0027609A">
-[...86 lines deleted...]
-            <w:tcW w:w="1567" w:type="dxa"/>
+      <w:tr w:rsidR="001F4CD6" w:rsidRPr="005D46CB" w14:paraId="1827C428" w14:textId="77777777" w:rsidTr="00DF536E">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1651" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
-          <w:p w14:paraId="5ABB827D" w14:textId="77777777" w:rsidR="008F5EE0" w:rsidRPr="005D46CB" w:rsidRDefault="008F5EE0" w:rsidP="008F5EE0">
+          <w:p w14:paraId="5879C8A2" w14:textId="77777777" w:rsidR="001F4CD6" w:rsidRPr="005D46CB" w:rsidRDefault="001F4CD6" w:rsidP="00DF536E">
             <w:pPr>
               <w:pStyle w:val="a4"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="9"/>
               </w:numPr>
               <w:spacing w:beforeLines="10" w:before="36" w:afterLines="10" w:after="36"/>
               <w:ind w:leftChars="0" w:left="207" w:hanging="207"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="280CDB78" w14:textId="77777777" w:rsidR="008F5EE0" w:rsidRDefault="008F5EE0" w:rsidP="00E65CE4">
+          <w:p w14:paraId="5312C1A6" w14:textId="77777777" w:rsidR="001F4CD6" w:rsidRDefault="001F4CD6" w:rsidP="00DF536E">
             <w:pPr>
               <w:spacing w:beforeLines="10" w:before="36" w:afterLines="10" w:after="36" w:line="240" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:hint="eastAsia"/>
                 <w:b/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>MEDLINE</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="00200900">
+              <w:t>MEDLINE (</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>Ovid</w:t>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:hint="eastAsia"/>
                 <w:b/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve"> (</w:t>
-[...14 lines deleted...]
-              </w:rPr>
               <w:t>)</w:t>
             </w:r>
-            <w:r w:rsidR="00E65CE4" w:rsidRPr="00E65CE4">
+            <w:r w:rsidRPr="00E65CE4">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidR="00E65CE4" w:rsidRPr="00E65CE4">
-[...23 lines deleted...]
-          <w:p w14:paraId="104C5EBE" w14:textId="07CC0134" w:rsidR="00472040" w:rsidRPr="00182749" w:rsidRDefault="00472040" w:rsidP="00472040">
+            <w:r w:rsidRPr="00E65CE4">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>and Epub Ahead of Print, In-Process, In-Data-Review &amp; Other Non-Indexed Citations</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="119BCC22" w14:textId="77777777" w:rsidR="001F4CD6" w:rsidRPr="00182749" w:rsidRDefault="001F4CD6" w:rsidP="00DF536E">
             <w:pPr>
               <w:spacing w:beforeLines="10" w:before="36" w:afterLines="10" w:after="36" w:line="280" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
                 <w:color w:val="C00000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00182749">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:hint="eastAsia"/>
                 <w:color w:val="C00000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>與</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:hint="eastAsia"/>
                 <w:color w:val="C00000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
@@ -11789,1449 +11366,1363 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
                 <w:color w:val="C00000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>ubMed</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
                 <w:color w:val="C00000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:br/>
             </w:r>
             <w:r w:rsidRPr="00182749">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:hint="eastAsia"/>
                 <w:color w:val="C00000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>二擇</w:t>
-[...13 lines deleted...]
-          <w:p w14:paraId="6689C9DA" w14:textId="7928A9F4" w:rsidR="00472040" w:rsidRPr="005D46CB" w:rsidRDefault="00472040" w:rsidP="00E65CE4">
+              <w:lastRenderedPageBreak/>
+              <w:t>二擇一</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="20F2EB20" w14:textId="77777777" w:rsidR="001F4CD6" w:rsidRPr="005D46CB" w:rsidRDefault="001F4CD6" w:rsidP="00DF536E">
             <w:pPr>
               <w:spacing w:beforeLines="10" w:before="36" w:afterLines="10" w:after="36" w:line="240" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="342" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4F11A53C" w14:textId="77777777" w:rsidR="008F5EE0" w:rsidRPr="005D46CB" w:rsidRDefault="008F5EE0" w:rsidP="008F5EE0">
+          <w:p w14:paraId="2232FC00" w14:textId="77777777" w:rsidR="001F4CD6" w:rsidRPr="005D46CB" w:rsidRDefault="001F4CD6" w:rsidP="00DF536E">
             <w:pPr>
               <w:pStyle w:val="a4"/>
               <w:spacing w:beforeLines="10" w:before="36" w:afterLines="10" w:after="36"/>
               <w:ind w:leftChars="0" w:left="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005D46CB">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6549" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3DA2F8DC" w14:textId="65D2633F" w:rsidR="00E30BDF" w:rsidRDefault="00E30BDF" w:rsidP="0060559C">
+          <w:p w14:paraId="18FA4985" w14:textId="77777777" w:rsidR="001F4CD6" w:rsidRDefault="001F4CD6" w:rsidP="00DF536E">
             <w:pPr>
               <w:pStyle w:val="a4"/>
               <w:spacing w:beforeLines="20" w:before="72" w:afterLines="20" w:after="72" w:line="300" w:lineRule="exact"/>
               <w:ind w:leftChars="0" w:left="2"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
                 <w:color w:val="00B050"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006A1AE8">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
                 <w:color w:val="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>P</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:hint="eastAsia"/>
                 <w:color w:val="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>自由詞彙</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="72FCBDFE" w14:textId="0C5896EF" w:rsidR="008F5EE0" w:rsidRPr="00531FBC" w:rsidRDefault="008F5EE0" w:rsidP="0060559C">
+          <w:p w14:paraId="54E32BA9" w14:textId="77777777" w:rsidR="001F4CD6" w:rsidRPr="00531FBC" w:rsidRDefault="001F4CD6" w:rsidP="00DF536E">
             <w:pPr>
               <w:pStyle w:val="a4"/>
               <w:spacing w:beforeLines="20" w:before="72" w:afterLines="20" w:after="72" w:line="300" w:lineRule="exact"/>
               <w:ind w:leftChars="0" w:left="2"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E06130">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
                 <w:color w:val="00B050"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>(</w:t>
             </w:r>
             <w:r w:rsidRPr="00ED67DB">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">GDM OR </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>(</w:t>
             </w:r>
             <w:r w:rsidRPr="00ED67DB">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve">(gestation* OR </w:t>
-[...1 lines deleted...]
-            <w:proofErr w:type="spellStart"/>
+              <w:t>(gestation* OR pregnan*</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> OR </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00EC35A1">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>gravid</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>*</w:t>
+            </w:r>
             <w:r w:rsidRPr="00ED67DB">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>pregnan</w:t>
-[...1 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:t xml:space="preserve">) </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E06130">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
+                <w:color w:val="00B0F0"/>
+                <w:sz w:val="22"/>
+                <w:shd w:val="pct15" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>ADJ4</w:t>
+            </w:r>
             <w:r w:rsidRPr="00ED67DB">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>*</w:t>
-[...66 lines deleted...]
-              <w:t>* OR T2DM OR NIDDM</w:t>
+              <w:t xml:space="preserve"> (diabet* OR T2DM OR NIDDM</w:t>
             </w:r>
             <w:r w:rsidRPr="00ED67DB">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
-            <w:r w:rsidR="0060559C" w:rsidRPr="00E06130">
+            <w:r w:rsidRPr="00E06130">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
                 <w:color w:val="00B050"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>).</w:t>
-[...10 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:t>).ti,ab,kf</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1418" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6511B940" w14:textId="111EE137" w:rsidR="008F5EE0" w:rsidRPr="00182749" w:rsidRDefault="0060559C" w:rsidP="00105EFA">
+          <w:p w14:paraId="2A0EE303" w14:textId="2BDE7F68" w:rsidR="001F4CD6" w:rsidRPr="00182749" w:rsidRDefault="001F4CD6" w:rsidP="00DF536E">
             <w:pPr>
               <w:pStyle w:val="a4"/>
               <w:spacing w:beforeLines="20" w:before="72" w:afterLines="20" w:after="72" w:line="200" w:lineRule="exact"/>
               <w:ind w:leftChars="0" w:left="0"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
                 <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00182749">
-[...90 lines deleted...]
-            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008F5EE0" w:rsidRPr="005D46CB" w14:paraId="1AFDA51B" w14:textId="77777777" w:rsidTr="0027609A">
-[...2 lines deleted...]
-            <w:tcW w:w="1567" w:type="dxa"/>
+      <w:tr w:rsidR="001F4CD6" w:rsidRPr="005D46CB" w14:paraId="3ACACAF4" w14:textId="77777777" w:rsidTr="00DF536E">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1651" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="3FE101FE" w14:textId="77777777" w:rsidR="008F5EE0" w:rsidRPr="005D46CB" w:rsidRDefault="008F5EE0" w:rsidP="008F5EE0">
+          <w:p w14:paraId="489CF2BF" w14:textId="77777777" w:rsidR="001F4CD6" w:rsidRPr="005D46CB" w:rsidRDefault="001F4CD6" w:rsidP="00DF536E">
             <w:pPr>
               <w:pStyle w:val="a4"/>
               <w:spacing w:beforeLines="10" w:before="36" w:afterLines="10" w:after="36"/>
               <w:ind w:leftChars="0" w:left="207" w:hanging="207"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="342" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="36163A87" w14:textId="77777777" w:rsidR="008F5EE0" w:rsidRPr="005D46CB" w:rsidRDefault="008F5EE0" w:rsidP="008F5EE0">
+          <w:p w14:paraId="4819566A" w14:textId="77777777" w:rsidR="001F4CD6" w:rsidRPr="005D46CB" w:rsidRDefault="001F4CD6" w:rsidP="00DF536E">
             <w:pPr>
               <w:pStyle w:val="a4"/>
               <w:spacing w:beforeLines="10" w:before="36" w:afterLines="10" w:after="36"/>
               <w:ind w:leftChars="0" w:left="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005D46CB">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6549" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="234AF84C" w14:textId="5C43EC31" w:rsidR="00E30BDF" w:rsidRDefault="00E30BDF" w:rsidP="008F5EE0">
+          <w:p w14:paraId="0F14EFDC" w14:textId="77777777" w:rsidR="001F4CD6" w:rsidRDefault="001F4CD6" w:rsidP="00DF536E">
             <w:pPr>
               <w:pStyle w:val="a4"/>
               <w:spacing w:beforeLines="20" w:before="72" w:afterLines="20" w:after="72" w:line="300" w:lineRule="exact"/>
               <w:ind w:leftChars="0" w:left="2"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
                 <w:color w:val="FF5050"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006A1AE8">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:hint="eastAsia"/>
                 <w:color w:val="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>P</w:t>
             </w:r>
             <w:r w:rsidRPr="006A1AE8">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:hint="eastAsia"/>
                 <w:color w:val="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>控制詞彙</w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:hint="eastAsia"/>
                 <w:color w:val="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>Me</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
                 <w:color w:val="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>SH</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="0DD00AF0" w14:textId="1029811D" w:rsidR="008F5EE0" w:rsidRPr="00531FBC" w:rsidRDefault="008F5EE0" w:rsidP="008F5EE0">
+          </w:p>
+          <w:p w14:paraId="31428C1C" w14:textId="77777777" w:rsidR="001F4CD6" w:rsidRPr="00531FBC" w:rsidRDefault="001F4CD6" w:rsidP="00DF536E">
             <w:pPr>
               <w:pStyle w:val="a4"/>
               <w:spacing w:beforeLines="20" w:before="72" w:afterLines="20" w:after="72" w:line="300" w:lineRule="exact"/>
               <w:ind w:leftChars="0" w:left="2"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00E30BDF">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
                 <w:color w:val="FF5050"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>exp</w:t>
-[...1 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:t>exp "</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008F5EE0">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>Diabetes, Gestational</w:t>
+            </w:r>
             <w:r w:rsidRPr="00E30BDF">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
                 <w:color w:val="FF5050"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve"> "</w:t>
-[...14 lines deleted...]
-              </w:rPr>
               <w:t>"/</w:t>
             </w:r>
-            <w:r w:rsidR="00E65CE4">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:hint="eastAsia"/>
                 <w:color w:val="FF0000"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidR="00E65CE4" w:rsidRPr="00E65CE4">
+            <w:r w:rsidRPr="00E65CE4">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:hint="eastAsia"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>OR</w:t>
             </w:r>
-            <w:r w:rsidR="00E65CE4" w:rsidRPr="00E06130">
+            <w:r w:rsidRPr="00E06130">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:hint="eastAsia"/>
                 <w:color w:val="FF0000"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidR="00E65CE4" w:rsidRPr="00E30BDF">
+            <w:r w:rsidRPr="00E30BDF">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
                 <w:color w:val="FF5050"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>exp</w:t>
-[...10 lines deleted...]
-            <w:r w:rsidR="00E65CE4" w:rsidRPr="00E65CE4">
+              <w:t>exp "</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E65CE4">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>Pregnancy in Diabetics</w:t>
             </w:r>
-            <w:r w:rsidR="00E65CE4" w:rsidRPr="00E30BDF">
+            <w:r w:rsidRPr="00E30BDF">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
                 <w:color w:val="FF5050"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>"/</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1418" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="01404E04" w14:textId="77777777" w:rsidR="008F5EE0" w:rsidRPr="005D46CB" w:rsidRDefault="008F5EE0" w:rsidP="008F5EE0">
+          <w:p w14:paraId="6105E90F" w14:textId="11CA7673" w:rsidR="001F4CD6" w:rsidRPr="005D46CB" w:rsidRDefault="00403965" w:rsidP="00403965">
             <w:pPr>
               <w:pStyle w:val="a4"/>
-              <w:spacing w:beforeLines="20" w:before="72" w:afterLines="20" w:after="72" w:line="300" w:lineRule="exact"/>
-[...6 lines deleted...]
-            </w:pPr>
+              <w:spacing w:beforeLines="20" w:before="72" w:afterLines="20" w:after="72" w:line="200" w:lineRule="exact"/>
+              <w:ind w:leftChars="0" w:left="0"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00182749">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:hint="eastAsia"/>
+                <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+              <w:t>[</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00182749">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
+                <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+              <w:t>Ctrl+H</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00182749">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:hint="eastAsia"/>
+                <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve">] </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00182749">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
+                <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="00182749">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:hint="eastAsia"/>
+                <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+              <w:t>尋找目標</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00182749">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:hint="eastAsia"/>
+                <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+              <w:t>^p</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00182749">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
+                <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="00182749">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:hint="eastAsia"/>
+                <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+              <w:t>取代為</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00182749">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:hint="eastAsia"/>
+                <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve">"/ OR </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00182749">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
+                <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+              <w:t>exp "</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008F5EE0" w:rsidRPr="005D46CB" w14:paraId="37728E8F" w14:textId="77777777" w:rsidTr="0027609A">
-[...2 lines deleted...]
-            <w:tcW w:w="1567" w:type="dxa"/>
+      <w:tr w:rsidR="001F4CD6" w:rsidRPr="005D46CB" w14:paraId="396097A7" w14:textId="77777777" w:rsidTr="00DF536E">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1651" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="0FB3B263" w14:textId="77777777" w:rsidR="008F5EE0" w:rsidRPr="005D46CB" w:rsidRDefault="008F5EE0" w:rsidP="008F5EE0">
+          <w:p w14:paraId="10D8B8B4" w14:textId="77777777" w:rsidR="001F4CD6" w:rsidRPr="005D46CB" w:rsidRDefault="001F4CD6" w:rsidP="00DF536E">
             <w:pPr>
               <w:pStyle w:val="a4"/>
               <w:spacing w:beforeLines="10" w:before="36" w:afterLines="10" w:after="36"/>
               <w:ind w:leftChars="0" w:left="207" w:hanging="207"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="342" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7BCF3A12" w14:textId="77777777" w:rsidR="008F5EE0" w:rsidRPr="005D46CB" w:rsidRDefault="008F5EE0" w:rsidP="008F5EE0">
+          <w:p w14:paraId="65327E7F" w14:textId="77777777" w:rsidR="001F4CD6" w:rsidRPr="005D46CB" w:rsidRDefault="001F4CD6" w:rsidP="00DF536E">
             <w:pPr>
               <w:pStyle w:val="a4"/>
               <w:spacing w:beforeLines="10" w:before="36" w:afterLines="10" w:after="36"/>
               <w:ind w:leftChars="0" w:left="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005D46CB">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6549" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="46CC5369" w14:textId="143B4743" w:rsidR="00E30BDF" w:rsidRDefault="00E30BDF" w:rsidP="0060559C">
+          <w:p w14:paraId="5D2BB550" w14:textId="77777777" w:rsidR="001F4CD6" w:rsidRDefault="001F4CD6" w:rsidP="00DF536E">
             <w:pPr>
               <w:pStyle w:val="a4"/>
               <w:spacing w:beforeLines="20" w:before="72" w:afterLines="20" w:after="72" w:line="300" w:lineRule="exact"/>
               <w:ind w:leftChars="0" w:left="2"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:hint="eastAsia"/>
                 <w:color w:val="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>I</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:hint="eastAsia"/>
                 <w:color w:val="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>自由詞彙</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="57F3AC47" w14:textId="349ED425" w:rsidR="008F5EE0" w:rsidRPr="00E06130" w:rsidRDefault="008F5EE0" w:rsidP="0060559C">
+          <w:p w14:paraId="70D79C78" w14:textId="77777777" w:rsidR="001F4CD6" w:rsidRPr="00E06130" w:rsidRDefault="001F4CD6" w:rsidP="00DF536E">
             <w:pPr>
               <w:pStyle w:val="a4"/>
               <w:spacing w:beforeLines="20" w:before="72" w:afterLines="20" w:after="72" w:line="300" w:lineRule="exact"/>
               <w:ind w:leftChars="0" w:left="2"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1418" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3A24F909" w14:textId="77777777" w:rsidR="008F5EE0" w:rsidRPr="005D46CB" w:rsidRDefault="008F5EE0" w:rsidP="008F5EE0">
+          <w:p w14:paraId="1A9AA2B4" w14:textId="77777777" w:rsidR="001F4CD6" w:rsidRPr="005D46CB" w:rsidRDefault="001F4CD6" w:rsidP="00DF536E">
             <w:pPr>
               <w:pStyle w:val="a4"/>
               <w:spacing w:beforeLines="20" w:before="72" w:afterLines="20" w:after="72" w:line="300" w:lineRule="exact"/>
               <w:ind w:leftChars="0" w:left="2"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008F5EE0" w:rsidRPr="005D46CB" w14:paraId="54C707FB" w14:textId="77777777" w:rsidTr="0027609A">
-[...2 lines deleted...]
-            <w:tcW w:w="1567" w:type="dxa"/>
+      <w:tr w:rsidR="001F4CD6" w:rsidRPr="005D46CB" w14:paraId="5F52B686" w14:textId="77777777" w:rsidTr="00DF536E">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1651" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="40D3D7F2" w14:textId="77777777" w:rsidR="008F5EE0" w:rsidRPr="005D46CB" w:rsidRDefault="008F5EE0" w:rsidP="008F5EE0">
+          <w:p w14:paraId="49A6A75A" w14:textId="77777777" w:rsidR="001F4CD6" w:rsidRPr="005D46CB" w:rsidRDefault="001F4CD6" w:rsidP="00DF536E">
             <w:pPr>
               <w:pStyle w:val="a4"/>
               <w:spacing w:beforeLines="10" w:before="36" w:afterLines="10" w:after="36"/>
               <w:ind w:leftChars="0" w:left="207" w:hanging="207"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="342" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1A102A25" w14:textId="77777777" w:rsidR="008F5EE0" w:rsidRPr="005D46CB" w:rsidRDefault="008F5EE0" w:rsidP="008F5EE0">
+          <w:p w14:paraId="196EFEB1" w14:textId="77777777" w:rsidR="001F4CD6" w:rsidRPr="005D46CB" w:rsidRDefault="001F4CD6" w:rsidP="00DF536E">
             <w:pPr>
               <w:pStyle w:val="a4"/>
               <w:spacing w:beforeLines="10" w:before="36" w:afterLines="10" w:after="36"/>
               <w:ind w:leftChars="0" w:left="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005D46CB">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6549" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0214E3B7" w14:textId="6E3B4723" w:rsidR="00E30BDF" w:rsidRDefault="00E30BDF" w:rsidP="00E30BDF">
+          <w:p w14:paraId="522D7B5B" w14:textId="77777777" w:rsidR="001F4CD6" w:rsidRDefault="001F4CD6" w:rsidP="00DF536E">
             <w:pPr>
               <w:pStyle w:val="a4"/>
               <w:spacing w:beforeLines="20" w:before="72" w:afterLines="20" w:after="72" w:line="300" w:lineRule="exact"/>
               <w:ind w:leftChars="0" w:left="2"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
                 <w:color w:val="FF5050"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
                 <w:color w:val="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>I</w:t>
             </w:r>
             <w:r w:rsidRPr="006A1AE8">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:hint="eastAsia"/>
                 <w:color w:val="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>控制詞彙</w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:hint="eastAsia"/>
                 <w:color w:val="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>Me</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
                 <w:color w:val="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>SH</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="792D8F00" w14:textId="479BF275" w:rsidR="008F5EE0" w:rsidRPr="00E06130" w:rsidRDefault="008F5EE0" w:rsidP="008F5EE0">
+          </w:p>
+          <w:p w14:paraId="35E22E99" w14:textId="77777777" w:rsidR="001F4CD6" w:rsidRPr="00E06130" w:rsidRDefault="001F4CD6" w:rsidP="00DF536E">
             <w:pPr>
               <w:pStyle w:val="a4"/>
               <w:spacing w:beforeLines="20" w:before="72" w:afterLines="20" w:after="72" w:line="300" w:lineRule="exact"/>
               <w:ind w:leftChars="0" w:left="2"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1418" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="63D3F0BA" w14:textId="77777777" w:rsidR="008F5EE0" w:rsidRPr="005D46CB" w:rsidRDefault="008F5EE0" w:rsidP="008F5EE0">
+          <w:p w14:paraId="41226392" w14:textId="77777777" w:rsidR="001F4CD6" w:rsidRPr="005D46CB" w:rsidRDefault="001F4CD6" w:rsidP="00DF536E">
             <w:pPr>
               <w:pStyle w:val="a4"/>
               <w:spacing w:beforeLines="20" w:before="72" w:afterLines="20" w:after="72" w:line="300" w:lineRule="exact"/>
               <w:ind w:leftChars="0" w:left="2"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008F5EE0" w:rsidRPr="005D46CB" w14:paraId="17384853" w14:textId="77777777" w:rsidTr="0027609A">
+      <w:tr w:rsidR="001F4CD6" w:rsidRPr="005D46CB" w14:paraId="60FFDC0A" w14:textId="77777777" w:rsidTr="00DF536E">
         <w:trPr>
           <w:trHeight w:val="451"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1567" w:type="dxa"/>
+            <w:tcW w:w="1651" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="4F7549C5" w14:textId="77777777" w:rsidR="008F5EE0" w:rsidRPr="005D46CB" w:rsidRDefault="008F5EE0" w:rsidP="008F5EE0">
+          <w:p w14:paraId="03310E65" w14:textId="77777777" w:rsidR="001F4CD6" w:rsidRPr="005D46CB" w:rsidRDefault="001F4CD6" w:rsidP="00DF536E">
             <w:pPr>
               <w:pStyle w:val="a4"/>
               <w:spacing w:beforeLines="10" w:before="36" w:afterLines="10" w:after="36"/>
               <w:ind w:leftChars="0" w:left="207" w:hanging="207"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="342" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="619BE6E0" w14:textId="6DBFF9D6" w:rsidR="008F5EE0" w:rsidRPr="005D46CB" w:rsidRDefault="008F5EE0" w:rsidP="008F5EE0">
+          <w:p w14:paraId="0C01F8C2" w14:textId="77777777" w:rsidR="001F4CD6" w:rsidRPr="005D46CB" w:rsidRDefault="001F4CD6" w:rsidP="00DF536E">
             <w:pPr>
               <w:pStyle w:val="a4"/>
               <w:spacing w:beforeLines="10" w:before="36" w:afterLines="10" w:after="36"/>
               <w:ind w:leftChars="0" w:left="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005D46CB">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6549" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="02C9B04A" w14:textId="64C128A7" w:rsidR="00E30BDF" w:rsidRDefault="00E30BDF" w:rsidP="00F15EA4">
+          <w:p w14:paraId="42B0E992" w14:textId="77777777" w:rsidR="001F4CD6" w:rsidRDefault="001F4CD6" w:rsidP="00DF536E">
             <w:pPr>
               <w:pStyle w:val="a4"/>
               <w:spacing w:beforeLines="20" w:before="72" w:afterLines="20" w:after="72" w:line="300" w:lineRule="exact"/>
               <w:ind w:leftChars="0" w:left="2"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:hint="eastAsia"/>
                 <w:color w:val="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>O</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:hint="eastAsia"/>
                 <w:color w:val="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>自由詞彙</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="34F51730" w14:textId="42458165" w:rsidR="008F5EE0" w:rsidRPr="00E06130" w:rsidRDefault="008F5EE0" w:rsidP="00F15EA4">
+          <w:p w14:paraId="17FD4E43" w14:textId="77777777" w:rsidR="001F4CD6" w:rsidRPr="00E06130" w:rsidRDefault="001F4CD6" w:rsidP="00DF536E">
             <w:pPr>
               <w:pStyle w:val="a4"/>
               <w:spacing w:beforeLines="20" w:before="72" w:afterLines="20" w:after="72" w:line="300" w:lineRule="exact"/>
               <w:ind w:leftChars="0" w:left="2"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1418" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="398750EC" w14:textId="77777777" w:rsidR="008F5EE0" w:rsidRPr="005D46CB" w:rsidRDefault="008F5EE0" w:rsidP="008F5EE0">
+          <w:p w14:paraId="6BB02ECA" w14:textId="77777777" w:rsidR="001F4CD6" w:rsidRPr="005D46CB" w:rsidRDefault="001F4CD6" w:rsidP="00DF536E">
             <w:pPr>
               <w:pStyle w:val="a4"/>
               <w:spacing w:beforeLines="20" w:before="72" w:afterLines="20" w:after="72" w:line="300" w:lineRule="exact"/>
               <w:ind w:leftChars="0" w:left="2"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008F5EE0" w:rsidRPr="005D46CB" w14:paraId="7DEEC928" w14:textId="77777777" w:rsidTr="0027609A">
-[...2 lines deleted...]
-            <w:tcW w:w="1567" w:type="dxa"/>
+      <w:tr w:rsidR="001F4CD6" w:rsidRPr="005D46CB" w14:paraId="05D6FEAF" w14:textId="77777777" w:rsidTr="00DF536E">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1651" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="653B62C7" w14:textId="77777777" w:rsidR="008F5EE0" w:rsidRPr="005D46CB" w:rsidRDefault="008F5EE0" w:rsidP="008F5EE0">
+          <w:p w14:paraId="52A951C2" w14:textId="77777777" w:rsidR="001F4CD6" w:rsidRPr="005D46CB" w:rsidRDefault="001F4CD6" w:rsidP="00DF536E">
             <w:pPr>
               <w:pStyle w:val="a4"/>
               <w:spacing w:beforeLines="10" w:before="36" w:afterLines="10" w:after="36"/>
               <w:ind w:leftChars="0" w:left="207" w:hanging="207"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="342" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="32496933" w14:textId="555B89A1" w:rsidR="008F5EE0" w:rsidRPr="005D46CB" w:rsidRDefault="008F5EE0" w:rsidP="008F5EE0">
+          <w:p w14:paraId="44B26F6B" w14:textId="77777777" w:rsidR="001F4CD6" w:rsidRPr="005D46CB" w:rsidRDefault="001F4CD6" w:rsidP="00DF536E">
             <w:pPr>
               <w:pStyle w:val="a4"/>
               <w:spacing w:beforeLines="10" w:before="36" w:afterLines="10" w:after="36"/>
               <w:ind w:leftChars="0" w:left="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005D46CB">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6549" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5A58D8CA" w14:textId="6D122EB1" w:rsidR="00E30BDF" w:rsidRDefault="00E30BDF" w:rsidP="00E30BDF">
+          <w:p w14:paraId="0C6943F3" w14:textId="77777777" w:rsidR="001F4CD6" w:rsidRDefault="001F4CD6" w:rsidP="00DF536E">
             <w:pPr>
               <w:pStyle w:val="a4"/>
               <w:spacing w:beforeLines="20" w:before="72" w:afterLines="20" w:after="72" w:line="300" w:lineRule="exact"/>
               <w:ind w:leftChars="0" w:left="2"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
                 <w:color w:val="FF5050"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
                 <w:color w:val="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>O</w:t>
             </w:r>
             <w:r w:rsidRPr="006A1AE8">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:hint="eastAsia"/>
                 <w:color w:val="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>控制詞彙</w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:hint="eastAsia"/>
                 <w:color w:val="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>Me</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
                 <w:color w:val="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>SH</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="45559B80" w14:textId="7F81C60C" w:rsidR="008F5EE0" w:rsidRPr="00E06130" w:rsidRDefault="008F5EE0" w:rsidP="008F5EE0">
+          </w:p>
+          <w:p w14:paraId="3D608038" w14:textId="77777777" w:rsidR="001F4CD6" w:rsidRPr="00E06130" w:rsidRDefault="001F4CD6" w:rsidP="00DF536E">
             <w:pPr>
               <w:spacing w:beforeLines="20" w:before="72" w:afterLines="20" w:after="72" w:line="300" w:lineRule="exact"/>
               <w:ind w:left="2"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1418" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="003B4C67" w14:textId="77777777" w:rsidR="008F5EE0" w:rsidRPr="005D46CB" w:rsidRDefault="008F5EE0" w:rsidP="008F5EE0">
+          <w:p w14:paraId="3A23AE00" w14:textId="77777777" w:rsidR="001F4CD6" w:rsidRPr="005D46CB" w:rsidRDefault="001F4CD6" w:rsidP="00DF536E">
             <w:pPr>
               <w:pStyle w:val="a4"/>
               <w:spacing w:beforeLines="20" w:before="72" w:afterLines="20" w:after="72" w:line="300" w:lineRule="exact"/>
               <w:ind w:leftChars="0" w:left="2"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008F5EE0" w:rsidRPr="005D46CB" w14:paraId="677B2053" w14:textId="77777777" w:rsidTr="0027609A">
-[...2 lines deleted...]
-            <w:tcW w:w="1567" w:type="dxa"/>
+      <w:tr w:rsidR="001F4CD6" w:rsidRPr="005D46CB" w14:paraId="6FD560DE" w14:textId="77777777" w:rsidTr="00DF536E">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1651" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="4CA7F726" w14:textId="77777777" w:rsidR="008F5EE0" w:rsidRPr="005D46CB" w:rsidRDefault="008F5EE0" w:rsidP="008F5EE0">
+          <w:p w14:paraId="23F53A65" w14:textId="77777777" w:rsidR="001F4CD6" w:rsidRPr="005D46CB" w:rsidRDefault="001F4CD6" w:rsidP="00DF536E">
             <w:pPr>
               <w:pStyle w:val="a4"/>
               <w:spacing w:beforeLines="10" w:before="36" w:afterLines="10" w:after="36"/>
               <w:ind w:leftChars="0" w:left="207" w:hanging="207"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="342" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="62C13928" w14:textId="43AAD691" w:rsidR="008F5EE0" w:rsidRPr="005D46CB" w:rsidRDefault="008F5EE0" w:rsidP="008F5EE0">
+          <w:p w14:paraId="11CDFEB9" w14:textId="77777777" w:rsidR="001F4CD6" w:rsidRPr="005D46CB" w:rsidRDefault="001F4CD6" w:rsidP="00DF536E">
             <w:pPr>
               <w:pStyle w:val="a4"/>
               <w:spacing w:beforeLines="10" w:before="36" w:afterLines="10" w:after="36"/>
               <w:ind w:leftChars="0" w:left="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005D46CB">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6549" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="12DDDA3B" w14:textId="77777777" w:rsidR="00C669D2" w:rsidRDefault="008F5EE0" w:rsidP="00C669D2">
+          <w:p w14:paraId="26B1C45E" w14:textId="77777777" w:rsidR="001F4CD6" w:rsidRDefault="001F4CD6" w:rsidP="00DF536E">
             <w:pPr>
               <w:pStyle w:val="a4"/>
               <w:spacing w:beforeLines="20" w:before="72" w:afterLines="20" w:after="72" w:line="300" w:lineRule="exact"/>
               <w:ind w:leftChars="0" w:left="2"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>(</w:t>
             </w:r>
             <w:r w:rsidRPr="00182749">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:shd w:val="pct15" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> OR 2) AND (3 OR 4)</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="29BA90E5" w14:textId="74343B8F" w:rsidR="008F5EE0" w:rsidRPr="00E36AB4" w:rsidRDefault="001B25BD" w:rsidP="00C669D2">
+          <w:p w14:paraId="0CC716BB" w14:textId="77777777" w:rsidR="001F4CD6" w:rsidRPr="00E36AB4" w:rsidRDefault="001F4CD6" w:rsidP="00DF536E">
             <w:pPr>
               <w:pStyle w:val="a4"/>
               <w:spacing w:beforeLines="20" w:before="72" w:afterLines="20" w:after="72" w:line="300" w:lineRule="exact"/>
               <w:ind w:leftChars="0" w:left="2"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00182749">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:hint="eastAsia"/>
                 <w:sz w:val="22"/>
                 <w:shd w:val="pct15" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
               <w:t>不加</w:t>
             </w:r>
             <w:r w:rsidRPr="00182749">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:hint="eastAsia"/>
                 <w:sz w:val="22"/>
                 <w:shd w:val="pct15" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
               <w:t>#</w:t>
             </w:r>
-            <w:r w:rsidR="008F5EE0" w:rsidRPr="008F5EE0">
+            <w:r w:rsidRPr="008F5EE0">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1418" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7555611A" w14:textId="2DED77BD" w:rsidR="008F5EE0" w:rsidRPr="00BF2776" w:rsidRDefault="008F5EE0" w:rsidP="008F5EE0">
+          <w:p w14:paraId="4CBFA979" w14:textId="77777777" w:rsidR="001F4CD6" w:rsidRPr="00BF2776" w:rsidRDefault="001F4CD6" w:rsidP="00DF536E">
             <w:pPr>
               <w:pStyle w:val="a4"/>
               <w:spacing w:beforeLines="20" w:before="72" w:afterLines="20" w:after="72" w:line="300" w:lineRule="exact"/>
               <w:ind w:leftChars="0" w:left="2"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BF2776">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:hint="eastAsia"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>ALL:</w:t>
             </w:r>
             <w:r w:rsidRPr="00BF2776">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008F5EE0" w:rsidRPr="005D46CB" w14:paraId="62CBAA84" w14:textId="77777777" w:rsidTr="0027609A">
-[...2 lines deleted...]
-            <w:tcW w:w="1567" w:type="dxa"/>
+      <w:tr w:rsidR="001F4CD6" w:rsidRPr="005D46CB" w14:paraId="7B56F4F8" w14:textId="77777777" w:rsidTr="00DF536E">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1651" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="7993EFFC" w14:textId="77777777" w:rsidR="008F5EE0" w:rsidRPr="005D46CB" w:rsidRDefault="008F5EE0" w:rsidP="008F5EE0">
+          <w:p w14:paraId="67F223A6" w14:textId="77777777" w:rsidR="001F4CD6" w:rsidRPr="005D46CB" w:rsidRDefault="001F4CD6" w:rsidP="00DF536E">
             <w:pPr>
               <w:pStyle w:val="a4"/>
               <w:spacing w:beforeLines="10" w:before="36" w:afterLines="10" w:after="36"/>
               <w:ind w:leftChars="0" w:left="207" w:hanging="207"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="342" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3B6A7C9A" w14:textId="06520667" w:rsidR="008F5EE0" w:rsidRPr="005D46CB" w:rsidRDefault="008F5EE0" w:rsidP="008F5EE0">
+          <w:p w14:paraId="4F4E9303" w14:textId="77777777" w:rsidR="001F4CD6" w:rsidRPr="005D46CB" w:rsidRDefault="001F4CD6" w:rsidP="00DF536E">
             <w:pPr>
               <w:pStyle w:val="a4"/>
               <w:spacing w:beforeLines="10" w:before="36" w:afterLines="10" w:after="36"/>
               <w:ind w:leftChars="0" w:left="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005D46CB">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6549" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7F3AE2B4" w14:textId="7DA4A73B" w:rsidR="008F5EE0" w:rsidRPr="0027609A" w:rsidRDefault="008F5EE0" w:rsidP="00827DD0">
+          <w:p w14:paraId="146AAFA9" w14:textId="77777777" w:rsidR="001F4CD6" w:rsidRPr="00E36AB4" w:rsidRDefault="001F4CD6" w:rsidP="00DF536E">
             <w:pPr>
               <w:pStyle w:val="a4"/>
               <w:spacing w:beforeLines="10" w:before="36" w:afterLines="10" w:after="36" w:line="0" w:lineRule="atLeast"/>
               <w:ind w:leftChars="0" w:left="0"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0027609A">
-[...2 lines deleted...]
-                <w:sz w:val="22"/>
+            <w:r w:rsidRPr="00F15161">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">7 </w:t>
             </w:r>
-            <w:r w:rsidR="00056956" w:rsidRPr="0027609A">
-[...2 lines deleted...]
-                <w:sz w:val="22"/>
+            <w:r w:rsidRPr="00827DD0">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="20"/>
+                <w:shd w:val="pct15" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
               <w:t xml:space="preserve">AND </w:t>
             </w:r>
-            <w:r w:rsidR="00056956" w:rsidRPr="0027609A">
+            <w:r w:rsidRPr="00827DD0">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:hint="eastAsia"/>
-                <w:sz w:val="22"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="20"/>
                 <w:shd w:val="pct15" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
-              <w:t>附錄</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="00056956" w:rsidRPr="0027609A">
+              <w:t>(</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00827DD0">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="20"/>
+                <w:shd w:val="pct15" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>(randomized controlled trial.pt. or controlled clinical trial.pt. or randomized.ab. or randomised.ab. or placebo.ab. or drug therapy.fs. or randomly.ab. or trial.ab. or groups.ab.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00827DD0">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:hint="eastAsia"/>
-                <w:sz w:val="22"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="20"/>
                 <w:shd w:val="pct15" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
-              <w:t>2 (</w:t>
-[...4 lines deleted...]
-                <w:sz w:val="22"/>
+              <w:t>)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00827DD0">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="20"/>
                 <w:shd w:val="pct15" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
-              <w:t>複製貼上</w:t>
-[...7 lines deleted...]
-              <w:t>)</w:t>
+              <w:t xml:space="preserve"> not (exp animals/ not humans.sh.))</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1418" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="11180D87" w14:textId="077B1C12" w:rsidR="008F5EE0" w:rsidRPr="008849FC" w:rsidRDefault="008F5EE0" w:rsidP="008F5EE0">
+          <w:p w14:paraId="5BE1AA81" w14:textId="77777777" w:rsidR="001F4CD6" w:rsidRPr="008849FC" w:rsidRDefault="001F4CD6" w:rsidP="00DF536E">
             <w:pPr>
               <w:pStyle w:val="a4"/>
               <w:spacing w:beforeLines="20" w:before="72" w:afterLines="20" w:after="72" w:line="300" w:lineRule="exact"/>
               <w:ind w:leftChars="0" w:left="2"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008849FC">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:hint="eastAsia"/>
                 <w:b/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>RCT:</w:t>
             </w:r>
-            <w:r w:rsidR="00BF2776">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C669D2" w:rsidRPr="005D46CB" w14:paraId="09297A91" w14:textId="77777777" w:rsidTr="0027609A">
-[...2 lines deleted...]
-            <w:tcW w:w="1567" w:type="dxa"/>
+      <w:tr w:rsidR="001F4CD6" w:rsidRPr="005D46CB" w14:paraId="14F189F1" w14:textId="77777777" w:rsidTr="00DF536E">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1651" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
-          <w:p w14:paraId="3ED146BA" w14:textId="77777777" w:rsidR="00C669D2" w:rsidRPr="005D46CB" w:rsidRDefault="00C669D2" w:rsidP="00C669D2">
+          <w:p w14:paraId="5200D3B1" w14:textId="77777777" w:rsidR="001F4CD6" w:rsidRPr="005D46CB" w:rsidRDefault="001F4CD6" w:rsidP="00DF536E">
             <w:pPr>
               <w:pStyle w:val="a4"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="9"/>
               </w:numPr>
               <w:spacing w:beforeLines="10" w:before="36" w:afterLines="10" w:after="36" w:line="240" w:lineRule="exact"/>
               <w:ind w:leftChars="0" w:left="207" w:hanging="207"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="7D932E60" w14:textId="77777777" w:rsidR="00C669D2" w:rsidRDefault="00C669D2" w:rsidP="00C669D2">
+          <w:p w14:paraId="04C6020C" w14:textId="77777777" w:rsidR="001F4CD6" w:rsidRDefault="001F4CD6" w:rsidP="00DF536E">
             <w:pPr>
               <w:spacing w:beforeLines="10" w:before="36" w:afterLines="10" w:after="36" w:line="240" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:hint="eastAsia"/>
                 <w:b/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>Cochrane Li</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>brary: Trials (</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:hint="eastAsia"/>
                 <w:b/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>CENTRAL</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="12670CCB" w14:textId="77777777" w:rsidR="00C669D2" w:rsidRPr="0057062C" w:rsidRDefault="00C669D2" w:rsidP="00C669D2">
+          <w:p w14:paraId="3B494A8B" w14:textId="77777777" w:rsidR="001F4CD6" w:rsidRPr="0057062C" w:rsidRDefault="001F4CD6" w:rsidP="00DF536E">
             <w:pPr>
               <w:spacing w:beforeLines="10" w:before="36" w:afterLines="50" w:after="180" w:line="160" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0057062C">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:hint="eastAsia"/>
                 <w:color w:val="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
                 <w:sz w:val="12"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>專收</w:t>
             </w:r>
             <w:r w:rsidRPr="0057062C">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
                 <w:color w:val="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
                 <w:sz w:val="12"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>RCT</w:t>
@@ -13287,2204 +12778,5943 @@
                 <w:color w:val="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
                 <w:sz w:val="12"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>RCT</w:t>
             </w:r>
             <w:r w:rsidRPr="0057062C">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:hint="eastAsia"/>
                 <w:color w:val="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
                 <w:sz w:val="12"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>，可以自行衡量是否要加入此資料庫檢索</w:t>
             </w:r>
             <w:r w:rsidRPr="0057062C">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
                 <w:color w:val="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
                 <w:sz w:val="12"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="16627B3A" w14:textId="77777777" w:rsidR="00C669D2" w:rsidRPr="00326A51" w:rsidRDefault="00C669D2" w:rsidP="00C669D2">
+          <w:p w14:paraId="05BD9B94" w14:textId="77777777" w:rsidR="001F4CD6" w:rsidRPr="00326A51" w:rsidRDefault="001F4CD6" w:rsidP="00DF536E">
             <w:pPr>
               <w:spacing w:beforeLines="10" w:before="36" w:afterLines="10" w:after="36" w:line="180" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0057062C">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:hint="eastAsia"/>
                 <w:sz w:val="12"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>注意</w:t>
             </w:r>
             <w:r w:rsidRPr="0057062C">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:hint="eastAsia"/>
                 <w:sz w:val="12"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
             <w:r w:rsidRPr="0057062C">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:hint="eastAsia"/>
                 <w:sz w:val="12"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>自</w:t>
             </w:r>
             <w:r w:rsidRPr="0057062C">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:hint="eastAsia"/>
                 <w:sz w:val="12"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>2023/6</w:t>
             </w:r>
             <w:r w:rsidRPr="0057062C">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:hint="eastAsia"/>
                 <w:sz w:val="12"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>起不支援鄰近字與切截</w:t>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="0057062C">
+              <w:t>起不支援鄰近字與切截併用，需修改語法為</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00326A51">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:hint="eastAsia"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>NEXT</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="56063184" w14:textId="77777777" w:rsidR="001F4CD6" w:rsidRPr="00F16AF1" w:rsidRDefault="001F4CD6" w:rsidP="00DF536E">
+            <w:pPr>
+              <w:spacing w:beforeLines="10" w:before="36" w:line="200" w:lineRule="exact"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="12"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F16AF1">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:hint="eastAsia"/>
                 <w:sz w:val="12"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>併</w:t>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="0057062C">
+              <w:sym w:font="Wingdings" w:char="F0FD"/>
+            </w:r>
+            <w:r w:rsidRPr="00F16AF1">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:hint="eastAsia"/>
                 <w:sz w:val="12"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>用，需修改語法為</w:t>
-[...12 lines deleted...]
-              <w:spacing w:beforeLines="10" w:before="36" w:line="200" w:lineRule="exact"/>
+              <w:t xml:space="preserve"> "</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F16AF1">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="12"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-            </w:pPr>
+              <w:t>pregnan</w:t>
+            </w:r>
             <w:r w:rsidRPr="00F16AF1">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:hint="eastAsia"/>
                 <w:sz w:val="12"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:sym w:font="Wingdings" w:char="F0FD"/>
-            </w:r>
+              <w:t>*</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F16AF1">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="12"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> diabet*</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="46A669FF" w14:textId="77777777" w:rsidR="001F4CD6" w:rsidRPr="00F16AF1" w:rsidRDefault="001F4CD6" w:rsidP="00DF536E">
+            <w:pPr>
+              <w:spacing w:beforeLines="10" w:before="36" w:afterLines="30" w:after="108" w:line="200" w:lineRule="exact"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="12"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
             <w:r w:rsidRPr="00F16AF1">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:hint="eastAsia"/>
                 <w:sz w:val="12"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve"> "</w:t>
-[...10 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:sym w:font="Wingdings" w:char="F0FE"/>
+            </w:r>
             <w:r w:rsidRPr="00F16AF1">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:hint="eastAsia"/>
                 <w:sz w:val="12"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>*</w:t>
+              <w:t xml:space="preserve"> (</w:t>
             </w:r>
             <w:r w:rsidRPr="00F16AF1">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="12"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
-[...1 lines deleted...]
-            <w:proofErr w:type="spellStart"/>
+              <w:t xml:space="preserve">pregnan* </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F16AF1">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:hint="eastAsia"/>
+                <w:sz w:val="10"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">NEXT </w:t>
+            </w:r>
             <w:r w:rsidRPr="00F16AF1">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="12"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>diabet</w:t>
-[...19 lines deleted...]
-            </w:pPr>
+              <w:t>diabetes</w:t>
+            </w:r>
             <w:r w:rsidRPr="00F16AF1">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:hint="eastAsia"/>
                 <w:sz w:val="12"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:sym w:font="Wingdings" w:char="F0FE"/>
-            </w:r>
+              <w:t>)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="793D3BB1" w14:textId="77777777" w:rsidR="001F4CD6" w:rsidRPr="00F16AF1" w:rsidRDefault="001F4CD6" w:rsidP="00DF536E">
+            <w:pPr>
+              <w:spacing w:beforeLines="10" w:before="36" w:line="200" w:lineRule="exact"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="12"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
             <w:r w:rsidRPr="00F16AF1">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:hint="eastAsia"/>
                 <w:sz w:val="12"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve"> (</w:t>
-[...33 lines deleted...]
-              <w:t>diabetes</w:t>
+              <w:sym w:font="Wingdings" w:char="F0FD"/>
             </w:r>
             <w:r w:rsidRPr="00F16AF1">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:hint="eastAsia"/>
                 <w:sz w:val="12"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>)</w:t>
-[...4 lines deleted...]
-              <w:spacing w:beforeLines="10" w:before="36" w:line="200" w:lineRule="exact"/>
+              <w:t xml:space="preserve"> "</w:t>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="12"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-            </w:pPr>
+              <w:t>post operat</w:t>
+            </w:r>
             <w:r w:rsidRPr="00F16AF1">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:hint="eastAsia"/>
                 <w:sz w:val="12"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:sym w:font="Wingdings" w:char="F0FD"/>
-            </w:r>
+              <w:t>*</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="12"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>"</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3D27F042" w14:textId="77777777" w:rsidR="001F4CD6" w:rsidRDefault="001F4CD6" w:rsidP="00DF536E">
+            <w:pPr>
+              <w:spacing w:beforeLines="10" w:before="36" w:line="200" w:lineRule="exact"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="12"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
             <w:r w:rsidRPr="00F16AF1">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:hint="eastAsia"/>
                 <w:sz w:val="12"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve"> "</w:t>
-[...18 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:sym w:font="Wingdings" w:char="F0FE"/>
+            </w:r>
             <w:r w:rsidRPr="00F16AF1">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:hint="eastAsia"/>
                 <w:sz w:val="12"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>*</w:t>
-[...1 lines deleted...]
-            <w:r>
+              <w:t xml:space="preserve"> (</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F16AF1">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="12"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>"</w:t>
-[...4 lines deleted...]
-              <w:spacing w:beforeLines="10" w:before="36" w:line="200" w:lineRule="exact"/>
+              <w:t>p</w:t>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="12"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-            </w:pPr>
+              <w:t>ost-operat</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F16AF1">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="12"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>*</w:t>
+            </w:r>
             <w:r w:rsidRPr="00F16AF1">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:hint="eastAsia"/>
                 <w:sz w:val="12"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:sym w:font="Wingdings" w:char="F0FE"/>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="00F16AF1">
+              <w:t>)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4038F0AA" w14:textId="77777777" w:rsidR="001F4CD6" w:rsidRPr="00F16AF1" w:rsidRDefault="001F4CD6" w:rsidP="00DF536E">
+            <w:pPr>
+              <w:spacing w:beforeLines="10" w:before="36" w:line="240" w:lineRule="exact"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="12"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00326A51">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:hint="eastAsia"/>
                 <w:sz w:val="12"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve"> (</w:t>
-[...35 lines deleted...]
-            <w:r w:rsidRPr="00F16AF1">
+              <w:sym w:font="Wingdings" w:char="F0FD"/>
+            </w:r>
+            <w:r w:rsidRPr="00326A51">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:hint="eastAsia"/>
                 <w:sz w:val="12"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>)</w:t>
-[...4 lines deleted...]
-              <w:spacing w:beforeLines="10" w:before="36" w:line="240" w:lineRule="exact"/>
+              <w:t xml:space="preserve"> "</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00326A51">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="12"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-            </w:pPr>
+              <w:t>post*-operat</w:t>
+            </w:r>
             <w:r w:rsidRPr="00326A51">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:hint="eastAsia"/>
                 <w:sz w:val="12"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:sym w:font="Wingdings" w:char="F0FD"/>
+              <w:t>*</w:t>
             </w:r>
             <w:r w:rsidRPr="00326A51">
               <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:hint="eastAsia"/>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="12"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve"> "</w:t>
-[...32 lines deleted...]
-              </w:rPr>
               <w:t>"</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="342" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3192F14F" w14:textId="77777777" w:rsidR="00C669D2" w:rsidRPr="005D46CB" w:rsidRDefault="00C669D2" w:rsidP="00C669D2">
+          <w:p w14:paraId="637577AE" w14:textId="77777777" w:rsidR="001F4CD6" w:rsidRPr="005D46CB" w:rsidRDefault="001F4CD6" w:rsidP="00DF536E">
             <w:pPr>
               <w:pStyle w:val="a4"/>
               <w:spacing w:beforeLines="10" w:before="36" w:afterLines="10" w:after="36"/>
               <w:ind w:leftChars="0" w:left="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005D46CB">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6549" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0FA60EFE" w14:textId="77777777" w:rsidR="00C669D2" w:rsidRDefault="00C669D2" w:rsidP="00C669D2">
+          <w:p w14:paraId="2C7D4AD1" w14:textId="77777777" w:rsidR="001F4CD6" w:rsidRDefault="001F4CD6" w:rsidP="00DF536E">
             <w:pPr>
               <w:pStyle w:val="a4"/>
               <w:spacing w:beforeLines="20" w:before="72" w:afterLines="20" w:after="72" w:line="300" w:lineRule="exact"/>
               <w:ind w:leftChars="0" w:left="2"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
                 <w:color w:val="00B050"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006A1AE8">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
                 <w:color w:val="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>P</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:hint="eastAsia"/>
                 <w:color w:val="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>自由詞彙</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="6D403C0A" w14:textId="4E0A395A" w:rsidR="00C669D2" w:rsidRPr="005D46CB" w:rsidRDefault="00C669D2" w:rsidP="00C669D2">
+          <w:p w14:paraId="5DAC1063" w14:textId="77777777" w:rsidR="001F4CD6" w:rsidRPr="005D46CB" w:rsidRDefault="001F4CD6" w:rsidP="00DF536E">
             <w:pPr>
               <w:pStyle w:val="a4"/>
               <w:spacing w:beforeLines="20" w:before="72" w:afterLines="20" w:after="72" w:line="300" w:lineRule="exact"/>
               <w:ind w:leftChars="0" w:left="2"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E06130">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
                 <w:color w:val="00B050"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>(</w:t>
             </w:r>
             <w:r w:rsidRPr="00ED67DB">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">GDM OR </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>(</w:t>
             </w:r>
             <w:r w:rsidRPr="00ED67DB">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve">(gestation* OR </w:t>
-[...1 lines deleted...]
-            <w:proofErr w:type="spellStart"/>
+              <w:t>(gestation* OR pregnan*</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> OR </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00EC35A1">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>gravid</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>*</w:t>
+            </w:r>
             <w:r w:rsidRPr="00ED67DB">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>pregnan</w:t>
-[...1 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:t xml:space="preserve">) </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
+                <w:color w:val="00B0F0"/>
+                <w:sz w:val="22"/>
+                <w:shd w:val="pct15" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>NEAR/</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E06130">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
+                <w:color w:val="00B0F0"/>
+                <w:sz w:val="22"/>
+                <w:shd w:val="pct15" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
             <w:r w:rsidRPr="00ED67DB">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>*</w:t>
-[...75 lines deleted...]
-              <w:t>* OR T2DM OR NIDDM</w:t>
+              <w:t xml:space="preserve"> (diabet* OR T2DM OR NIDDM</w:t>
             </w:r>
             <w:r w:rsidRPr="00ED67DB">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
-            <w:r w:rsidR="00DC455D">
+            <w:r w:rsidRPr="00E06130">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
                 <w:color w:val="00B050"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>):</w:t>
-[...18 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:t>).ti,ab,kf</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1418" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="544C2B64" w14:textId="7CD77C1F" w:rsidR="00C669D2" w:rsidRPr="00182749" w:rsidRDefault="00C669D2" w:rsidP="00C669D2">
+          <w:p w14:paraId="2CFD855A" w14:textId="6C6CC4CA" w:rsidR="001F4CD6" w:rsidRPr="00182749" w:rsidRDefault="001F4CD6" w:rsidP="00DF536E">
             <w:pPr>
               <w:pStyle w:val="a4"/>
               <w:spacing w:beforeLines="20" w:before="72" w:afterLines="20" w:after="72" w:line="200" w:lineRule="exact"/>
               <w:ind w:leftChars="0" w:left="0"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
                 <w:b/>
                 <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00182749">
-[...132 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C669D2" w:rsidRPr="005D46CB" w14:paraId="0E3C64A7" w14:textId="77777777" w:rsidTr="0027609A">
-[...2 lines deleted...]
-            <w:tcW w:w="1567" w:type="dxa"/>
+      <w:tr w:rsidR="001F4CD6" w:rsidRPr="005D46CB" w14:paraId="5CB4379D" w14:textId="77777777" w:rsidTr="00DF536E">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1651" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="5D34302E" w14:textId="77777777" w:rsidR="00C669D2" w:rsidRPr="005D46CB" w:rsidRDefault="00C669D2" w:rsidP="00C669D2">
+          <w:p w14:paraId="11459787" w14:textId="77777777" w:rsidR="001F4CD6" w:rsidRPr="005D46CB" w:rsidRDefault="001F4CD6" w:rsidP="00DF536E">
             <w:pPr>
               <w:pStyle w:val="a4"/>
               <w:spacing w:beforeLines="10" w:before="36" w:afterLines="10" w:after="36"/>
               <w:ind w:leftChars="0" w:left="0"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="342" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="36292BB4" w14:textId="001645E1" w:rsidR="00C669D2" w:rsidRPr="005D46CB" w:rsidRDefault="00C669D2" w:rsidP="00C669D2">
+          <w:p w14:paraId="35D2D9A1" w14:textId="77777777" w:rsidR="001F4CD6" w:rsidRPr="005D46CB" w:rsidRDefault="001F4CD6" w:rsidP="00DF536E">
             <w:pPr>
               <w:pStyle w:val="a4"/>
               <w:spacing w:beforeLines="10" w:before="36" w:afterLines="10" w:after="36"/>
               <w:ind w:leftChars="0" w:left="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005D46CB">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6549" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="590CCEE1" w14:textId="77777777" w:rsidR="00C669D2" w:rsidRDefault="00C669D2" w:rsidP="00C669D2">
+          <w:p w14:paraId="74F3C92E" w14:textId="77777777" w:rsidR="001F4CD6" w:rsidRDefault="001F4CD6" w:rsidP="00DF536E">
             <w:pPr>
               <w:pStyle w:val="a4"/>
               <w:spacing w:beforeLines="20" w:before="72" w:afterLines="20" w:after="72" w:line="300" w:lineRule="exact"/>
               <w:ind w:leftChars="0" w:left="2"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
                 <w:color w:val="FF5050"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006A1AE8">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:hint="eastAsia"/>
                 <w:color w:val="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>P</w:t>
             </w:r>
             <w:r w:rsidRPr="006A1AE8">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:hint="eastAsia"/>
                 <w:color w:val="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>控制詞彙</w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:hint="eastAsia"/>
                 <w:color w:val="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>Me</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
                 <w:color w:val="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>SH</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="647E6DCF" w14:textId="4FFA4D87" w:rsidR="00C669D2" w:rsidRDefault="00DC455D" w:rsidP="00DC455D">
+          </w:p>
+          <w:p w14:paraId="4779E5CB" w14:textId="77777777" w:rsidR="001F4CD6" w:rsidRDefault="001F4CD6" w:rsidP="00DF536E">
             <w:pPr>
               <w:pStyle w:val="a4"/>
               <w:spacing w:beforeLines="20" w:before="72" w:afterLines="20" w:after="72" w:line="300" w:lineRule="exact"/>
               <w:ind w:leftChars="0" w:left="2"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
                 <w:color w:val="FF5050"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>[</w:t>
-[...2 lines deleted...]
-            <w:r>
+              <w:t>[mh "</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008F5EE0">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>Diabetes, Gestational</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E30BDF">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
                 <w:color w:val="FF5050"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>mh</w:t>
-[...1 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:t>"</w:t>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
                 <w:color w:val="FF5050"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
-[...30 lines deleted...]
-              </w:rPr>
               <w:t>]</w:t>
             </w:r>
-            <w:r w:rsidR="00C669D2">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:hint="eastAsia"/>
                 <w:color w:val="FF0000"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidR="00C669D2" w:rsidRPr="00E65CE4">
+            <w:r w:rsidRPr="00E65CE4">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:hint="eastAsia"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>OR</w:t>
             </w:r>
-            <w:r w:rsidR="00C669D2" w:rsidRPr="00E06130">
+            <w:r w:rsidRPr="00E06130">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:hint="eastAsia"/>
                 <w:color w:val="FF0000"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
                 <w:color w:val="FF0000"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>[</w:t>
-[...11 lines deleted...]
-            <w:r w:rsidR="00C669D2" w:rsidRPr="00E30BDF">
+              <w:t>[mh</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E30BDF">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
                 <w:color w:val="FF5050"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> "</w:t>
             </w:r>
-            <w:r w:rsidR="00C669D2" w:rsidRPr="00E65CE4">
+            <w:r w:rsidRPr="00E65CE4">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>Pregnancy in Diabetics</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
                 <w:color w:val="FF5050"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>"]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1418" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="61477ABC" w14:textId="77777777" w:rsidR="00C669D2" w:rsidRPr="005D46CB" w:rsidRDefault="00C669D2" w:rsidP="00C669D2">
+          <w:p w14:paraId="2A716ECB" w14:textId="23C65A7E" w:rsidR="001F4CD6" w:rsidRPr="005D46CB" w:rsidRDefault="00403965" w:rsidP="00403965">
             <w:pPr>
               <w:pStyle w:val="a4"/>
-              <w:spacing w:beforeLines="20" w:before="72" w:afterLines="20" w:after="72" w:line="300" w:lineRule="exact"/>
-[...6 lines deleted...]
-            </w:pPr>
+              <w:spacing w:beforeLines="20" w:before="72" w:afterLines="20" w:after="72" w:line="200" w:lineRule="exact"/>
+              <w:ind w:leftChars="0" w:left="0"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00182749">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:hint="eastAsia"/>
+                <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+              <w:t>複製</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00182749">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:hint="eastAsia"/>
+                <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+              <w:t>MEDLINE</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00182749">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:hint="eastAsia"/>
+                <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+              <w:t>後</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00182749">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:hint="eastAsia"/>
+                <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00182749">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
+                <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="00182749">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:hint="eastAsia"/>
+                <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+              <w:t>[</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00182749">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
+                <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+              <w:t>Ctrl+H</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00182749">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:hint="eastAsia"/>
+                <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve">] </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00182749">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
+                <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="00182749">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:hint="eastAsia"/>
+                <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+              <w:t>尋找目標</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00182749">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
+                <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+              <w:t>/ OR exp</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00182749">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
+                <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="00182749">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:hint="eastAsia"/>
+                <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+              <w:t>取代為</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00182749">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
+                <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+              <w:t>] OR [mh</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C669D2" w:rsidRPr="005D46CB" w14:paraId="35C5D327" w14:textId="77777777" w:rsidTr="0027609A">
-[...2 lines deleted...]
-            <w:tcW w:w="1567" w:type="dxa"/>
+      <w:tr w:rsidR="001F4CD6" w:rsidRPr="005D46CB" w14:paraId="2B78F1B6" w14:textId="77777777" w:rsidTr="00DF536E">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1651" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="174FBAFC" w14:textId="77777777" w:rsidR="00C669D2" w:rsidRPr="005D46CB" w:rsidRDefault="00C669D2" w:rsidP="00C669D2">
+          <w:p w14:paraId="08C66206" w14:textId="77777777" w:rsidR="001F4CD6" w:rsidRPr="005D46CB" w:rsidRDefault="001F4CD6" w:rsidP="00DF536E">
             <w:pPr>
               <w:pStyle w:val="a4"/>
               <w:spacing w:beforeLines="10" w:before="36" w:afterLines="10" w:after="36"/>
               <w:ind w:leftChars="0" w:left="0"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="342" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="68C512C3" w14:textId="5B59B610" w:rsidR="00C669D2" w:rsidRPr="005D46CB" w:rsidRDefault="00C669D2" w:rsidP="00C669D2">
+          <w:p w14:paraId="3DAB2771" w14:textId="77777777" w:rsidR="001F4CD6" w:rsidRPr="005D46CB" w:rsidRDefault="001F4CD6" w:rsidP="00DF536E">
             <w:pPr>
               <w:pStyle w:val="a4"/>
               <w:spacing w:beforeLines="10" w:before="36" w:afterLines="10" w:after="36"/>
               <w:ind w:leftChars="0" w:left="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005D46CB">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6549" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="75E5685E" w14:textId="77777777" w:rsidR="00C669D2" w:rsidRDefault="00C669D2" w:rsidP="00C669D2">
+          <w:p w14:paraId="6A14FAC8" w14:textId="77777777" w:rsidR="001F4CD6" w:rsidRDefault="001F4CD6" w:rsidP="00DF536E">
             <w:pPr>
               <w:pStyle w:val="a4"/>
               <w:spacing w:beforeLines="20" w:before="72" w:afterLines="20" w:after="72" w:line="300" w:lineRule="exact"/>
               <w:ind w:leftChars="0" w:left="2"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:hint="eastAsia"/>
                 <w:color w:val="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>I</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:hint="eastAsia"/>
                 <w:color w:val="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>自由詞彙</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="6B6DAC09" w14:textId="3CBB4380" w:rsidR="00C669D2" w:rsidRPr="00E06130" w:rsidRDefault="00C669D2" w:rsidP="00C669D2">
+          <w:p w14:paraId="41E5B79A" w14:textId="417C4153" w:rsidR="001F4CD6" w:rsidRPr="00E06130" w:rsidRDefault="001F4CD6" w:rsidP="00DF536E">
             <w:pPr>
               <w:spacing w:beforeLines="20" w:before="72" w:afterLines="20" w:after="72" w:line="300" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1418" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="696DD65E" w14:textId="77777777" w:rsidR="00C669D2" w:rsidRPr="005D46CB" w:rsidRDefault="00C669D2" w:rsidP="00C669D2">
+          <w:p w14:paraId="24C16CD5" w14:textId="77777777" w:rsidR="001F4CD6" w:rsidRPr="005D46CB" w:rsidRDefault="001F4CD6" w:rsidP="00DF536E">
             <w:pPr>
               <w:pStyle w:val="a4"/>
               <w:spacing w:beforeLines="20" w:before="72" w:afterLines="20" w:after="72" w:line="300" w:lineRule="exact"/>
               <w:ind w:leftChars="0" w:left="2"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C669D2" w:rsidRPr="005D46CB" w14:paraId="17F3420A" w14:textId="77777777" w:rsidTr="0027609A">
-[...2 lines deleted...]
-            <w:tcW w:w="1567" w:type="dxa"/>
+      <w:tr w:rsidR="001F4CD6" w:rsidRPr="005D46CB" w14:paraId="77F246D0" w14:textId="77777777" w:rsidTr="00DF536E">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1651" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="01425471" w14:textId="77777777" w:rsidR="00C669D2" w:rsidRPr="005D46CB" w:rsidRDefault="00C669D2" w:rsidP="00C669D2">
+          <w:p w14:paraId="59DD8DC9" w14:textId="77777777" w:rsidR="001F4CD6" w:rsidRPr="005D46CB" w:rsidRDefault="001F4CD6" w:rsidP="00DF536E">
             <w:pPr>
               <w:pStyle w:val="a4"/>
               <w:spacing w:beforeLines="10" w:before="36" w:afterLines="10" w:after="36"/>
               <w:ind w:leftChars="0" w:left="0"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="342" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="68AE1B49" w14:textId="74AC00BF" w:rsidR="00C669D2" w:rsidRPr="005D46CB" w:rsidRDefault="00C669D2" w:rsidP="00C669D2">
+          <w:p w14:paraId="23953A7A" w14:textId="77777777" w:rsidR="001F4CD6" w:rsidRPr="005D46CB" w:rsidRDefault="001F4CD6" w:rsidP="00DF536E">
             <w:pPr>
               <w:pStyle w:val="a4"/>
               <w:spacing w:beforeLines="10" w:before="36" w:afterLines="10" w:after="36"/>
               <w:ind w:leftChars="0" w:left="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005D46CB">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6549" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7BE8E4CE" w14:textId="77777777" w:rsidR="00C669D2" w:rsidRDefault="00C669D2" w:rsidP="00C669D2">
+          <w:p w14:paraId="2EF127B9" w14:textId="77777777" w:rsidR="001F4CD6" w:rsidRDefault="001F4CD6" w:rsidP="00DF536E">
             <w:pPr>
               <w:pStyle w:val="a4"/>
               <w:spacing w:beforeLines="20" w:before="72" w:afterLines="20" w:after="72" w:line="300" w:lineRule="exact"/>
               <w:ind w:leftChars="0" w:left="2"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
                 <w:color w:val="FF5050"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
                 <w:color w:val="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>I</w:t>
             </w:r>
             <w:r w:rsidRPr="006A1AE8">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:hint="eastAsia"/>
                 <w:color w:val="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>控制詞彙</w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:hint="eastAsia"/>
                 <w:color w:val="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>Me</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
                 <w:color w:val="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>SH</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="7A59AE1D" w14:textId="77195465" w:rsidR="00C669D2" w:rsidRPr="00E06130" w:rsidRDefault="00C669D2" w:rsidP="00C669D2">
+          </w:p>
+          <w:p w14:paraId="748DB008" w14:textId="56E2DAB4" w:rsidR="001F4CD6" w:rsidRPr="00E06130" w:rsidRDefault="001F4CD6" w:rsidP="00DF536E">
             <w:pPr>
               <w:pStyle w:val="a4"/>
               <w:spacing w:beforeLines="20" w:before="72" w:afterLines="20" w:after="72" w:line="300" w:lineRule="exact"/>
               <w:ind w:leftChars="0" w:left="2"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1418" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5D7977BC" w14:textId="77777777" w:rsidR="00C669D2" w:rsidRPr="005D46CB" w:rsidRDefault="00C669D2" w:rsidP="00C669D2">
+          <w:p w14:paraId="7AA71C36" w14:textId="77777777" w:rsidR="001F4CD6" w:rsidRPr="005D46CB" w:rsidRDefault="001F4CD6" w:rsidP="00DF536E">
             <w:pPr>
               <w:pStyle w:val="a4"/>
               <w:spacing w:beforeLines="20" w:before="72" w:afterLines="20" w:after="72" w:line="300" w:lineRule="exact"/>
               <w:ind w:leftChars="0" w:left="2"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C669D2" w:rsidRPr="005D46CB" w14:paraId="69769C04" w14:textId="77777777" w:rsidTr="0027609A">
+      <w:tr w:rsidR="001F4CD6" w:rsidRPr="005D46CB" w14:paraId="57F56835" w14:textId="77777777" w:rsidTr="00DF536E">
         <w:trPr>
           <w:trHeight w:val="452"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1567" w:type="dxa"/>
+            <w:tcW w:w="1651" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="661F764A" w14:textId="77777777" w:rsidR="00C669D2" w:rsidRPr="005D46CB" w:rsidRDefault="00C669D2" w:rsidP="00C669D2">
+          <w:p w14:paraId="24939BDD" w14:textId="77777777" w:rsidR="001F4CD6" w:rsidRPr="005D46CB" w:rsidRDefault="001F4CD6" w:rsidP="00DF536E">
             <w:pPr>
               <w:pStyle w:val="a4"/>
               <w:spacing w:beforeLines="10" w:before="36" w:afterLines="10" w:after="36"/>
               <w:ind w:leftChars="0" w:left="0"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="342" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6009E5DF" w14:textId="4D292B40" w:rsidR="00C669D2" w:rsidRPr="005D46CB" w:rsidRDefault="00C669D2" w:rsidP="00C669D2">
+          <w:p w14:paraId="4DCF4254" w14:textId="77777777" w:rsidR="001F4CD6" w:rsidRPr="005D46CB" w:rsidRDefault="001F4CD6" w:rsidP="00DF536E">
             <w:pPr>
               <w:pStyle w:val="a4"/>
               <w:spacing w:beforeLines="10" w:before="36" w:afterLines="10" w:after="36"/>
               <w:ind w:leftChars="0" w:left="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005D46CB">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6549" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5547015C" w14:textId="77777777" w:rsidR="00C669D2" w:rsidRDefault="00C669D2" w:rsidP="00C669D2">
+          <w:p w14:paraId="23307093" w14:textId="77777777" w:rsidR="001F4CD6" w:rsidRDefault="001F4CD6" w:rsidP="00DF536E">
             <w:pPr>
               <w:pStyle w:val="a4"/>
               <w:spacing w:beforeLines="20" w:before="72" w:afterLines="20" w:after="72" w:line="300" w:lineRule="exact"/>
               <w:ind w:leftChars="0" w:left="2"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:hint="eastAsia"/>
                 <w:color w:val="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>O</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:hint="eastAsia"/>
                 <w:color w:val="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>自由詞彙</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="76C498EA" w14:textId="21C7B129" w:rsidR="00C669D2" w:rsidRPr="00E06130" w:rsidRDefault="00C669D2" w:rsidP="00C669D2">
+          <w:p w14:paraId="145B8C00" w14:textId="57ED0527" w:rsidR="001F4CD6" w:rsidRPr="00E06130" w:rsidRDefault="001F4CD6" w:rsidP="00DF536E">
             <w:pPr>
               <w:pStyle w:val="a4"/>
               <w:spacing w:beforeLines="20" w:before="72" w:afterLines="20" w:after="72" w:line="300" w:lineRule="exact"/>
               <w:ind w:leftChars="0" w:left="2"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1418" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6F2B4157" w14:textId="77777777" w:rsidR="00C669D2" w:rsidRPr="005D46CB" w:rsidRDefault="00C669D2" w:rsidP="00C669D2">
+          <w:p w14:paraId="17169240" w14:textId="77777777" w:rsidR="001F4CD6" w:rsidRPr="005D46CB" w:rsidRDefault="001F4CD6" w:rsidP="00DF536E">
             <w:pPr>
               <w:pStyle w:val="a4"/>
               <w:spacing w:beforeLines="20" w:before="72" w:afterLines="20" w:after="72" w:line="300" w:lineRule="exact"/>
               <w:ind w:leftChars="0" w:left="2"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C669D2" w:rsidRPr="005D46CB" w14:paraId="5F819B7B" w14:textId="77777777" w:rsidTr="0027609A">
-[...2 lines deleted...]
-            <w:tcW w:w="1567" w:type="dxa"/>
+      <w:tr w:rsidR="001F4CD6" w:rsidRPr="005D46CB" w14:paraId="58A0E6C5" w14:textId="77777777" w:rsidTr="00DF536E">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1651" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="064C3793" w14:textId="77777777" w:rsidR="00C669D2" w:rsidRPr="005D46CB" w:rsidRDefault="00C669D2" w:rsidP="00C669D2">
+          <w:p w14:paraId="7CAB939D" w14:textId="77777777" w:rsidR="001F4CD6" w:rsidRPr="005D46CB" w:rsidRDefault="001F4CD6" w:rsidP="00DF536E">
             <w:pPr>
               <w:pStyle w:val="a4"/>
               <w:spacing w:beforeLines="10" w:before="36" w:afterLines="10" w:after="36"/>
               <w:ind w:leftChars="0" w:left="0"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="342" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="34FCA804" w14:textId="56683004" w:rsidR="00C669D2" w:rsidRPr="005D46CB" w:rsidRDefault="00C669D2" w:rsidP="00C669D2">
+          <w:p w14:paraId="5D4AF07C" w14:textId="77777777" w:rsidR="001F4CD6" w:rsidRPr="005D46CB" w:rsidRDefault="001F4CD6" w:rsidP="00DF536E">
             <w:pPr>
               <w:pStyle w:val="a4"/>
               <w:spacing w:beforeLines="10" w:before="36" w:afterLines="10" w:after="36"/>
               <w:ind w:leftChars="0" w:left="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005D46CB">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6549" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="07BAB8C8" w14:textId="77777777" w:rsidR="00C669D2" w:rsidRDefault="00C669D2" w:rsidP="00C669D2">
+          <w:p w14:paraId="1EF8A808" w14:textId="77777777" w:rsidR="001F4CD6" w:rsidRDefault="001F4CD6" w:rsidP="00DF536E">
             <w:pPr>
               <w:pStyle w:val="a4"/>
               <w:spacing w:beforeLines="20" w:before="72" w:afterLines="20" w:after="72" w:line="300" w:lineRule="exact"/>
               <w:ind w:leftChars="0" w:left="2"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
                 <w:color w:val="FF5050"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
                 <w:color w:val="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>O</w:t>
             </w:r>
             <w:r w:rsidRPr="006A1AE8">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:hint="eastAsia"/>
                 <w:color w:val="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>控制詞彙</w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:hint="eastAsia"/>
                 <w:color w:val="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>Me</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
                 <w:color w:val="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>SH</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="5BC68256" w14:textId="04E43F26" w:rsidR="00C669D2" w:rsidRPr="00E06130" w:rsidRDefault="00C669D2" w:rsidP="00C669D2">
+          </w:p>
+          <w:p w14:paraId="4452EC5C" w14:textId="3AEB9A3C" w:rsidR="001F4CD6" w:rsidRPr="00E06130" w:rsidRDefault="001F4CD6" w:rsidP="00DF536E">
             <w:pPr>
               <w:pStyle w:val="a4"/>
               <w:spacing w:beforeLines="20" w:before="72" w:afterLines="20" w:after="72" w:line="300" w:lineRule="exact"/>
               <w:ind w:leftChars="0" w:left="2"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1418" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6982F1C2" w14:textId="77777777" w:rsidR="00C669D2" w:rsidRPr="005D46CB" w:rsidRDefault="00C669D2" w:rsidP="00C669D2">
+          <w:p w14:paraId="3C425AC4" w14:textId="77777777" w:rsidR="001F4CD6" w:rsidRPr="005D46CB" w:rsidRDefault="001F4CD6" w:rsidP="00DF536E">
             <w:pPr>
               <w:pStyle w:val="a4"/>
               <w:spacing w:beforeLines="20" w:before="72" w:afterLines="20" w:after="72" w:line="300" w:lineRule="exact"/>
               <w:ind w:leftChars="0" w:left="2"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00BF2776" w:rsidRPr="005D46CB" w14:paraId="5985EE54" w14:textId="77777777" w:rsidTr="0027609A">
-[...2 lines deleted...]
-            <w:tcW w:w="1567" w:type="dxa"/>
+      <w:tr w:rsidR="001F4CD6" w:rsidRPr="005D46CB" w14:paraId="04A6BC86" w14:textId="77777777" w:rsidTr="00DF536E">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1651" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="0A36AF21" w14:textId="77777777" w:rsidR="00BF2776" w:rsidRPr="005D46CB" w:rsidRDefault="00BF2776" w:rsidP="00BF2776">
+          <w:p w14:paraId="2FC1FE0A" w14:textId="77777777" w:rsidR="001F4CD6" w:rsidRPr="005D46CB" w:rsidRDefault="001F4CD6" w:rsidP="00DF536E">
             <w:pPr>
               <w:pStyle w:val="a4"/>
               <w:spacing w:beforeLines="10" w:before="36" w:afterLines="10" w:after="36"/>
               <w:ind w:leftChars="0" w:left="0"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="342" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6EE9389D" w14:textId="05133A57" w:rsidR="00BF2776" w:rsidRPr="005D46CB" w:rsidRDefault="00BF2776" w:rsidP="00BF2776">
+          <w:p w14:paraId="403BA3BE" w14:textId="77777777" w:rsidR="001F4CD6" w:rsidRPr="005D46CB" w:rsidRDefault="001F4CD6" w:rsidP="00DF536E">
             <w:pPr>
               <w:pStyle w:val="a4"/>
               <w:spacing w:beforeLines="10" w:before="36" w:afterLines="10" w:after="36"/>
               <w:ind w:leftChars="0" w:left="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005D46CB">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6549" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="042DBEA6" w14:textId="1D3D1668" w:rsidR="00BF2776" w:rsidRPr="008849FC" w:rsidRDefault="00BF2776" w:rsidP="00BF2776">
+          <w:p w14:paraId="4B058F42" w14:textId="77777777" w:rsidR="001F4CD6" w:rsidRPr="008849FC" w:rsidRDefault="001F4CD6" w:rsidP="00DF536E">
             <w:pPr>
               <w:pStyle w:val="a4"/>
               <w:spacing w:beforeLines="20" w:before="72" w:afterLines="20" w:after="72" w:line="300" w:lineRule="exact"/>
               <w:ind w:leftChars="0" w:left="2"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008F5EE0">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>(#1 OR #2) AND (#3 OR #4) AND (#5 OR #6)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1418" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="69F79116" w14:textId="48295B7E" w:rsidR="00BF2776" w:rsidRPr="008849FC" w:rsidRDefault="00BF2776" w:rsidP="00BF2776">
+          <w:p w14:paraId="2F55ABA6" w14:textId="77777777" w:rsidR="001F4CD6" w:rsidRPr="008849FC" w:rsidRDefault="001F4CD6" w:rsidP="00DF536E">
             <w:pPr>
               <w:pStyle w:val="a4"/>
               <w:spacing w:beforeLines="20" w:before="72" w:afterLines="20" w:after="72" w:line="300" w:lineRule="exact"/>
               <w:ind w:leftChars="0" w:left="2"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:hint="eastAsia"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>All</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>:</w:t>
-[...6 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+              <w:t xml:space="preserve">: </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00BF2776" w:rsidRPr="005D46CB" w14:paraId="34E6F328" w14:textId="77777777" w:rsidTr="0027609A">
-[...2 lines deleted...]
-            <w:tcW w:w="1567" w:type="dxa"/>
+      <w:tr w:rsidR="001F4CD6" w:rsidRPr="005D46CB" w14:paraId="26D85200" w14:textId="77777777" w:rsidTr="00DF536E">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1651" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="0214F798" w14:textId="77777777" w:rsidR="00BF2776" w:rsidRPr="005D46CB" w:rsidRDefault="00BF2776" w:rsidP="00BF2776">
+          <w:p w14:paraId="0B9B2385" w14:textId="77777777" w:rsidR="001F4CD6" w:rsidRPr="005D46CB" w:rsidRDefault="001F4CD6" w:rsidP="00DF536E">
             <w:pPr>
               <w:pStyle w:val="a4"/>
               <w:spacing w:beforeLines="10" w:before="36" w:afterLines="10" w:after="36"/>
               <w:ind w:leftChars="0" w:left="0"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="342" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="796B24FB" w14:textId="382BB845" w:rsidR="00BF2776" w:rsidRPr="005D46CB" w:rsidRDefault="00BF2776" w:rsidP="00BF2776">
+          <w:p w14:paraId="59AE59B1" w14:textId="77777777" w:rsidR="001F4CD6" w:rsidRPr="005D46CB" w:rsidRDefault="001F4CD6" w:rsidP="00DF536E">
             <w:pPr>
               <w:pStyle w:val="a4"/>
               <w:spacing w:beforeLines="10" w:before="36" w:afterLines="10" w:after="36"/>
               <w:ind w:leftChars="0" w:left="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005D46CB">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6549" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1E76BC2E" w14:textId="48F23580" w:rsidR="00BF2776" w:rsidRPr="000953CF" w:rsidRDefault="00E61A37" w:rsidP="00F45440">
+          <w:p w14:paraId="10B3B3DF" w14:textId="77777777" w:rsidR="001F4CD6" w:rsidRPr="000953CF" w:rsidRDefault="001F4CD6" w:rsidP="00DF536E">
             <w:pPr>
               <w:pStyle w:val="a4"/>
               <w:spacing w:beforeLines="20" w:before="72" w:afterLines="20" w:after="72" w:line="300" w:lineRule="exact"/>
               <w:ind w:leftChars="0" w:left="2"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:hint="eastAsia"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>#7</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00827DD0">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:shd w:val="pct15" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
               <w:t>(</w:t>
             </w:r>
-            <w:r w:rsidR="00295A80" w:rsidRPr="00827DD0">
+            <w:r w:rsidRPr="00827DD0">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:hint="eastAsia"/>
                 <w:sz w:val="18"/>
                 <w:shd w:val="pct15" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
               <w:t>用選單</w:t>
             </w:r>
             <w:r w:rsidRPr="00827DD0">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:shd w:val="pct15" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
-              <w:t xml:space="preserve">Limits: in </w:t>
-[...3 lines deleted...]
-                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
+              <w:t>Limits: in Trials</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00827DD0">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
+                <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
                 <w:sz w:val="18"/>
                 <w:shd w:val="pct15" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
-              <w:t>Trials</w:t>
-[...17 lines deleted...]
-              <w:t>Cochrane Reviews, Cochrane Protocols</w:t>
+              <w:t>, Cochrane Reviews, Cochrane Protocols</w:t>
             </w:r>
             <w:r w:rsidRPr="00827DD0">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:shd w:val="pct15" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1418" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4C1DF904" w14:textId="244FE983" w:rsidR="00BF2776" w:rsidRPr="008849FC" w:rsidRDefault="00BF2776" w:rsidP="00BF2776">
+          <w:p w14:paraId="590819F3" w14:textId="77777777" w:rsidR="001F4CD6" w:rsidRPr="008849FC" w:rsidRDefault="001F4CD6" w:rsidP="00DF536E">
             <w:pPr>
               <w:pStyle w:val="a4"/>
               <w:spacing w:beforeLines="20" w:before="72" w:afterLines="20" w:after="72" w:line="300" w:lineRule="exact"/>
               <w:ind w:leftChars="0" w:left="2"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008849FC">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:hint="eastAsia"/>
                 <w:b/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>RCT:</w:t>
             </w:r>
-            <w:r w:rsidR="00E61A37">
-[...2 lines deleted...]
-                <w:b/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="001F4CD6" w:rsidRPr="005D46CB" w14:paraId="5E971FD2" w14:textId="77777777" w:rsidTr="00DF536E">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1651" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+          </w:tcPr>
+          <w:p w14:paraId="53CE91DB" w14:textId="77777777" w:rsidR="001F4CD6" w:rsidRPr="005D46CB" w:rsidRDefault="001F4CD6" w:rsidP="00DF536E">
+            <w:pPr>
+              <w:pStyle w:val="a4"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="9"/>
+              </w:numPr>
+              <w:spacing w:beforeLines="10" w:before="36" w:afterLines="10" w:after="36"/>
+              <w:ind w:leftChars="0" w:left="207" w:hanging="207"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="36BE5FD1" w14:textId="77777777" w:rsidR="001F4CD6" w:rsidRDefault="001F4CD6" w:rsidP="00DF536E">
+            <w:pPr>
+              <w:spacing w:beforeLines="10" w:before="36" w:afterLines="10" w:after="36"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:hint="eastAsia"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>CINAHL</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:hint="eastAsia"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>(EBSCOhost</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="406EA5EC" w14:textId="77777777" w:rsidR="001F4CD6" w:rsidRDefault="001F4CD6" w:rsidP="00DF536E">
+            <w:pPr>
+              <w:spacing w:beforeLines="10" w:before="36" w:afterLines="10" w:after="36" w:line="240" w:lineRule="exact"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
+                <w:color w:val="C00000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="6FE03622" w14:textId="77777777" w:rsidR="001F4CD6" w:rsidRDefault="001F4CD6" w:rsidP="00DF536E">
+            <w:pPr>
+              <w:spacing w:beforeLines="10" w:before="36" w:afterLines="10" w:after="36" w:line="240" w:lineRule="exact"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
+                <w:color w:val="C00000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:hint="eastAsia"/>
+                <w:color w:val="C00000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>欄位與語法一定要大寫字母</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0789A9AC" w14:textId="77777777" w:rsidR="001F4CD6" w:rsidRDefault="001F4CD6" w:rsidP="00DF536E">
+            <w:pPr>
+              <w:spacing w:beforeLines="10" w:before="36" w:afterLines="10" w:after="36" w:line="240" w:lineRule="exact"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
+                <w:color w:val="C00000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="473ECD94" w14:textId="77777777" w:rsidR="001F4CD6" w:rsidRPr="00182749" w:rsidRDefault="001F4CD6" w:rsidP="00DF536E">
+            <w:pPr>
+              <w:spacing w:beforeLines="10" w:before="36" w:afterLines="10" w:after="36" w:line="240" w:lineRule="exact"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
+                <w:color w:val="C00000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00182749">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:hint="eastAsia"/>
+                <w:color w:val="C00000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>進階查詢</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00182749">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:hint="eastAsia"/>
+                <w:color w:val="C00000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00182749">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:hint="eastAsia"/>
+                <w:color w:val="C00000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>所有查詢建議均不勾選</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4F61730B" w14:textId="77777777" w:rsidR="001F4CD6" w:rsidRPr="00182749" w:rsidRDefault="001F4CD6" w:rsidP="00DF536E">
+            <w:pPr>
+              <w:spacing w:beforeLines="10" w:before="36" w:afterLines="10" w:after="36" w:line="240" w:lineRule="exact"/>
+              <w:ind w:left="207" w:hangingChars="115" w:hanging="207"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
+                <w:color w:val="C00000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00182749">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:hint="eastAsia"/>
+                <w:color w:val="C00000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:sym w:font="Wingdings" w:char="F06F"/>
+            </w:r>
+            <w:r w:rsidRPr="00182749">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:hint="eastAsia"/>
+                <w:color w:val="C00000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00182749">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
+                <w:color w:val="C00000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Apply related words</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="68874363" w14:textId="77777777" w:rsidR="001F4CD6" w:rsidRPr="005D46CB" w:rsidRDefault="001F4CD6" w:rsidP="00DF536E">
+            <w:pPr>
+              <w:spacing w:beforeLines="10" w:before="36" w:afterLines="10" w:after="36" w:line="240" w:lineRule="exact"/>
+              <w:ind w:left="207" w:hangingChars="115" w:hanging="207"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00182749">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:hint="eastAsia"/>
+                <w:color w:val="C00000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:sym w:font="Wingdings" w:char="F06F"/>
+            </w:r>
+            <w:r w:rsidRPr="00182749">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:hint="eastAsia"/>
+                <w:color w:val="C00000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00182749">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
+                <w:color w:val="C00000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Apply equivalent subjects</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="342" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2831175D" w14:textId="77777777" w:rsidR="001F4CD6" w:rsidRPr="005D46CB" w:rsidRDefault="001F4CD6" w:rsidP="00DF536E">
+            <w:pPr>
+              <w:pStyle w:val="a4"/>
+              <w:spacing w:beforeLines="10" w:before="36" w:afterLines="10" w:after="36"/>
+              <w:ind w:leftChars="0" w:left="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005D46CB">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6549" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7E5A21EC" w14:textId="77777777" w:rsidR="001F4CD6" w:rsidRDefault="001F4CD6" w:rsidP="00DF536E">
+            <w:pPr>
+              <w:pStyle w:val="a4"/>
+              <w:spacing w:beforeLines="20" w:before="72" w:afterLines="20" w:after="72" w:line="300" w:lineRule="exact"/>
+              <w:ind w:leftChars="0" w:left="2"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
+                <w:color w:val="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>P</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:hint="eastAsia"/>
+                <w:color w:val="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>自由詞彙</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="62D46473" w14:textId="77777777" w:rsidR="001F4CD6" w:rsidRPr="00C50FC0" w:rsidRDefault="001F4CD6" w:rsidP="00DF536E">
+            <w:pPr>
+              <w:pStyle w:val="a4"/>
+              <w:spacing w:beforeLines="20" w:before="72" w:afterLines="20" w:after="72" w:line="300" w:lineRule="exact"/>
+              <w:ind w:leftChars="0" w:left="2"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:hint="eastAsia"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">XB </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E30BDF">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:hint="eastAsia"/>
+                <w:color w:val="FF5050"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>(</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00ED67DB">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">GDM OR </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>(</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00ED67DB">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>(gestation* OR pregnan*</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> OR </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00EC35A1">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>gravid</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>*</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00ED67DB">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">) </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E06130">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
+                <w:color w:val="00B0F0"/>
+                <w:sz w:val="22"/>
+                <w:shd w:val="pct15" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>N3</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00ED67DB">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (diabet* OR T2DM OR NIDDM</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00ED67DB">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:hint="eastAsia"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E30BDF">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:hint="eastAsia"/>
+                <w:color w:val="FF5050"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1418" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="73B76B2A" w14:textId="11D53105" w:rsidR="001F4CD6" w:rsidRPr="005D46CB" w:rsidRDefault="001F4CD6" w:rsidP="00DF536E">
+            <w:pPr>
+              <w:pStyle w:val="a4"/>
+              <w:spacing w:beforeLines="20" w:before="72" w:afterLines="20" w:after="72" w:line="200" w:lineRule="exact"/>
+              <w:ind w:leftChars="0" w:left="0"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="001F4CD6" w:rsidRPr="005D46CB" w14:paraId="4B7E3E44" w14:textId="77777777" w:rsidTr="00DF536E">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1651" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="66AC94FA" w14:textId="77777777" w:rsidR="001F4CD6" w:rsidRPr="005D46CB" w:rsidRDefault="001F4CD6" w:rsidP="00DF536E">
+            <w:pPr>
+              <w:pStyle w:val="a4"/>
+              <w:spacing w:beforeLines="10" w:before="36" w:afterLines="10" w:after="36"/>
+              <w:ind w:leftChars="0" w:left="0"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="342" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="05DC24EC" w14:textId="77777777" w:rsidR="001F4CD6" w:rsidRPr="005D46CB" w:rsidRDefault="001F4CD6" w:rsidP="00DF536E">
+            <w:pPr>
+              <w:pStyle w:val="a4"/>
+              <w:spacing w:beforeLines="10" w:before="36" w:afterLines="10" w:after="36"/>
+              <w:ind w:leftChars="0" w:left="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005D46CB">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6549" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="69812D00" w14:textId="77777777" w:rsidR="001F4CD6" w:rsidRDefault="001F4CD6" w:rsidP="00DF536E">
+            <w:pPr>
+              <w:pStyle w:val="a4"/>
+              <w:spacing w:beforeLines="20" w:before="72" w:afterLines="20" w:after="72" w:line="300" w:lineRule="exact"/>
+              <w:ind w:leftChars="0" w:left="2"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
+                <w:color w:val="FF5050"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006A1AE8">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:hint="eastAsia"/>
+                <w:color w:val="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>P</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006A1AE8">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:hint="eastAsia"/>
+                <w:color w:val="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>控制詞彙</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
+                <w:color w:val="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>CINAHL Subject Heading</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1BA84CD7" w14:textId="77777777" w:rsidR="001F4CD6" w:rsidRDefault="001F4CD6" w:rsidP="00DF536E">
+            <w:pPr>
+              <w:pStyle w:val="a4"/>
+              <w:spacing w:beforeLines="20" w:before="72" w:afterLines="20" w:after="72" w:line="300" w:lineRule="exact"/>
+              <w:ind w:leftChars="0" w:left="2"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
+                <w:color w:val="FF0000"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:hint="eastAsia"/>
+                <w:color w:val="FF5050"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>MH</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E30BDF">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
+                <w:color w:val="FF5050"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> "</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00200900">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>Diabetes Mellitus, Gestational</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E30BDF">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
+                <w:color w:val="FF5050"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>+"</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00200900">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004D3AB9">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:hint="eastAsia"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>OR</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00200900">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:hint="eastAsia"/>
+                <w:color w:val="FF5050"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>MH</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E30BDF">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
+                <w:color w:val="FF5050"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> "</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B61C43">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>Pregnancy in Diabetes</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E30BDF">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
+                <w:color w:val="FF5050"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>+"</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2298A6E7" w14:textId="77777777" w:rsidR="001F4CD6" w:rsidRPr="00182749" w:rsidRDefault="001F4CD6" w:rsidP="00DF536E">
+            <w:pPr>
+              <w:pStyle w:val="a4"/>
+              <w:spacing w:beforeLines="20" w:before="72" w:afterLines="20" w:after="72" w:line="300" w:lineRule="exact"/>
+              <w:ind w:leftChars="0" w:left="2"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
+                <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00182749">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:hint="eastAsia"/>
+                <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>逐一附加</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00182749">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:hint="eastAsia"/>
+                <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:sym w:font="Wingdings 3" w:char="F023"/>
+            </w:r>
+            <w:r w:rsidRPr="00182749">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:hint="eastAsia"/>
+                <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00182749">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:hint="eastAsia"/>
+                <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>或</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00182749">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:hint="eastAsia"/>
+                <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00182749">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:hint="eastAsia"/>
+                <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>整串附加</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00182749">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:hint="eastAsia"/>
+                <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:sym w:font="Wingdings 3" w:char="F024"/>
+            </w:r>
+            <w:r w:rsidRPr="00182749">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:hint="eastAsia"/>
+                <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> m</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00182749">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
+                <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>h</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5547BABE" w14:textId="77777777" w:rsidR="001F4CD6" w:rsidRPr="004D3AB9" w:rsidRDefault="001F4CD6" w:rsidP="00DF536E">
+            <w:pPr>
+              <w:pStyle w:val="a4"/>
+              <w:spacing w:beforeLines="20" w:before="72" w:afterLines="20" w:after="72" w:line="300" w:lineRule="exact"/>
+              <w:ind w:leftChars="0" w:left="2"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
+                <w:color w:val="FF0000"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:hint="eastAsia"/>
+                <w:color w:val="FF5050"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>MH</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E30BDF">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
+                <w:color w:val="FF5050"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E30BDF">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:hint="eastAsia"/>
+                <w:color w:val="FF5050"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>(</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E30BDF">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
+                <w:color w:val="FF5050"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>"</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00200900">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>Diabetes Mellitus, Gestational</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E30BDF">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
+                <w:color w:val="FF5050"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>+"</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00200900">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004D3AB9">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:hint="eastAsia"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>OR</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00200900">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BF2776">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
+                <w:color w:val="FF0000"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>"</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B61C43">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>Pregnancy in Diabetes</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E30BDF">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
+                <w:color w:val="FF5050"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>+"</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E30BDF">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:hint="eastAsia"/>
+                <w:color w:val="FF5050"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1418" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3AC65AAB" w14:textId="77777777" w:rsidR="00403965" w:rsidRPr="00182749" w:rsidRDefault="00403965" w:rsidP="00403965">
+            <w:pPr>
+              <w:pStyle w:val="a4"/>
+              <w:spacing w:beforeLines="20" w:before="72" w:afterLines="20" w:after="72" w:line="200" w:lineRule="exact"/>
+              <w:ind w:leftChars="0" w:left="0"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
+                <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00182749">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:hint="eastAsia"/>
+                <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+              <w:t>[</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00182749">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
+                <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+              <w:t>Ctrl+H</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00182749">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:hint="eastAsia"/>
+                <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve">] </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3BD3E829" w14:textId="66912165" w:rsidR="001F4CD6" w:rsidRPr="005D46CB" w:rsidRDefault="00403965" w:rsidP="00403965">
+            <w:pPr>
+              <w:pStyle w:val="a4"/>
+              <w:spacing w:beforeLines="20" w:before="72" w:afterLines="20" w:after="72" w:line="200" w:lineRule="exact"/>
+              <w:ind w:leftChars="0" w:left="2"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00182749">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:hint="eastAsia"/>
+                <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+              <w:t>尋找目標</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00182749">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:hint="eastAsia"/>
+                <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+              <w:t>^p</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00182749">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
+                <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="00182749">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:hint="eastAsia"/>
+                <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+              <w:t>取代為</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00182749">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
+                <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve">+" OR </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
+                <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+              <w:t>MH</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="001F4CD6" w:rsidRPr="005D46CB" w14:paraId="6023DF39" w14:textId="77777777" w:rsidTr="00DF536E">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1651" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="45279A95" w14:textId="77777777" w:rsidR="001F4CD6" w:rsidRPr="005D46CB" w:rsidRDefault="001F4CD6" w:rsidP="00DF536E">
+            <w:pPr>
+              <w:pStyle w:val="a4"/>
+              <w:spacing w:beforeLines="10" w:before="36" w:afterLines="10" w:after="36"/>
+              <w:ind w:leftChars="0" w:left="0"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="342" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1B6224D7" w14:textId="77777777" w:rsidR="001F4CD6" w:rsidRPr="005D46CB" w:rsidRDefault="001F4CD6" w:rsidP="00DF536E">
+            <w:pPr>
+              <w:pStyle w:val="a4"/>
+              <w:spacing w:beforeLines="10" w:before="36" w:afterLines="10" w:after="36"/>
+              <w:ind w:leftChars="0" w:left="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005D46CB">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6549" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1F2C165D" w14:textId="77777777" w:rsidR="001F4CD6" w:rsidRDefault="001F4CD6" w:rsidP="00DF536E">
+            <w:pPr>
+              <w:pStyle w:val="a4"/>
+              <w:spacing w:beforeLines="20" w:before="72" w:afterLines="20" w:after="72" w:line="300" w:lineRule="exact"/>
+              <w:ind w:leftChars="0" w:left="2"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:hint="eastAsia"/>
+                <w:color w:val="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>I</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:hint="eastAsia"/>
+                <w:color w:val="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>自由詞彙</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7962A17C" w14:textId="77777777" w:rsidR="001F4CD6" w:rsidRPr="00E06130" w:rsidRDefault="001F4CD6" w:rsidP="00DF536E">
+            <w:pPr>
+              <w:spacing w:beforeLines="20" w:before="72" w:afterLines="20" w:after="72" w:line="300" w:lineRule="exact"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1418" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="57D9F89F" w14:textId="77777777" w:rsidR="001F4CD6" w:rsidRPr="005D46CB" w:rsidRDefault="001F4CD6" w:rsidP="00DF536E">
+            <w:pPr>
+              <w:pStyle w:val="a4"/>
+              <w:spacing w:beforeLines="20" w:before="72" w:afterLines="20" w:after="72" w:line="300" w:lineRule="exact"/>
+              <w:ind w:leftChars="0" w:left="2"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="001F4CD6" w:rsidRPr="005D46CB" w14:paraId="4B25FCE4" w14:textId="77777777" w:rsidTr="00DF536E">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1651" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="5B378A63" w14:textId="77777777" w:rsidR="001F4CD6" w:rsidRPr="005D46CB" w:rsidRDefault="001F4CD6" w:rsidP="00DF536E">
+            <w:pPr>
+              <w:pStyle w:val="a4"/>
+              <w:spacing w:beforeLines="10" w:before="36" w:afterLines="10" w:after="36"/>
+              <w:ind w:leftChars="0" w:left="0"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="342" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7CC4DB64" w14:textId="77777777" w:rsidR="001F4CD6" w:rsidRPr="005D46CB" w:rsidRDefault="001F4CD6" w:rsidP="00DF536E">
+            <w:pPr>
+              <w:pStyle w:val="a4"/>
+              <w:spacing w:beforeLines="10" w:before="36" w:afterLines="10" w:after="36"/>
+              <w:ind w:leftChars="0" w:left="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005D46CB">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6549" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="27218CF5" w14:textId="77777777" w:rsidR="001F4CD6" w:rsidRDefault="001F4CD6" w:rsidP="00DF536E">
+            <w:pPr>
+              <w:pStyle w:val="a4"/>
+              <w:spacing w:beforeLines="20" w:before="72" w:afterLines="20" w:after="72" w:line="300" w:lineRule="exact"/>
+              <w:ind w:leftChars="0" w:left="2"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
+                <w:color w:val="FF5050"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
+                <w:color w:val="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>I</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006A1AE8">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:hint="eastAsia"/>
+                <w:color w:val="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>控制詞彙</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
+                <w:color w:val="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>CINAHL Subject Heading</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4D294FC5" w14:textId="77777777" w:rsidR="001F4CD6" w:rsidRPr="00E06130" w:rsidRDefault="001F4CD6" w:rsidP="00DF536E">
+            <w:pPr>
+              <w:pStyle w:val="a4"/>
+              <w:spacing w:beforeLines="20" w:before="72" w:afterLines="20" w:after="72" w:line="300" w:lineRule="exact"/>
+              <w:ind w:leftChars="0" w:left="2"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1418" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="44E61E52" w14:textId="77777777" w:rsidR="001F4CD6" w:rsidRPr="005D46CB" w:rsidRDefault="001F4CD6" w:rsidP="00DF536E">
+            <w:pPr>
+              <w:pStyle w:val="a4"/>
+              <w:spacing w:beforeLines="20" w:before="72" w:afterLines="20" w:after="72" w:line="300" w:lineRule="exact"/>
+              <w:ind w:leftChars="0" w:left="2"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="001F4CD6" w:rsidRPr="005D46CB" w14:paraId="7B3A2EB5" w14:textId="77777777" w:rsidTr="00DF536E">
+        <w:trPr>
+          <w:trHeight w:val="452"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1651" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="0B638D26" w14:textId="77777777" w:rsidR="001F4CD6" w:rsidRPr="005D46CB" w:rsidRDefault="001F4CD6" w:rsidP="00DF536E">
+            <w:pPr>
+              <w:pStyle w:val="a4"/>
+              <w:spacing w:beforeLines="10" w:before="36" w:afterLines="10" w:after="36"/>
+              <w:ind w:leftChars="0" w:left="0"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="342" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="052AA7E0" w14:textId="77777777" w:rsidR="001F4CD6" w:rsidRPr="005D46CB" w:rsidRDefault="001F4CD6" w:rsidP="00DF536E">
+            <w:pPr>
+              <w:pStyle w:val="a4"/>
+              <w:spacing w:beforeLines="10" w:before="36" w:afterLines="10" w:after="36"/>
+              <w:ind w:leftChars="0" w:left="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005D46CB">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6549" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5076F146" w14:textId="77777777" w:rsidR="001F4CD6" w:rsidRDefault="001F4CD6" w:rsidP="00DF536E">
+            <w:pPr>
+              <w:pStyle w:val="a4"/>
+              <w:spacing w:beforeLines="20" w:before="72" w:afterLines="20" w:after="72" w:line="300" w:lineRule="exact"/>
+              <w:ind w:leftChars="0" w:left="2"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
+                <w:color w:val="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>O</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:hint="eastAsia"/>
+                <w:color w:val="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>自由詞彙</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7E12ED68" w14:textId="77777777" w:rsidR="001F4CD6" w:rsidRPr="00E06130" w:rsidRDefault="001F4CD6" w:rsidP="00DF536E">
+            <w:pPr>
+              <w:pStyle w:val="a4"/>
+              <w:spacing w:beforeLines="20" w:before="72" w:afterLines="20" w:after="72" w:line="300" w:lineRule="exact"/>
+              <w:ind w:leftChars="0" w:left="2"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1418" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="372AACF6" w14:textId="77777777" w:rsidR="001F4CD6" w:rsidRPr="005D46CB" w:rsidRDefault="001F4CD6" w:rsidP="00DF536E">
+            <w:pPr>
+              <w:pStyle w:val="a4"/>
+              <w:spacing w:beforeLines="20" w:before="72" w:afterLines="20" w:after="72" w:line="300" w:lineRule="exact"/>
+              <w:ind w:leftChars="0" w:left="2"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="001F4CD6" w:rsidRPr="005D46CB" w14:paraId="35C22438" w14:textId="77777777" w:rsidTr="00DF536E">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1651" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="021ED1B0" w14:textId="77777777" w:rsidR="001F4CD6" w:rsidRPr="005D46CB" w:rsidRDefault="001F4CD6" w:rsidP="00DF536E">
+            <w:pPr>
+              <w:pStyle w:val="a4"/>
+              <w:spacing w:beforeLines="10" w:before="36" w:afterLines="10" w:after="36"/>
+              <w:ind w:leftChars="0" w:left="0"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="342" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="735F1132" w14:textId="77777777" w:rsidR="001F4CD6" w:rsidRPr="005D46CB" w:rsidRDefault="001F4CD6" w:rsidP="00DF536E">
+            <w:pPr>
+              <w:pStyle w:val="a4"/>
+              <w:spacing w:beforeLines="10" w:before="36" w:afterLines="10" w:after="36"/>
+              <w:ind w:leftChars="0" w:left="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005D46CB">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6549" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="21239737" w14:textId="77777777" w:rsidR="001F4CD6" w:rsidRDefault="001F4CD6" w:rsidP="00DF536E">
+            <w:pPr>
+              <w:pStyle w:val="a4"/>
+              <w:spacing w:beforeLines="20" w:before="72" w:afterLines="20" w:after="72" w:line="300" w:lineRule="exact"/>
+              <w:ind w:leftChars="0" w:left="2"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
+                <w:color w:val="FF5050"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
+                <w:color w:val="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>O</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006A1AE8">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:hint="eastAsia"/>
+                <w:color w:val="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>控制詞彙</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
+                <w:color w:val="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>CINAHL Subject Heading</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6D6CE0AF" w14:textId="77777777" w:rsidR="001F4CD6" w:rsidRPr="00E06130" w:rsidRDefault="001F4CD6" w:rsidP="00DF536E">
+            <w:pPr>
+              <w:pStyle w:val="a4"/>
+              <w:spacing w:beforeLines="20" w:before="72" w:afterLines="20" w:after="72" w:line="300" w:lineRule="exact"/>
+              <w:ind w:leftChars="0" w:left="2"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1418" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="04F49343" w14:textId="77777777" w:rsidR="001F4CD6" w:rsidRPr="005D46CB" w:rsidRDefault="001F4CD6" w:rsidP="00DF536E">
+            <w:pPr>
+              <w:pStyle w:val="a4"/>
+              <w:spacing w:beforeLines="20" w:before="72" w:afterLines="20" w:after="72" w:line="300" w:lineRule="exact"/>
+              <w:ind w:leftChars="0" w:left="2"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="001F4CD6" w:rsidRPr="008849FC" w14:paraId="7746B900" w14:textId="77777777" w:rsidTr="00DF536E">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1651" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="73F438A1" w14:textId="77777777" w:rsidR="001F4CD6" w:rsidRPr="005D46CB" w:rsidRDefault="001F4CD6" w:rsidP="00DF536E">
+            <w:pPr>
+              <w:pStyle w:val="a4"/>
+              <w:spacing w:beforeLines="10" w:before="36" w:afterLines="10" w:after="36"/>
+              <w:ind w:leftChars="0" w:left="0"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="342" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7B2D72D8" w14:textId="77777777" w:rsidR="001F4CD6" w:rsidRPr="005D46CB" w:rsidRDefault="001F4CD6" w:rsidP="00DF536E">
+            <w:pPr>
+              <w:pStyle w:val="a4"/>
+              <w:spacing w:beforeLines="10" w:before="36" w:afterLines="10" w:after="36"/>
+              <w:ind w:leftChars="0" w:left="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005D46CB">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6549" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="199BBA23" w14:textId="77777777" w:rsidR="001F4CD6" w:rsidRPr="008849FC" w:rsidRDefault="001F4CD6" w:rsidP="00DF536E">
+            <w:pPr>
+              <w:pStyle w:val="a4"/>
+              <w:spacing w:beforeLines="20" w:before="72" w:afterLines="20" w:after="72" w:line="300" w:lineRule="exact"/>
+              <w:ind w:leftChars="0" w:left="2"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>(</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00827DD0">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:shd w:val="pct15" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>S</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>1 OR S2) AND (S3 OR S</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008F5EE0">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>4) AND (</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>S</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008F5EE0">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">5 OR </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>S</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008F5EE0">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>6)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1418" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="06409953" w14:textId="77777777" w:rsidR="001F4CD6" w:rsidRPr="008849FC" w:rsidRDefault="001F4CD6" w:rsidP="00DF536E">
+            <w:pPr>
+              <w:pStyle w:val="a4"/>
+              <w:spacing w:beforeLines="20" w:before="72" w:afterLines="20" w:after="72" w:line="300" w:lineRule="exact"/>
+              <w:ind w:leftChars="0" w:left="2"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:hint="eastAsia"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>All</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">: </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="001F4CD6" w:rsidRPr="008849FC" w14:paraId="736B26AE" w14:textId="77777777" w:rsidTr="00DF536E">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1651" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="6F342983" w14:textId="77777777" w:rsidR="001F4CD6" w:rsidRPr="005D46CB" w:rsidRDefault="001F4CD6" w:rsidP="00DF536E">
+            <w:pPr>
+              <w:pStyle w:val="a4"/>
+              <w:spacing w:beforeLines="10" w:before="36" w:afterLines="10" w:after="36"/>
+              <w:ind w:leftChars="0" w:left="0"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="342" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3F2971D0" w14:textId="77777777" w:rsidR="001F4CD6" w:rsidRPr="005D46CB" w:rsidRDefault="001F4CD6" w:rsidP="00DF536E">
+            <w:pPr>
+              <w:pStyle w:val="a4"/>
+              <w:spacing w:beforeLines="10" w:before="36" w:afterLines="10" w:after="36"/>
+              <w:ind w:leftChars="0" w:left="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005D46CB">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6549" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="34000FB5" w14:textId="77777777" w:rsidR="001F4CD6" w:rsidRPr="000953CF" w:rsidRDefault="001F4CD6" w:rsidP="00DF536E">
+            <w:pPr>
+              <w:pStyle w:val="a4"/>
+              <w:spacing w:beforeLines="10" w:before="36" w:afterLines="10" w:after="36" w:line="0" w:lineRule="atLeast"/>
+              <w:ind w:leftChars="0" w:left="0"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:hint="eastAsia"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>S7</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00827DD0">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="16"/>
+                <w:shd w:val="pct15" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>AND (MH ("randomized controlled trials" OR "double‐blind studies" OR "single‐blind studies" OR "random assignment" OR "pretest‐posttest design" OR "cluster sample") OR TI (randomised OR randomized) OR AB (random*) OR TI (trial) OR (MH (sample size) AND AB (assigned OR allocated OR control)) OR MH (placebos) OR PT (randomized controlled trial) OR AB (control W5 group) OR MH ("crossover design" OR "comparative studies") OR AB (cluster W3 RCT)) NOT ((MH ("animals+" OR "animal studies") OR TI (animal model*)) NOT MH (human))</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1418" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="01674FC0" w14:textId="77777777" w:rsidR="001F4CD6" w:rsidRPr="008849FC" w:rsidRDefault="001F4CD6" w:rsidP="00DF536E">
+            <w:pPr>
+              <w:pStyle w:val="a4"/>
+              <w:spacing w:beforeLines="20" w:before="72" w:afterLines="20" w:after="72" w:line="300" w:lineRule="exact"/>
+              <w:ind w:leftChars="0" w:left="2"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008849FC">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:hint="eastAsia"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>RCT:</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="001F4CD6" w:rsidRPr="008849FC" w14:paraId="66C10E3F" w14:textId="77777777" w:rsidTr="00DF536E">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1651" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+          </w:tcPr>
+          <w:p w14:paraId="70B7C850" w14:textId="77777777" w:rsidR="001F4CD6" w:rsidRPr="005D46CB" w:rsidRDefault="001F4CD6" w:rsidP="00DF536E">
+            <w:pPr>
+              <w:pStyle w:val="a4"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="9"/>
+              </w:numPr>
+              <w:spacing w:beforeLines="10" w:before="36" w:afterLines="10" w:after="36"/>
+              <w:ind w:leftChars="0" w:left="207" w:hanging="207"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="558C880B" w14:textId="77777777" w:rsidR="001F4CD6" w:rsidRDefault="001F4CD6" w:rsidP="00DF536E">
+            <w:pPr>
+              <w:spacing w:beforeLines="10" w:before="36" w:afterLines="10" w:after="36" w:line="240" w:lineRule="exact"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>Scopus</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0B4BE5E4" w14:textId="77777777" w:rsidR="001F4CD6" w:rsidRPr="00E1299D" w:rsidRDefault="001F4CD6" w:rsidP="00DF536E">
+            <w:pPr>
+              <w:pStyle w:val="a4"/>
+              <w:spacing w:beforeLines="20" w:before="72" w:afterLines="20" w:after="72" w:line="260" w:lineRule="exact"/>
+              <w:ind w:leftChars="0" w:left="0"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
+                <w:color w:val="FF0000"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E1299D">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:hint="eastAsia"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>在</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:hint="eastAsia"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>進階</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E1299D">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:hint="eastAsia"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>介面輸入</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="79BF11C6" w14:textId="77777777" w:rsidR="001F4CD6" w:rsidRPr="005D46CB" w:rsidRDefault="001F4CD6" w:rsidP="00DF536E">
+            <w:pPr>
+              <w:pStyle w:val="a4"/>
+              <w:spacing w:beforeLines="10" w:before="36" w:afterLines="10" w:after="36"/>
+              <w:ind w:leftChars="0" w:left="0"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00182749">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:hint="eastAsia"/>
+                <w:color w:val="C00000"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+              <w:t>(</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00182749">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:hint="eastAsia"/>
+                <w:color w:val="C00000"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+              <w:t>無控制詞彙</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00182749">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
+                <w:color w:val="C00000"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+              <w:t>)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3219D0BE" w14:textId="77777777" w:rsidR="001F4CD6" w:rsidRDefault="001F4CD6" w:rsidP="00DF536E">
+            <w:pPr>
+              <w:pStyle w:val="a4"/>
+              <w:spacing w:beforeLines="10" w:before="36" w:afterLines="10" w:after="36"/>
+              <w:ind w:leftChars="0" w:left="0"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="2369CD96" w14:textId="77777777" w:rsidR="001F4CD6" w:rsidRDefault="001F4CD6" w:rsidP="00DF536E">
+            <w:pPr>
+              <w:pStyle w:val="a4"/>
+              <w:spacing w:beforeLines="10" w:before="36" w:afterLines="10" w:after="36"/>
+              <w:ind w:leftChars="0" w:left="0"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="342" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2D00AEB0" w14:textId="77777777" w:rsidR="001F4CD6" w:rsidRDefault="001F4CD6" w:rsidP="00DF536E">
+            <w:pPr>
+              <w:pStyle w:val="a4"/>
+              <w:spacing w:beforeLines="10" w:before="36" w:afterLines="10" w:after="36"/>
+              <w:ind w:leftChars="0" w:left="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:hint="eastAsia"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6549" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0E3A5C73" w14:textId="77777777" w:rsidR="001F4CD6" w:rsidRDefault="001F4CD6" w:rsidP="00DF536E">
+            <w:pPr>
+              <w:pStyle w:val="a4"/>
+              <w:spacing w:beforeLines="20" w:before="72" w:afterLines="20" w:after="72" w:line="300" w:lineRule="exact"/>
+              <w:ind w:leftChars="0" w:left="2"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
+                <w:color w:val="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>P</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:hint="eastAsia"/>
+                <w:color w:val="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>自由詞彙</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6FF95854" w14:textId="77777777" w:rsidR="001F4CD6" w:rsidRPr="00A7681A" w:rsidRDefault="001F4CD6" w:rsidP="00DF536E">
+            <w:pPr>
+              <w:pStyle w:val="a4"/>
+              <w:spacing w:beforeLines="20" w:before="72" w:afterLines="20" w:after="72" w:line="300" w:lineRule="exact"/>
+              <w:ind w:leftChars="0" w:left="2"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
+                <w:b/>
+                <w:color w:val="00B050"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">title-abs </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00ED5D96">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
+                <w:b/>
+                <w:color w:val="00B050"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>(</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00ED67DB">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">GDM OR </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>(</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00ED67DB">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>(gestation* OR pregnan*</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> OR </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00EC35A1">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>gravid</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>*</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00ED67DB">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">) </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
+                <w:color w:val="00B0F0"/>
+                <w:sz w:val="22"/>
+                <w:shd w:val="pct15" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>W</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00ED5D96">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
+                <w:color w:val="00B0F0"/>
+                <w:sz w:val="22"/>
+                <w:shd w:val="pct15" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>/3</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00ED67DB">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (diabet* OR T2DM OR NIDDM</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00ED67DB">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:hint="eastAsia"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00ED5D96">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
+                <w:b/>
+                <w:color w:val="00B050"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
+                <w:b/>
+                <w:color w:val="00B050"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E63BFC">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>OR</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
+                <w:b/>
+                <w:color w:val="00B050"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> authkey </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00ED5D96">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
+                <w:b/>
+                <w:color w:val="00B050"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>(</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00ED67DB">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">GDM OR </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>(</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00ED67DB">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>(gestation* OR pregnan*</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> OR </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00EC35A1">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>gravid</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>*</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00ED67DB">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">) </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
+                <w:color w:val="00B0F0"/>
+                <w:sz w:val="22"/>
+                <w:shd w:val="pct15" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>W</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00ED5D96">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
+                <w:color w:val="00B0F0"/>
+                <w:sz w:val="22"/>
+                <w:shd w:val="pct15" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>/3</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00ED67DB">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (diabet* OR T2DM OR NIDDM</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00ED67DB">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:hint="eastAsia"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00ED5D96">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
+                <w:b/>
+                <w:color w:val="00B050"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1418" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4BBE8354" w14:textId="77777777" w:rsidR="001F4CD6" w:rsidRPr="008849FC" w:rsidRDefault="001F4CD6" w:rsidP="00DF536E">
+            <w:pPr>
+              <w:pStyle w:val="a4"/>
+              <w:spacing w:beforeLines="20" w:before="72" w:afterLines="20" w:after="72" w:line="300" w:lineRule="exact"/>
+              <w:ind w:leftChars="0" w:left="2"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="001F4CD6" w:rsidRPr="008849FC" w14:paraId="1C62BE58" w14:textId="77777777" w:rsidTr="00DF536E">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1651" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="174C73D6" w14:textId="77777777" w:rsidR="001F4CD6" w:rsidRPr="005D46CB" w:rsidRDefault="001F4CD6" w:rsidP="00DF536E">
+            <w:pPr>
+              <w:pStyle w:val="a4"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="9"/>
+              </w:numPr>
+              <w:spacing w:beforeLines="10" w:before="36" w:afterLines="10" w:after="36"/>
+              <w:ind w:leftChars="0" w:left="207" w:hanging="207"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="342" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6B049043" w14:textId="77777777" w:rsidR="001F4CD6" w:rsidRDefault="001F4CD6" w:rsidP="00DF536E">
+            <w:pPr>
+              <w:pStyle w:val="a4"/>
+              <w:spacing w:beforeLines="10" w:before="36" w:afterLines="10" w:after="36"/>
+              <w:ind w:leftChars="0" w:left="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:hint="eastAsia"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6549" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="291F4B09" w14:textId="77777777" w:rsidR="001F4CD6" w:rsidRDefault="001F4CD6" w:rsidP="00DF536E">
+            <w:pPr>
+              <w:pStyle w:val="a4"/>
+              <w:spacing w:beforeLines="20" w:before="72" w:afterLines="20" w:after="72" w:line="300" w:lineRule="exact"/>
+              <w:ind w:leftChars="0" w:left="2"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
+                <w:color w:val="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>I</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:hint="eastAsia"/>
+                <w:color w:val="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>自由詞彙</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="308E52F1" w14:textId="77777777" w:rsidR="001F4CD6" w:rsidRPr="00E63BFC" w:rsidRDefault="001F4CD6" w:rsidP="00DF536E">
+            <w:pPr>
+              <w:pStyle w:val="a4"/>
+              <w:spacing w:beforeLines="20" w:before="72" w:afterLines="20" w:after="72" w:line="300" w:lineRule="exact"/>
+              <w:ind w:leftChars="0" w:left="2"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
+                <w:color w:val="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1418" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5F10A3A4" w14:textId="77777777" w:rsidR="001F4CD6" w:rsidRPr="008849FC" w:rsidRDefault="001F4CD6" w:rsidP="00DF536E">
+            <w:pPr>
+              <w:pStyle w:val="a4"/>
+              <w:spacing w:beforeLines="20" w:before="72" w:afterLines="20" w:after="72" w:line="300" w:lineRule="exact"/>
+              <w:ind w:leftChars="0" w:left="2"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="001F4CD6" w:rsidRPr="008849FC" w14:paraId="20B19C03" w14:textId="77777777" w:rsidTr="00DF536E">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1651" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="132D01CD" w14:textId="77777777" w:rsidR="001F4CD6" w:rsidRPr="005D46CB" w:rsidRDefault="001F4CD6" w:rsidP="00DF536E">
+            <w:pPr>
+              <w:pStyle w:val="a4"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="9"/>
+              </w:numPr>
+              <w:spacing w:beforeLines="10" w:before="36" w:afterLines="10" w:after="36"/>
+              <w:ind w:leftChars="0" w:left="207" w:hanging="207"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="342" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="40AAC20E" w14:textId="77777777" w:rsidR="001F4CD6" w:rsidRDefault="001F4CD6" w:rsidP="00DF536E">
+            <w:pPr>
+              <w:pStyle w:val="a4"/>
+              <w:spacing w:beforeLines="10" w:before="36" w:afterLines="10" w:after="36"/>
+              <w:ind w:leftChars="0" w:left="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:hint="eastAsia"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6549" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="71E36FD8" w14:textId="77777777" w:rsidR="001F4CD6" w:rsidRDefault="001F4CD6" w:rsidP="00DF536E">
+            <w:pPr>
+              <w:pStyle w:val="a4"/>
+              <w:spacing w:beforeLines="20" w:before="72" w:afterLines="20" w:after="72" w:line="300" w:lineRule="exact"/>
+              <w:ind w:leftChars="0" w:left="2"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
+                <w:color w:val="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>O</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:hint="eastAsia"/>
+                <w:color w:val="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>自由詞彙</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3D46ACBA" w14:textId="77777777" w:rsidR="001F4CD6" w:rsidRDefault="001F4CD6" w:rsidP="00DF536E">
+            <w:pPr>
+              <w:pStyle w:val="a4"/>
+              <w:spacing w:beforeLines="20" w:before="72" w:afterLines="20" w:after="72" w:line="300" w:lineRule="exact"/>
+              <w:ind w:leftChars="0" w:left="2"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
+                <w:color w:val="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1418" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5B5D2DC4" w14:textId="77777777" w:rsidR="001F4CD6" w:rsidRPr="008849FC" w:rsidRDefault="001F4CD6" w:rsidP="00DF536E">
+            <w:pPr>
+              <w:pStyle w:val="a4"/>
+              <w:spacing w:beforeLines="20" w:before="72" w:afterLines="20" w:after="72" w:line="300" w:lineRule="exact"/>
+              <w:ind w:leftChars="0" w:left="2"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="001F4CD6" w:rsidRPr="008849FC" w14:paraId="1C376415" w14:textId="77777777" w:rsidTr="00DF536E">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1651" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="58BAD077" w14:textId="77777777" w:rsidR="001F4CD6" w:rsidRPr="005D46CB" w:rsidRDefault="001F4CD6" w:rsidP="00DF536E">
+            <w:pPr>
+              <w:pStyle w:val="a4"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="9"/>
+              </w:numPr>
+              <w:spacing w:beforeLines="10" w:before="36" w:afterLines="10" w:after="36"/>
+              <w:ind w:leftChars="0" w:left="207" w:hanging="207"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="342" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="11DC59F9" w14:textId="77777777" w:rsidR="001F4CD6" w:rsidRDefault="001F4CD6" w:rsidP="00DF536E">
+            <w:pPr>
+              <w:pStyle w:val="a4"/>
+              <w:spacing w:beforeLines="10" w:before="36" w:afterLines="10" w:after="36"/>
+              <w:ind w:leftChars="0" w:left="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:hint="eastAsia"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6549" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4D7458C8" w14:textId="77777777" w:rsidR="001F4CD6" w:rsidRPr="002C0F66" w:rsidRDefault="001F4CD6" w:rsidP="00DF536E">
+            <w:pPr>
+              <w:pStyle w:val="Web"/>
+              <w:spacing w:beforeLines="50" w:before="180" w:beforeAutospacing="0" w:afterLines="10" w:after="36" w:afterAutospacing="0" w:line="0" w:lineRule="atLeast"/>
+              <w:textAlignment w:val="top"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002C0F66">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>(INDEXTERMS ( "clinical trials" OR "clinical trials as a topic" OR "randomized controlled trial" OR "Randomized Controlled Trials as Topic" OR "controlled clinical trial" OR "Controlled Clinical Trials" OR "random allocation" OR "Double-Blind Method" OR "Single-Blind Method" OR "Cross-Over Studies" OR "Placebos" OR "multicenter study" OR "double blind procedure" OR "single blind procedure" OR "crossover procedure" OR "clinical trial" OR "controlled study" OR "randomization" OR "placebo" ) OR TITLE-ABS-KEY ( "clinical trials" OR "clinical trials as a topic" OR "randomized controlled trial" OR "Randomized Controlled Trials as Topic" OR "controlled clinical trial" OR "Controlled Clinical Trials as Topic" OR "random allocation" OR "randomly allocated" OR "allocated randomly" OR "Double-Blind Method" OR "Single-Blind Method" OR "Cross-Over Studies" OR "Placebos" OR "cross-over trial" OR "single blind" OR "double blind" OR "factorial design" OR "factorial trial" ) OR TITLE ( clinical trial OR trial OR rct* OR random* OR blind* ))</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="037EDAC2" w14:textId="77777777" w:rsidR="001F4CD6" w:rsidRDefault="001F4CD6" w:rsidP="00DF536E">
+            <w:pPr>
+              <w:pStyle w:val="Web"/>
+              <w:spacing w:beforeLines="10" w:before="36" w:beforeAutospacing="0" w:afterLines="10" w:after="36" w:afterAutospacing="0" w:line="0" w:lineRule="atLeast"/>
+              <w:textAlignment w:val="top"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                <w:sz w:val="10"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AF2847">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                <w:sz w:val="10"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="349AFFBF" w14:textId="77777777" w:rsidR="001F4CD6" w:rsidRDefault="001F4CD6" w:rsidP="00DF536E">
+            <w:pPr>
+              <w:pStyle w:val="a4"/>
+              <w:spacing w:beforeLines="20" w:before="72" w:afterLines="20" w:after="72" w:line="300" w:lineRule="exact"/>
+              <w:ind w:leftChars="0" w:left="2"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
+                <w:color w:val="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A1488">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="10"/>
+                <w:szCs w:val="10"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Filter Source: </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r w:rsidRPr="004D29BA">
+                <w:rPr>
+                  <w:rStyle w:val="aa"/>
+                  <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                  <w:color w:val="0070C0"/>
+                  <w:sz w:val="10"/>
+                  <w:szCs w:val="10"/>
+                </w:rPr>
+                <w:t>This filter is built by NUS Medical Library</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r w:rsidRPr="002A1488">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="10"/>
+                <w:szCs w:val="10"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> using MESH and EMTREE terms as Index terms and Keywords. Useful to search in Scopus for RCTs.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1418" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="39520FDD" w14:textId="77777777" w:rsidR="001F4CD6" w:rsidRPr="008849FC" w:rsidRDefault="001F4CD6" w:rsidP="00DF536E">
+            <w:pPr>
+              <w:pStyle w:val="a4"/>
+              <w:spacing w:beforeLines="20" w:before="72" w:afterLines="20" w:after="72" w:line="300" w:lineRule="exact"/>
+              <w:ind w:leftChars="0" w:left="2"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="001F4CD6" w:rsidRPr="008849FC" w14:paraId="46D4C3C8" w14:textId="77777777" w:rsidTr="00DF536E">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1651" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="14074875" w14:textId="77777777" w:rsidR="001F4CD6" w:rsidRPr="005D46CB" w:rsidRDefault="001F4CD6" w:rsidP="00DF536E">
+            <w:pPr>
+              <w:pStyle w:val="a4"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="9"/>
+              </w:numPr>
+              <w:spacing w:beforeLines="10" w:before="36" w:afterLines="10" w:after="36"/>
+              <w:ind w:leftChars="0" w:left="207" w:hanging="207"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="342" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="76736746" w14:textId="77777777" w:rsidR="001F4CD6" w:rsidRDefault="001F4CD6" w:rsidP="00DF536E">
+            <w:pPr>
+              <w:pStyle w:val="a4"/>
+              <w:spacing w:beforeLines="10" w:before="36" w:afterLines="10" w:after="36"/>
+              <w:ind w:leftChars="0" w:left="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:hint="eastAsia"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6549" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="444DE02A" w14:textId="77777777" w:rsidR="001F4CD6" w:rsidRPr="00A363DE" w:rsidRDefault="001F4CD6" w:rsidP="00DF536E">
+            <w:pPr>
+              <w:pStyle w:val="a4"/>
+              <w:spacing w:beforeLines="10" w:before="36" w:afterLines="10" w:after="36"/>
+              <w:ind w:leftChars="0" w:left="0"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
+                <w:color w:val="C00000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:hint="eastAsia"/>
+                <w:color w:val="C00000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>須切換到：</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A363DE">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:hint="eastAsia"/>
+                <w:color w:val="C00000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>基本搜尋</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A363DE">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:hint="eastAsia"/>
+                <w:color w:val="C00000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Basic </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A363DE">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
+                <w:color w:val="C00000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Search</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A363DE">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:hint="eastAsia"/>
+                <w:color w:val="C00000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> &gt; Se</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A363DE">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
+                <w:color w:val="C00000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>arch History:</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A363DE">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:hint="eastAsia"/>
+                <w:color w:val="C00000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>打勾三項組合</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A363DE">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
+                <w:color w:val="C00000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
+                <w:color w:val="C00000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:hint="eastAsia"/>
+                <w:color w:val="C00000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">          </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A363DE">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
+                <w:color w:val="C00000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">&gt; </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A363DE">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:hint="eastAsia"/>
+                <w:color w:val="C00000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>點擊</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A363DE">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
+                <w:color w:val="C00000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Combine queries</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A363DE">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:hint="eastAsia"/>
+                <w:color w:val="C00000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> &gt; AND</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7A9D8F49" w14:textId="77777777" w:rsidR="001F4CD6" w:rsidRDefault="001F4CD6" w:rsidP="00DF536E">
+            <w:pPr>
+              <w:pStyle w:val="a4"/>
+              <w:spacing w:beforeLines="20" w:before="72" w:afterLines="20" w:after="72" w:line="300" w:lineRule="exact"/>
+              <w:ind w:leftChars="0" w:left="2"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
+                <w:color w:val="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E2602A">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>#1 AND #2 AND #3</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:hint="eastAsia"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> AND #4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1418" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="098ED02B" w14:textId="77777777" w:rsidR="001F4CD6" w:rsidRPr="008849FC" w:rsidRDefault="001F4CD6" w:rsidP="00DF536E">
+            <w:pPr>
+              <w:pStyle w:val="a4"/>
+              <w:spacing w:beforeLines="20" w:before="72" w:afterLines="20" w:after="72" w:line="300" w:lineRule="exact"/>
+              <w:ind w:leftChars="0" w:left="2"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:hint="eastAsia"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">RCT: </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="001F4CD6" w:rsidRPr="008849FC" w14:paraId="0C98BFA0" w14:textId="77777777" w:rsidTr="00DF536E">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1651" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+          </w:tcPr>
+          <w:p w14:paraId="6B67B867" w14:textId="77777777" w:rsidR="001F4CD6" w:rsidRPr="005D46CB" w:rsidRDefault="001F4CD6" w:rsidP="00DF536E">
+            <w:pPr>
+              <w:pStyle w:val="a4"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="9"/>
+              </w:numPr>
+              <w:spacing w:beforeLines="10" w:before="36" w:afterLines="10" w:after="36"/>
+              <w:ind w:leftChars="0" w:left="207" w:hanging="207"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="051A4514" w14:textId="77777777" w:rsidR="001F4CD6" w:rsidRDefault="001F4CD6" w:rsidP="00DF536E">
+            <w:pPr>
+              <w:spacing w:beforeLines="10" w:before="36" w:afterLines="10" w:after="36" w:line="240" w:lineRule="exact"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:hint="eastAsia"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>We</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">b of Science: </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>Core Collection</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5BD8B4E7" w14:textId="77777777" w:rsidR="001F4CD6" w:rsidRPr="00E1299D" w:rsidRDefault="001F4CD6" w:rsidP="00DF536E">
+            <w:pPr>
+              <w:pStyle w:val="a4"/>
+              <w:spacing w:beforeLines="20" w:before="72" w:afterLines="20" w:after="72" w:line="260" w:lineRule="exact"/>
+              <w:ind w:leftChars="0" w:left="0"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
+                <w:color w:val="FF0000"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E1299D">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:hint="eastAsia"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>在</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:hint="eastAsia"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>進階</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E1299D">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:hint="eastAsia"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>介面輸入</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="23A0FB4E" w14:textId="77777777" w:rsidR="001F4CD6" w:rsidRPr="005D46CB" w:rsidRDefault="001F4CD6" w:rsidP="00DF536E">
+            <w:pPr>
+              <w:pStyle w:val="a4"/>
+              <w:spacing w:beforeLines="10" w:before="36" w:afterLines="10" w:after="36"/>
+              <w:ind w:leftChars="0" w:left="0"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00182749">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:hint="eastAsia"/>
+                <w:color w:val="C00000"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+              <w:t>(</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00182749">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:hint="eastAsia"/>
+                <w:color w:val="C00000"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+              <w:t>無控制詞彙</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00182749">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
+                <w:color w:val="C00000"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+              <w:t>)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="71D59CB3" w14:textId="77777777" w:rsidR="001F4CD6" w:rsidRPr="00F02E63" w:rsidRDefault="001F4CD6" w:rsidP="00DF536E">
+            <w:pPr>
+              <w:spacing w:beforeLines="10" w:before="36" w:afterLines="10" w:after="36"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="342" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2AE9762A" w14:textId="77777777" w:rsidR="001F4CD6" w:rsidRDefault="001F4CD6" w:rsidP="00DF536E">
+            <w:pPr>
+              <w:pStyle w:val="a4"/>
+              <w:spacing w:beforeLines="10" w:before="36" w:afterLines="10" w:after="36"/>
+              <w:ind w:leftChars="0" w:left="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00914676">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:hint="eastAsia"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6549" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5966FBE7" w14:textId="77777777" w:rsidR="001F4CD6" w:rsidRPr="00FA7576" w:rsidRDefault="001F4CD6" w:rsidP="00DF536E">
+            <w:pPr>
+              <w:pStyle w:val="a4"/>
+              <w:spacing w:beforeLines="20" w:before="72" w:afterLines="20" w:after="72" w:line="300" w:lineRule="exact"/>
+              <w:ind w:leftChars="0" w:left="2"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
+                <w:color w:val="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FA7576">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
+                <w:color w:val="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>P</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FA7576">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:hint="eastAsia"/>
+                <w:color w:val="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>自由詞彙</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5EDAB42B" w14:textId="77777777" w:rsidR="001F4CD6" w:rsidRPr="00FA7576" w:rsidRDefault="001F4CD6" w:rsidP="00DF536E">
+            <w:pPr>
+              <w:pStyle w:val="a4"/>
+              <w:spacing w:beforeLines="20" w:before="72" w:afterLines="20" w:after="72" w:line="300" w:lineRule="exact"/>
+              <w:ind w:leftChars="0" w:left="2"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
+                <w:color w:val="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FA7576">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
+                <w:b/>
+                <w:color w:val="00B050"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>TS =</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FA7576">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (GDM OR ((gestation* OR pregnan* OR gravid*) </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FA7576">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
+                <w:color w:val="00B0F0"/>
+                <w:sz w:val="22"/>
+                <w:shd w:val="pct15" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>NEAR/3</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FA7576">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (diabet* OR T2DM OR NIDDM</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FA7576">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:hint="eastAsia"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FA7576">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FA7576">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
+                <w:b/>
+                <w:color w:val="00B050"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1418" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="073EBB01" w14:textId="77777777" w:rsidR="001F4CD6" w:rsidRPr="008849FC" w:rsidRDefault="001F4CD6" w:rsidP="00DF536E">
+            <w:pPr>
+              <w:pStyle w:val="a4"/>
+              <w:spacing w:beforeLines="20" w:before="72" w:afterLines="20" w:after="72" w:line="300" w:lineRule="exact"/>
+              <w:ind w:leftChars="0" w:left="2"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="001F4CD6" w:rsidRPr="008849FC" w14:paraId="12A8023F" w14:textId="77777777" w:rsidTr="00DF536E">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1651" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="5AFC21AF" w14:textId="77777777" w:rsidR="001F4CD6" w:rsidRPr="005D46CB" w:rsidRDefault="001F4CD6" w:rsidP="00DF536E">
+            <w:pPr>
+              <w:pStyle w:val="a4"/>
+              <w:spacing w:beforeLines="10" w:before="36" w:afterLines="10" w:after="36"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="342" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="15A51822" w14:textId="77777777" w:rsidR="001F4CD6" w:rsidRPr="00914676" w:rsidRDefault="001F4CD6" w:rsidP="00DF536E">
+            <w:pPr>
+              <w:pStyle w:val="a4"/>
+              <w:spacing w:beforeLines="10" w:before="36" w:afterLines="10" w:after="36"/>
+              <w:ind w:leftChars="0" w:left="207" w:hanging="207"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00914676">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:hint="eastAsia"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6549" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="799B96DB" w14:textId="77777777" w:rsidR="001F4CD6" w:rsidRPr="00FA7576" w:rsidRDefault="001F4CD6" w:rsidP="00DF536E">
+            <w:pPr>
+              <w:pStyle w:val="a4"/>
+              <w:spacing w:beforeLines="20" w:before="72" w:afterLines="20" w:after="72" w:line="300" w:lineRule="exact"/>
+              <w:ind w:leftChars="0" w:left="2"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
+                <w:color w:val="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FA7576">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
+                <w:color w:val="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>I</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FA7576">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:hint="eastAsia"/>
+                <w:color w:val="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>自由詞彙</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="60F74CD6" w14:textId="77777777" w:rsidR="001F4CD6" w:rsidRPr="00FA7576" w:rsidRDefault="001F4CD6" w:rsidP="00DF536E">
+            <w:pPr>
+              <w:pStyle w:val="a4"/>
+              <w:spacing w:beforeLines="10" w:before="36" w:afterLines="10" w:after="36"/>
+              <w:ind w:leftChars="0" w:left="0"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1418" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0A4BA28F" w14:textId="77777777" w:rsidR="001F4CD6" w:rsidRPr="00914676" w:rsidRDefault="001F4CD6" w:rsidP="00DF536E">
+            <w:pPr>
+              <w:pStyle w:val="a4"/>
+              <w:spacing w:beforeLines="20" w:before="72" w:afterLines="20" w:after="72" w:line="300" w:lineRule="exact"/>
+              <w:ind w:leftChars="0" w:left="2"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
+                <w:color w:val="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="001F4CD6" w:rsidRPr="008849FC" w14:paraId="368A33B0" w14:textId="77777777" w:rsidTr="00DF536E">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1651" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="526AEA80" w14:textId="77777777" w:rsidR="001F4CD6" w:rsidRPr="005D46CB" w:rsidRDefault="001F4CD6" w:rsidP="00DF536E">
+            <w:pPr>
+              <w:pStyle w:val="a4"/>
+              <w:spacing w:beforeLines="10" w:before="36" w:afterLines="10" w:after="36"/>
+              <w:ind w:leftChars="0" w:left="0"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="342" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="6AB31281" w14:textId="77777777" w:rsidR="001F4CD6" w:rsidRPr="00914676" w:rsidRDefault="001F4CD6" w:rsidP="00DF536E">
+            <w:pPr>
+              <w:pStyle w:val="a4"/>
+              <w:spacing w:beforeLines="10" w:before="36" w:afterLines="10" w:after="36"/>
+              <w:ind w:leftChars="0" w:left="207" w:hanging="207"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00914676">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:hint="eastAsia"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6549" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="72D9CF2E" w14:textId="77777777" w:rsidR="001F4CD6" w:rsidRPr="00FA7576" w:rsidRDefault="001F4CD6" w:rsidP="00DF536E">
+            <w:pPr>
+              <w:pStyle w:val="a4"/>
+              <w:spacing w:beforeLines="20" w:before="72" w:afterLines="20" w:after="72" w:line="300" w:lineRule="exact"/>
+              <w:ind w:leftChars="0" w:left="2"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
+                <w:color w:val="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FA7576">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
+                <w:color w:val="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>O</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FA7576">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:hint="eastAsia"/>
+                <w:color w:val="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>自由詞彙</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="28EDFC44" w14:textId="77777777" w:rsidR="001F4CD6" w:rsidRPr="00FA7576" w:rsidRDefault="001F4CD6" w:rsidP="00DF536E">
+            <w:pPr>
+              <w:pStyle w:val="a4"/>
+              <w:spacing w:beforeLines="10" w:before="36" w:afterLines="10" w:after="36"/>
+              <w:ind w:leftChars="0" w:left="0"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1418" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4CF38D8D" w14:textId="77777777" w:rsidR="001F4CD6" w:rsidRPr="00914676" w:rsidRDefault="001F4CD6" w:rsidP="00DF536E">
+            <w:pPr>
+              <w:pStyle w:val="a4"/>
+              <w:spacing w:beforeLines="20" w:before="72" w:afterLines="20" w:after="72" w:line="300" w:lineRule="exact"/>
+              <w:ind w:leftChars="0" w:left="2"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
+                <w:color w:val="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="001F4CD6" w:rsidRPr="008849FC" w14:paraId="626A996F" w14:textId="77777777" w:rsidTr="00DF536E">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1651" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="6EEDBC21" w14:textId="77777777" w:rsidR="001F4CD6" w:rsidRDefault="001F4CD6" w:rsidP="00DF536E">
+            <w:pPr>
+              <w:pStyle w:val="a4"/>
+              <w:spacing w:beforeLines="10" w:before="36" w:afterLines="10" w:after="36"/>
+              <w:ind w:leftChars="0" w:left="0"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="342" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="31572BFC" w14:textId="77777777" w:rsidR="001F4CD6" w:rsidRPr="00914676" w:rsidRDefault="001F4CD6" w:rsidP="00DF536E">
+            <w:pPr>
+              <w:pStyle w:val="a4"/>
+              <w:spacing w:beforeLines="10" w:before="36" w:afterLines="10" w:after="36"/>
+              <w:ind w:leftChars="0" w:left="207" w:hanging="207"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00914676">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:hint="eastAsia"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6549" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="783F2EE5" w14:textId="77777777" w:rsidR="001F4CD6" w:rsidRPr="00FA7576" w:rsidRDefault="001F4CD6" w:rsidP="00DF536E">
+            <w:pPr>
+              <w:pStyle w:val="a4"/>
+              <w:spacing w:beforeLines="10" w:before="36" w:afterLines="10" w:after="36"/>
+              <w:ind w:leftChars="0" w:left="0"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FA7576">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>#1 AND #2 AND #3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1418" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2AF70AEB" w14:textId="77777777" w:rsidR="001F4CD6" w:rsidRPr="00914676" w:rsidRDefault="001F4CD6" w:rsidP="00DF536E">
+            <w:pPr>
+              <w:pStyle w:val="a4"/>
+              <w:spacing w:beforeLines="20" w:before="72" w:afterLines="20" w:after="72" w:line="300" w:lineRule="exact"/>
+              <w:ind w:leftChars="0" w:left="2"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
+                <w:color w:val="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00914676">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:hint="eastAsia"/>
+                <w:color w:val="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>All</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00914676">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
+                <w:color w:val="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">: </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="001F4CD6" w:rsidRPr="008849FC" w14:paraId="11099E42" w14:textId="77777777" w:rsidTr="00DF536E">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1651" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="2E8D1CC7" w14:textId="77777777" w:rsidR="001F4CD6" w:rsidRDefault="001F4CD6" w:rsidP="00DF536E">
+            <w:pPr>
+              <w:pStyle w:val="a4"/>
+              <w:spacing w:beforeLines="10" w:before="36" w:afterLines="10" w:after="36"/>
+              <w:ind w:leftChars="0" w:left="0"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="342" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="7695D5E2" w14:textId="77777777" w:rsidR="001F4CD6" w:rsidRPr="00914676" w:rsidRDefault="001F4CD6" w:rsidP="00DF536E">
+            <w:pPr>
+              <w:pStyle w:val="a4"/>
+              <w:spacing w:beforeLines="10" w:before="36" w:afterLines="10" w:after="36"/>
+              <w:ind w:leftChars="0" w:left="207" w:hanging="207"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00914676">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:hint="eastAsia"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6549" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6D3B25E7" w14:textId="77777777" w:rsidR="001F4CD6" w:rsidRPr="00FA7576" w:rsidRDefault="001F4CD6" w:rsidP="00DF536E">
+            <w:pPr>
+              <w:pStyle w:val="a4"/>
+              <w:spacing w:beforeLines="10" w:before="36" w:afterLines="10" w:after="36"/>
+              <w:ind w:leftChars="0" w:left="0"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FA7576">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:hint="eastAsia"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>#</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FA7576">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">4 AND </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FA7576">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:hint="eastAsia"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>(</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FA7576">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">TS= clinical trial* OR TS=research design OR TS=comparative stud* OR TS=evaluation stud* OR TS=controlled trial* OR TS=follow-up stud* OR TS=prospective stud* OR TS=random* OR TS=placebo* OR </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FA7576">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>TS=(single blind*) OR TS=(double blind*)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FA7576">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:hint="eastAsia"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1418" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1129F0DA" w14:textId="77777777" w:rsidR="001F4CD6" w:rsidRPr="00914676" w:rsidRDefault="001F4CD6" w:rsidP="00DF536E">
+            <w:pPr>
+              <w:pStyle w:val="a4"/>
+              <w:spacing w:beforeLines="20" w:before="72" w:afterLines="20" w:after="72" w:line="300" w:lineRule="exact"/>
+              <w:ind w:leftChars="0" w:left="2"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
+                <w:color w:val="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00914676">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:hint="eastAsia"/>
+                <w:color w:val="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>RCT:</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00914676">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
+                <w:color w:val="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
+    <w:p w14:paraId="65E0932A" w14:textId="737A90D1" w:rsidR="001F4CD6" w:rsidRDefault="001F4CD6" w:rsidP="001F4CD6">
+      <w:pPr>
+        <w:pStyle w:val="a0"/>
+        <w:rPr>
+          <w:lang w:val="en-GB" w:eastAsia="fi-FI"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4012849B" w14:textId="217610B1" w:rsidR="001F4CD6" w:rsidRDefault="001F4CD6" w:rsidP="001F4CD6">
+      <w:pPr>
+        <w:pStyle w:val="a0"/>
+        <w:rPr>
+          <w:lang w:val="en-GB" w:eastAsia="fi-FI"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="496B1CBC" w14:textId="77777777" w:rsidR="001F4CD6" w:rsidRPr="001F4CD6" w:rsidRDefault="001F4CD6" w:rsidP="001F4CD6">
+      <w:pPr>
+        <w:pStyle w:val="a0"/>
+        <w:rPr>
+          <w:lang w:val="en-GB" w:eastAsia="fi-FI"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
     <w:p w14:paraId="6A7F5847" w14:textId="77777777" w:rsidR="00472040" w:rsidRDefault="00472040">
       <w:pPr>
         <w:widowControl/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="4A4E4F6E" w14:textId="77777777" w:rsidR="00472040" w:rsidRDefault="00472040">
       <w:pPr>
         <w:widowControl/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="38A6195A" w14:textId="77777777" w:rsidR="001F48A8" w:rsidRDefault="001F48A8">
+    <w:p w14:paraId="3E4129F1" w14:textId="77777777" w:rsidR="00304D05" w:rsidRDefault="00304D05">
       <w:pPr>
         <w:widowControl/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
           <w:b/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
           <w:b/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6FD521B7" w14:textId="7E6D0D59" w:rsidR="000F000D" w:rsidRPr="00F01FED" w:rsidRDefault="00912F22" w:rsidP="000F000D">
+    <w:p w14:paraId="6FD521B7" w14:textId="6B5F7D8B" w:rsidR="000F000D" w:rsidRPr="008E4171" w:rsidRDefault="00912F22" w:rsidP="00F45B4F">
       <w:pPr>
-        <w:pStyle w:val="a4"/>
+        <w:pStyle w:val="1"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="1"/>
+          <w:numId w:val="25"/>
         </w:numPr>
-        <w:spacing w:line="360" w:lineRule="exact"/>
-        <w:ind w:leftChars="0"/>
+        <w:spacing w:before="0" w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008E4171">
+        <w:rPr>
+          <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>檢索</w:t>
+      </w:r>
+      <w:r w:rsidR="000F000D" w:rsidRPr="008E4171">
+        <w:rPr>
+          <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>截圖</w:t>
+      </w:r>
+      <w:r w:rsidR="00B56526" w:rsidRPr="008E4171">
+        <w:rPr>
+          <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>／</w:t>
+      </w:r>
+      <w:r w:rsidR="000F000D" w:rsidRPr="008E4171">
+        <w:rPr>
+          <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>備忘</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7B752C7C" w14:textId="65B874C6" w:rsidR="00263D33" w:rsidRDefault="00BF2776">
+      <w:pPr>
+        <w:widowControl/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
-          <w:sz w:val="18"/>
-          <w:szCs w:val="18"/>
+          <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="gramStart"/>
-      <w:r>
+      <w:r w:rsidRPr="00BF2776">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
+          <w:noProof/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:drawing>
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="7159BEFD" wp14:editId="0DE33671">
+            <wp:extent cx="6336030" cy="2804759"/>
+            <wp:effectExtent l="0" t="0" r="7620" b="0"/>
+            <wp:docPr id="8" name="圖片 8" descr="C:\Users\sunfl\AppData\Local\Temp\snap_screen_20191227054139.png"/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="0" name="Picture 6" descr="C:\Users\sunfl\AppData\Local\Temp\snap_screen_20191227054139.png"/>
+                    <pic:cNvPicPr>
+                      <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+                    </pic:cNvPicPr>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId13">
+                      <a:extLst>
+                        <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                          <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                        </a:ext>
+                      </a:extLst>
+                    </a:blip>
+                    <a:srcRect/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr bwMode="auto">
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="6336030" cy="2804759"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                    <a:noFill/>
+                    <a:ln>
+                      <a:noFill/>
+                    </a:ln>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:inline>
+        </w:drawing>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1373904F" w14:textId="6CE25D1F" w:rsidR="00BF2776" w:rsidRDefault="00BF2776">
+      <w:pPr>
+        <w:widowControl/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BF2776">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
+          <w:noProof/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:drawing>
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="2035942A" wp14:editId="1F1F7801">
+            <wp:extent cx="6336030" cy="3220979"/>
+            <wp:effectExtent l="0" t="0" r="7620" b="0"/>
+            <wp:docPr id="7" name="圖片 7" descr="C:\Users\sunfl\AppData\Local\Temp\snap_screen_20191227054115.png"/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="0" name="Picture 5" descr="C:\Users\sunfl\AppData\Local\Temp\snap_screen_20191227054115.png"/>
+                    <pic:cNvPicPr>
+                      <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+                    </pic:cNvPicPr>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId14">
+                      <a:extLst>
+                        <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                          <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                        </a:ext>
+                      </a:extLst>
+                    </a:blip>
+                    <a:srcRect/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr bwMode="auto">
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="6336030" cy="3220979"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                    <a:noFill/>
+                    <a:ln>
+                      <a:noFill/>
+                    </a:ln>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:inline>
+        </w:drawing>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="431B6FF6" w14:textId="77777777" w:rsidR="00E65410" w:rsidRDefault="00E65410">
+      <w:pPr>
+        <w:widowControl/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="66DEDB65" w14:textId="49A11156" w:rsidR="00754CF2" w:rsidRDefault="00E61A37">
+      <w:pPr>
+        <w:widowControl/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E61A37">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
+          <w:noProof/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:drawing>
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="6AB62CF2" wp14:editId="77242176">
+            <wp:extent cx="6336030" cy="3721817"/>
+            <wp:effectExtent l="0" t="0" r="7620" b="0"/>
+            <wp:docPr id="9" name="圖片 9" descr="C:\Users\sunfl\AppData\Local\Temp\snap_screen_20191227054523.png"/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="0" name="Picture 7" descr="C:\Users\sunfl\AppData\Local\Temp\snap_screen_20191227054523.png"/>
+                    <pic:cNvPicPr>
+                      <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+                    </pic:cNvPicPr>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId15">
+                      <a:extLst>
+                        <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                          <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                        </a:ext>
+                      </a:extLst>
+                    </a:blip>
+                    <a:srcRect/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr bwMode="auto">
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="6336030" cy="3721817"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                    <a:noFill/>
+                    <a:ln>
+                      <a:noFill/>
+                    </a:ln>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:inline>
+        </w:drawing>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4322DE3E" w14:textId="41CDE275" w:rsidR="00C50FC0" w:rsidRDefault="00C50FC0">
+      <w:pPr>
+        <w:widowControl/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="12757202" w14:textId="638AD12E" w:rsidR="00C50FC0" w:rsidRDefault="0097352D">
+      <w:pPr>
+        <w:widowControl/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0097352D">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
+          <w:noProof/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:drawing>
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="5F87C553" wp14:editId="5F0A3301">
+            <wp:extent cx="6336030" cy="3559810"/>
+            <wp:effectExtent l="19050" t="19050" r="26670" b="21590"/>
+            <wp:docPr id="2" name="圖片 2"/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="1" name=""/>
+                    <pic:cNvPicPr/>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId16"/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr>
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="6336030" cy="3559810"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                    <a:ln>
+                      <a:solidFill>
+                        <a:schemeClr val="tx1">
+                          <a:lumMod val="50000"/>
+                          <a:lumOff val="50000"/>
+                        </a:schemeClr>
+                      </a:solidFill>
+                    </a:ln>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:inline>
+        </w:drawing>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="03872ECF" w14:textId="2B919BEE" w:rsidR="00C50FC0" w:rsidRDefault="00686C57">
+      <w:pPr>
+        <w:widowControl/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00686C57">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
+          <w:noProof/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:drawing>
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="0C17B389" wp14:editId="527DF77F">
+            <wp:extent cx="6336030" cy="3550285"/>
+            <wp:effectExtent l="19050" t="19050" r="26670" b="12065"/>
+            <wp:docPr id="3" name="圖片 3"/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="1" name=""/>
+                    <pic:cNvPicPr/>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId17"/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr>
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="6336030" cy="3550285"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                    <a:ln>
+                      <a:solidFill>
+                        <a:schemeClr val="tx1">
+                          <a:lumMod val="50000"/>
+                          <a:lumOff val="50000"/>
+                        </a:schemeClr>
+                      </a:solidFill>
+                    </a:ln>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:inline>
+        </w:drawing>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="213B0E28" w14:textId="491EF774" w:rsidR="00604CA3" w:rsidRDefault="00604CA3">
+      <w:pPr>
+        <w:widowControl/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4407EA3E" w14:textId="77777777" w:rsidR="0097352D" w:rsidRDefault="0097352D">
+      <w:pPr>
+        <w:widowControl/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="35DD09A8" w14:textId="2DE5FEA7" w:rsidR="00E1299D" w:rsidRPr="00E1299D" w:rsidRDefault="0097352D" w:rsidP="00E1299D">
+      <w:pPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
           <w:b/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
-        <w:t>檢索</w:t>
+      </w:pPr>
+      <w:r w:rsidRPr="0097352D">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
+          <w:b/>
+          <w:noProof/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:drawing>
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="6B6710ED" wp14:editId="78E67635">
+            <wp:extent cx="6336030" cy="3642995"/>
+            <wp:effectExtent l="0" t="0" r="7620" b="0"/>
+            <wp:docPr id="1" name="圖片 1"/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="1" name=""/>
+                    <pic:cNvPicPr/>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId18"/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr>
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="6336030" cy="3642995"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:inline>
+        </w:drawing>
       </w:r>
-      <w:r w:rsidR="000F000D" w:rsidRPr="00F01FED">
+    </w:p>
+    <w:p w14:paraId="4A250802" w14:textId="374500AB" w:rsidR="00254D8A" w:rsidRDefault="00254D8A" w:rsidP="00E65410">
+      <w:pPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
           <w:b/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>截圖</w:t>
-[...2 lines deleted...]
-      <w:r w:rsidR="00B56526">
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="03317F63" w14:textId="77777777" w:rsidR="00994AC9" w:rsidRDefault="00994AC9" w:rsidP="00E65410">
+      <w:pPr>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:hint="eastAsia"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
           <w:b/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>／</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="000F000D">
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0270CC27" w14:textId="7C1183B6" w:rsidR="00EF2102" w:rsidRDefault="00EF2102" w:rsidP="00E65410">
+      <w:pPr>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:hint="eastAsia"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
           <w:b/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>備忘</w:t>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="492A4D24" w14:textId="02071969" w:rsidR="00EF2102" w:rsidRDefault="00EF2102" w:rsidP="00E65410">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
+          <w:b/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="01962413" w14:textId="77777777" w:rsidR="002D7EA7" w:rsidRDefault="002D7EA7" w:rsidP="00E65410">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
+          <w:b/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="18918D55" w14:textId="1B314620" w:rsidR="002D7EA7" w:rsidRDefault="002D7EA7" w:rsidP="00E65410">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
+          <w:b/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4E8F3D75" w14:textId="462FE7D1" w:rsidR="00EF2102" w:rsidRDefault="00EF2102" w:rsidP="00E65410">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
+          <w:b/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="02411548" w14:textId="51502A61" w:rsidR="00EF2102" w:rsidRDefault="00914676" w:rsidP="00E65410">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
+          <w:b/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00914676">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
+          <w:b/>
+          <w:noProof/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:drawing>
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="0B769C77" wp14:editId="4ADB60AB">
+            <wp:extent cx="6336030" cy="3342005"/>
+            <wp:effectExtent l="0" t="0" r="7620" b="0"/>
+            <wp:docPr id="12" name="圖片 12"/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="1" name=""/>
+                    <pic:cNvPicPr/>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId19"/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr>
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="6336030" cy="3342005"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:inline>
+        </w:drawing>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7B752C7C" w14:textId="5DFE4369" w:rsidR="00263D33" w:rsidRDefault="00263D33">
+    <w:p w14:paraId="0FEA8E44" w14:textId="77777777" w:rsidR="00686C57" w:rsidRDefault="00686C57" w:rsidP="00E65410">
       <w:pPr>
-        <w:widowControl/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
-          <w:sz w:val="22"/>
+          <w:b/>
+          <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="7A472F1A" w14:textId="0C7528EA" w:rsidR="00EF2102" w:rsidRPr="00E65410" w:rsidRDefault="00EF2102" w:rsidP="00E65410">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
           <w:b/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:sectPr w:rsidR="00EF2102" w:rsidRPr="00E65410" w:rsidSect="00BB608C">
+        <w:sectPr w:rsidR="00EF2102" w:rsidRPr="00E65410" w:rsidSect="003050D6">
           <w:pgSz w:w="11906" w:h="16838" w:code="9"/>
-          <w:pgMar w:top="964" w:right="964" w:bottom="964" w:left="964" w:header="851" w:footer="567" w:gutter="0"/>
+          <w:pgMar w:top="964" w:right="964" w:bottom="567" w:left="964" w:header="851" w:footer="170" w:gutter="0"/>
           <w:cols w:space="425"/>
           <w:docGrid w:type="lines" w:linePitch="360"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="42E2AE3D" w14:textId="1F173D26" w:rsidR="000F000D" w:rsidRPr="001176F0" w:rsidRDefault="00C83BA2" w:rsidP="000F000D">
+    <w:p w14:paraId="42E2AE3D" w14:textId="75D475AF" w:rsidR="000F000D" w:rsidRPr="00800AFD" w:rsidRDefault="00800AFD" w:rsidP="00800AFD">
       <w:pPr>
-        <w:autoSpaceDE w:val="0"/>
-[...3 lines deleted...]
-        <w:ind w:left="375" w:hanging="375"/>
+        <w:pStyle w:val="1"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="0"/>
+        </w:numPr>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-[...3 lines deleted...]
-          <w:szCs w:val="18"/>
+          <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:drawing>
-          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251671551" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="3217F16A" wp14:editId="07F82939">
+          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251671551" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="08F79616" wp14:editId="57A4C7A6">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="column">
-              <wp:posOffset>-47598</wp:posOffset>
+              <wp:posOffset>-46077</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
-              <wp:posOffset>-2237</wp:posOffset>
+              <wp:posOffset>442595</wp:posOffset>
             </wp:positionV>
-            <wp:extent cx="10007391" cy="6726803"/>
-            <wp:effectExtent l="0" t="0" r="0" b="0"/>
+            <wp:extent cx="9510568" cy="6392848"/>
+            <wp:effectExtent l="0" t="0" r="0" b="8255"/>
             <wp:wrapNone/>
             <wp:docPr id="4" name="圖片 4"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 1"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill rotWithShape="1">
-                    <a:blip r:embed="rId11">
+                    <a:blip r:embed="rId20">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect t="2491" b="2403"/>
                     <a:stretch/>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="10010291" cy="6728752"/>
+                      <a:ext cx="9510568" cy="6392848"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                     <a:extLst>
                       <a:ext uri="{53640926-AAD7-44D8-BBD7-CCE9431645EC}">
                         <a14:shadowObscured xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
                       </a:ext>
                     </a:extLst>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
             <wp14:sizeRelH relativeFrom="page">
               <wp14:pctWidth>0</wp14:pctWidth>
             </wp14:sizeRelH>
             <wp14:sizeRelV relativeFrom="page">
               <wp14:pctHeight>0</wp14:pctHeight>
             </wp14:sizeRelV>
           </wp:anchor>
         </w:drawing>
       </w:r>
-      <w:r w:rsidR="00B56526" w:rsidRPr="001E35B1">
+      <w:r w:rsidRPr="00800AFD">
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-[...4 lines deleted...]
-          <w:szCs w:val="18"/>
+          <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
-        <mc:AlternateContent>
-[...131 lines deleted...]
-        </mc:AlternateContent>
+        <w:t>附錄1</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00800AFD">
+        <w:rPr>
+          <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="zh-TW"/>
+        </w:rPr>
+        <w:t>. 檢索語法大全</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0D4325EB" w14:textId="7265836E" w:rsidR="000F000D" w:rsidRPr="001176F0" w:rsidRDefault="000F000D" w:rsidP="000F000D">
+    <w:p w14:paraId="0D4325EB" w14:textId="5E86D634" w:rsidR="000F000D" w:rsidRPr="001176F0" w:rsidRDefault="000F000D" w:rsidP="000F000D">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:line="240" w:lineRule="exact"/>
         <w:ind w:left="375" w:hanging="375"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="404040"/>
           <w:kern w:val="24"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="64124DFC" w14:textId="77777777" w:rsidR="000F000D" w:rsidRPr="001176F0" w:rsidRDefault="000F000D" w:rsidP="000F000D">
+    <w:p w14:paraId="64124DFC" w14:textId="3A82AFF8" w:rsidR="000F000D" w:rsidRPr="001176F0" w:rsidRDefault="000F000D" w:rsidP="000F000D">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:line="240" w:lineRule="exact"/>
         <w:ind w:left="375" w:hanging="375"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="404040"/>
           <w:kern w:val="24"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="2D469D6E" w14:textId="77777777" w:rsidR="000F000D" w:rsidRPr="001176F0" w:rsidRDefault="000F000D" w:rsidP="000F000D">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:line="240" w:lineRule="exact"/>
         <w:ind w:left="375" w:hanging="375"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="404040"/>
@@ -15959,61 +19189,50 @@
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="54BE9259" w14:textId="101485AC" w:rsidR="00BB6000" w:rsidRDefault="00BB6000" w:rsidP="00F607D8">
       <w:pPr>
         <w:widowControl/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="7E58E2B5" w14:textId="1CAD9729" w:rsidR="00BB6000" w:rsidRDefault="00BB6000" w:rsidP="00F607D8">
       <w:pPr>
         <w:widowControl/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="4A8CBEC2" w14:textId="77777777" w:rsidR="00BB6000" w:rsidRDefault="00BB6000" w:rsidP="00F607D8">
-[...9 lines deleted...]
-    </w:p>
     <w:p w14:paraId="77668091" w14:textId="6AF1AE74" w:rsidR="00F607D8" w:rsidRDefault="00FE47EE" w:rsidP="00F607D8">
       <w:pPr>
         <w:widowControl/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
               <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251672576" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="40B07DF2" wp14:editId="24A79181">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>88504</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>3538228</wp:posOffset>
                 </wp:positionV>
@@ -16060,855 +19279,783 @@
                         <a:effectRef idx="0">
                           <a:schemeClr val="accent1"/>
                         </a:effectRef>
                         <a:fontRef idx="minor">
                           <a:schemeClr val="lt1"/>
                         </a:fontRef>
                       </wps:style>
                       <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="ctr" anchorCtr="0" forceAA="0" compatLnSpc="1">
                         <a:prstTxWarp prst="textNoShape">
                           <a:avLst/>
                         </a:prstTxWarp>
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="margin">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="margin">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
-          <mc:Fallback xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid">
+          <mc:Fallback>
             <w:pict>
               <v:rect w14:anchorId="6350540C" id="矩形 19" o:spid="_x0000_s1026" style="position:absolute;margin-left:6.95pt;margin-top:278.6pt;width:552.15pt;height:142.6pt;z-index:251672576;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQA9w9m9/AIAAEQGAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6r7bTtEmDOkXQIsOA&#10;oi2aDj0rshwLkyVNUuJkPzNgt33EPmfYb4yUHSfoih2G5eCIIvlIPoq8vNrWimyE89LonGYnKSVC&#10;c1NIvcrpx6f5uzElPjBdMGW0yOlOeHo1ffvmsrETMTCVUYVwBEC0nzQ2p1UIdpIknleiZv7EWKFB&#10;WRpXswCiWyWFYw2g1yoZpOl50hhXWGe48B5ub1olnUb8shQ83JelF4GonEJuIX5d/C7xm0wv2WTl&#10;mK0k79Jg/5BFzaSGoD3UDQuMrJ38A6qW3BlvynDCTZ2YspRcxBqgmix9Uc2iYlbEWoAcb3ua/P+D&#10;5XebB0dkAb27oESzGnr06+v3nz++EbgAdhrrJ2C0sA+ukzwcsdRt6Wr8hyLINjK66xkV20A4XI7S&#10;bHA6AmQOumycpRfjEaImB3frfHgvTE3wkFMHLYtMss2tD63p3gSjaTOXSsE9myhNmpyeAmoaPbxR&#10;skAtKr1bLa+VIxsGnZ/Pz8/BqEU7MoM0lEZrEZ8KBETBrINwi6poyFKt3SMDcs7SMfiTQmKKbUQQ&#10;4B0NRin+KGFqBQMQFCXOhGcZqtg8JAQhsYI+m6Vi/FNbo7IVa1McRphDvWAdaeqTidJRngl2pu1F&#10;PIWdEhhK6UdRQkeB/UFLC86S6KMzzoUOWauqWCHa+GdH8eP0oUeMGQERuQRqe+wO4HXstozOHl3b&#10;vHvnrl9/c+49YmSjQ+9cS23ca5UpqKqL3NpD+kfU4HFpih28d2hRfLDe8rmE1twyHx6Yg8mHTsI2&#10;C/fwKZWB52W6EyWVcV9eu0d7GEjQUtLAJsmp/7xmTlCiPmgY1YtsOMTVE4Xh2WgAgjvWLI81el1f&#10;G3iyGexNy+MR7YPaH0tn6mdYejOMCiqmOcTOKQ9uL1yHdsPB2uRiNotmsG4sC7d6YTmCI6v4KJ+2&#10;z8zZbvYCjO2d2W8dNnkxgq0temozWwdTyjifB147vmFVxYfTrVXchcdytDos/+lvAAAA//8DAFBL&#10;AwQUAAYACAAAACEANiAqPeEAAAALAQAADwAAAGRycy9kb3ducmV2LnhtbEyPwU7DMAyG70i8Q2Qk&#10;LmhLWzZWStMJgTigTYKNcc+arIlonKpJt+7t8U5w8y9/+v25XI6uZUfdB+tRQDpNgGmsvbLYCNh9&#10;vU1yYCFKVLL1qAWcdYBldX1VykL5E270cRsbRiUYCinAxNgVnIfaaCfD1HcaaXfwvZORYt9w1csT&#10;lbuWZ0nywJ20SBeM7PSL0fXPdnAC7ob14tXYzx23ePhYvZ/dOn47IW5vxucnYFGP8Q+Giz6pQ0VO&#10;ez+gCqylfP9IpID5fJEBuwBpmtO0F5DPshnwquT/f6h+AQAA//8DAFBLAQItABQABgAIAAAAIQC2&#10;gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAG&#10;AAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAG&#10;AAgAAAAhAD3D2b38AgAARAYAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0A&#10;FAAGAAgAAAAhADYgKj3hAAAACwEAAA8AAAAAAAAAAAAAAAAAVgUAAGRycy9kb3ducmV2LnhtbFBL&#10;BQYAAAAABAAEAPMAAABkBgAAAAA=&#10;" filled="f" strokecolor="#f60" strokeweight="3pt">
                 <v:shadow on="t" color="black" opacity="26214f" origin="-.5,-.5" offset=".74836mm,.74836mm"/>
               </v:rect>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r w:rsidR="00F607D8">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="102EF045" w14:textId="77777777" w:rsidR="00B56526" w:rsidRPr="00714799" w:rsidRDefault="00B56526" w:rsidP="00B56526">
+    <w:p w14:paraId="102EF045" w14:textId="77777777" w:rsidR="00B56526" w:rsidRPr="00800AFD" w:rsidRDefault="00B56526" w:rsidP="00800AFD">
       <w:pPr>
-        <w:spacing w:beforeLines="10" w:before="36" w:afterLines="10" w:after="36" w:line="0" w:lineRule="atLeast"/>
+        <w:pStyle w:val="1"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="0"/>
+        </w:numPr>
+        <w:spacing w:before="0" w:after="0" w:line="300" w:lineRule="exact"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
-          <w:b/>
           <w:sz w:val="20"/>
-          <w:szCs w:val="20"/>
-          <w:u w:val="single"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00795D58">
+      <w:r w:rsidRPr="00800AFD">
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
-          <w:b/>
+          <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體"/>
           <w:noProof/>
-          <w:sz w:val="20"/>
-[...1 lines deleted...]
-          <w:u w:val="single"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
               <wp:anchor distT="45720" distB="45720" distL="114300" distR="114300" simplePos="0" relativeHeight="251679744" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="7142352C" wp14:editId="13FEC9D4">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>5847182</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>-133274</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="3623094" cy="1404620"/>
                 <wp:effectExtent l="0" t="0" r="0" b="0"/>
                 <wp:wrapNone/>
                 <wp:docPr id="20" name="文字方塊 20"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr txBox="1">
                         <a:spLocks noChangeArrowheads="1"/>
                       </wps:cNvSpPr>
                       <wps:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="3623094" cy="1404620"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:solidFill>
                           <a:schemeClr val="bg1">
                             <a:lumMod val="95000"/>
                           </a:schemeClr>
                         </a:solidFill>
                         <a:ln w="9525">
                           <a:noFill/>
                           <a:miter lim="800000"/>
                           <a:headEnd/>
                           <a:tailEnd/>
                         </a:ln>
                       </wps:spPr>
                       <wps:txbx>
                         <w:txbxContent>
-                          <w:p w14:paraId="6A033AF0" w14:textId="77777777" w:rsidR="00A35B6E" w:rsidRPr="002909FA" w:rsidRDefault="00A35B6E" w:rsidP="00B56526">
+                          <w:p w14:paraId="6A033AF0" w14:textId="77777777" w:rsidR="00FA7576" w:rsidRPr="002909FA" w:rsidRDefault="00FA7576" w:rsidP="00B56526">
                             <w:pPr>
                               <w:spacing w:line="200" w:lineRule="exact"/>
                               <w:rPr>
                                 <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:cs="Arial"/>
                                 <w:bCs/>
                                 <w:color w:val="000000" w:themeColor="text1"/>
                                 <w:kern w:val="24"/>
                                 <w:sz w:val="16"/>
                                 <w:szCs w:val="20"/>
                                 <w:lang w:val="en-GB"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r w:rsidRPr="002909FA">
                               <w:rPr>
                                 <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:cs="Arial" w:hint="eastAsia"/>
                                 <w:bCs/>
                                 <w:color w:val="000000" w:themeColor="text1"/>
                                 <w:kern w:val="24"/>
                                 <w:sz w:val="16"/>
                                 <w:szCs w:val="20"/>
                                 <w:lang w:val="en-GB"/>
                               </w:rPr>
                               <w:t>更多篩選語法：</w:t>
                             </w:r>
                           </w:p>
-                          <w:p w14:paraId="18F90A97" w14:textId="77777777" w:rsidR="00A35B6E" w:rsidRPr="002909FA" w:rsidRDefault="00A35B6E" w:rsidP="00B56526">
+                          <w:p w14:paraId="18F90A97" w14:textId="77777777" w:rsidR="00FA7576" w:rsidRPr="002909FA" w:rsidRDefault="00FA7576" w:rsidP="00B56526">
                             <w:pPr>
                               <w:spacing w:line="200" w:lineRule="exact"/>
                               <w:rPr>
                                 <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:cs="Arial"/>
                                 <w:bCs/>
                                 <w:color w:val="FF0000"/>
                                 <w:kern w:val="24"/>
                                 <w:sz w:val="16"/>
                                 <w:szCs w:val="20"/>
                                 <w:lang w:val="en-GB"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r w:rsidRPr="002909FA">
                               <w:rPr>
                                 <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:cs="Arial"/>
                                 <w:bCs/>
                                 <w:color w:val="000000" w:themeColor="text1"/>
                                 <w:kern w:val="24"/>
                                 <w:sz w:val="16"/>
                                 <w:szCs w:val="20"/>
                                 <w:lang w:val="en-GB"/>
                               </w:rPr>
                               <w:t>CADTH</w:t>
                             </w:r>
                             <w:r w:rsidRPr="002909FA">
                               <w:rPr>
                                 <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:cs="Arial" w:hint="eastAsia"/>
                                 <w:bCs/>
                                 <w:color w:val="000000" w:themeColor="text1"/>
                                 <w:kern w:val="24"/>
                                 <w:sz w:val="16"/>
                                 <w:szCs w:val="20"/>
                                 <w:lang w:val="en-GB"/>
                               </w:rPr>
                               <w:t xml:space="preserve"> </w:t>
                             </w:r>
-                            <w:hyperlink r:id="rId12" w:history="1">
+                            <w:hyperlink r:id="rId21" w:history="1">
                               <w:r w:rsidRPr="002909FA">
                                 <w:rPr>
                                   <w:rStyle w:val="aa"/>
                                   <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體"/>
                                   <w:color w:val="0070C0"/>
                                   <w:sz w:val="16"/>
                                   <w:szCs w:val="20"/>
                                 </w:rPr>
                                 <w:t>https://searchfilters.cda-amc.ca</w:t>
                               </w:r>
                             </w:hyperlink>
                           </w:p>
-                          <w:p w14:paraId="251810EF" w14:textId="77777777" w:rsidR="00A35B6E" w:rsidRPr="002909FA" w:rsidRDefault="00A35B6E" w:rsidP="00B56526">
+                          <w:p w14:paraId="251810EF" w14:textId="77777777" w:rsidR="00FA7576" w:rsidRPr="002909FA" w:rsidRDefault="00FA7576" w:rsidP="00B56526">
                             <w:pPr>
                               <w:spacing w:line="200" w:lineRule="exact"/>
                               <w:rPr>
                                 <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體"/>
                                 <w:sz w:val="16"/>
                                 <w:szCs w:val="20"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r w:rsidRPr="002909FA">
                               <w:rPr>
                                 <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體"/>
                                 <w:sz w:val="16"/>
                                 <w:szCs w:val="20"/>
                               </w:rPr>
                               <w:t xml:space="preserve">ISSG </w:t>
                             </w:r>
-                            <w:hyperlink r:id="rId13" w:history="1">
+                            <w:hyperlink r:id="rId22" w:history="1">
                               <w:r w:rsidRPr="002909FA">
                                 <w:rPr>
                                   <w:rStyle w:val="aa"/>
                                   <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體"/>
                                   <w:color w:val="0070C0"/>
                                   <w:sz w:val="16"/>
                                   <w:szCs w:val="20"/>
                                 </w:rPr>
                                 <w:t>https://sites.google.com/a/york.ac.uk/issg-search-filters-resource/</w:t>
                               </w:r>
                             </w:hyperlink>
                           </w:p>
                         </w:txbxContent>
                       </wps:txbx>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0">
                         <a:spAutoFit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="margin">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="margin">
                   <wp14:pctHeight>20000</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:shape w14:anchorId="7142352C" id="文字方塊 20" o:spid="_x0000_s1027" type="#_x0000_t202" style="position:absolute;margin-left:460.4pt;margin-top:-10.5pt;width:285.3pt;height:110.6pt;z-index:251679744;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:200;mso-wrap-distance-left:9pt;mso-wrap-distance-top:3.6pt;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:3.6pt;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:200;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCSVkXHTAIAAEwEAAAOAAAAZHJzL2Uyb0RvYy54bWysVF1uEzEQfkfiDpbfyW7SJDSrbKqSEoRU&#10;fqTCARyvN2the4ztZLdcoBIHKM8cgANwoPYcjL1pGuAN8WLZnvE333wz4/lZpxXZCeclmJIOBzkl&#10;wnCopNmU9OOH1bNTSnxgpmIKjCjptfD0bPH0yby1hRhBA6oSjiCI8UVrS9qEYIss87wRmvkBWGHQ&#10;WIPTLODRbbLKsRbRtcpGeT7NWnCVdcCF93h70RvpIuHXteDhXV17EYgqKXILaXVpXcc1W8xZsXHM&#10;NpLvabB/YKGZNBj0AHXBAiNbJ/+C0pI78FCHAQedQV1LLlIOmM0w/yObq4ZZkXJBcbw9yOT/Hyx/&#10;u3vviKxKOkJ5DNNYo/vbm7sf3+5vf959/0rwGjVqrS/Q9cqic+heQIe1Tvl6ewn8kycGlg0zG3Hu&#10;HLSNYBVyHMaX2dHTHsdHkHX7BiqMxbYBElBXOx0FREkIoiOZ60N9RBcIx8uT6egkn40p4WgbjvPx&#10;tGeXseLhuXU+vBKgSdyU1GEDJHi2u/Qh0mHFg0uM5kHJaiWVSofYdGKpHNkxbJf1pk9RbTVy7e9m&#10;kzxPgiBO6tHonlB/Q1KGtCWdTUaTFNxADJFaTcuA/a6kLukpQvVgrIiKvTRVcglMqn6PQZTZSxhV&#10;6/UL3bpLFUv6RnnXUF2jpg769sZxxE0D7gslLbZ2Sf3nLXOCEvXaYF1mw/E4zkI6jCfPY+XdsWV9&#10;bGGGI1RJAyX9dhnS/CTF7DnWbyWTso9M9pSxZZM0+/GKM3F8Tl6Pn8DiFwAAAP//AwBQSwMEFAAG&#10;AAgAAAAhAFB/Ra/gAAAADAEAAA8AAABkcnMvZG93bnJldi54bWxMj0FPg0AUhO8m/ofNM/HWLpBK&#10;LLI0xqQevFFLjLeFfQIp+5awW0r/va8nPU5mMvNNvlvsIGacfO9IQbyOQCA1zvTUKjh+7lfPIHzQ&#10;ZPTgCBVc0cOuuL/LdWbchUqcD6EVXEI+0wq6EMZMSt90aLVfuxGJvR83WR1YTq00k75wuR1kEkWp&#10;tLonXuj0iG8dNqfD2SoY59R/v5vrR111x6eyTPfV16lS6vFheX0BEXAJf2G44TM6FMxUuzMZLwYF&#10;2yRi9KBglcR86pbYbOMNiFoBLycgi1z+P1H8AgAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAA&#10;AOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAh&#10;ADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAh&#10;AJJWRcdMAgAATAQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgA&#10;AAAhAFB/Ra/gAAAADAEAAA8AAAAAAAAAAAAAAAAApgQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAA&#10;BAAEAPMAAACzBQAAAAA=&#10;" fillcolor="#f2f2f2 [3052]" stroked="f">
+              <v:shapetype w14:anchorId="7142352C" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
+                <v:stroke joinstyle="miter"/>
+                <v:path gradientshapeok="t" o:connecttype="rect"/>
+              </v:shapetype>
+              <v:shape id="文字方塊 20" o:spid="_x0000_s1026" type="#_x0000_t202" style="position:absolute;margin-left:460.4pt;margin-top:-10.5pt;width:285.3pt;height:110.6pt;z-index:251679744;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:200;mso-wrap-distance-left:9pt;mso-wrap-distance-top:3.6pt;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:3.6pt;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:200;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCD2Nf6HwIAABoEAAAOAAAAZHJzL2Uyb0RvYy54bWysU9tu2zAMfR+wfxD0vthJnawx4hRdugwD&#10;ugvQ7QNkWY6FSaImKbGzry8lJ2m2vQ17EUiROiQPj1Z3g1bkIJyXYCo6neSUCMOhkWZX0e/ftm9u&#10;KfGBmYYpMKKiR+Hp3fr1q1VvSzGDDlQjHEEQ48veVrQLwZZZ5nknNPMTsMJgsAWnWUDX7bLGsR7R&#10;tcpmeb7IenCNdcCF93j7MAbpOuG3reDhS9t6EYiqKPYW0unSWcczW69YuXPMdpKf2mD/0IVm0mDR&#10;C9QDC4zsnfwLSkvuwEMbJhx0Bm0ruUgz4DTT/I9pnjpmRZoFyfH2QpP/f7D88+HJfnUkDO9gwAWm&#10;Ibx9BP7DEwObjpmduHcO+k6wBgtPI2VZb315ehqp9qWPIHX/CRpcMtsHSEBD63RkBeckiI4LOF5I&#10;F0MgHC9vFrObfFlQwjE2LfJiMUtryVh5fm6dDx8EaBKNijrcaoJnh0cfYjusPKfEah6UbLZSqeRE&#10;JYmNcuTAUAP1bhxR7TX2Ot4t53l+LpmEF9MT6m9IypC+osv5bJ6KG4glkn60DChiJXVFbxFqBGNl&#10;ZOy9aVJKYFKNNjarzInCyNrIXxjqARMjlTU0RyTTwShW/FxodOB+UdKjUCvqf+6ZE5SojwYXspwW&#10;RVR2cor5W2SPuOtIfR1hhiNURQMlo7kJ6Tckquw9Lm4rE6UvnZx6RQEmTk6fJSr82k9ZL196/QwA&#10;AP//AwBQSwMEFAAGAAgAAAAhAFB/Ra/gAAAADAEAAA8AAABkcnMvZG93bnJldi54bWxMj0FPg0AU&#10;hO8m/ofNM/HWLpBKLLI0xqQevFFLjLeFfQIp+5awW0r/va8nPU5mMvNNvlvsIGacfO9IQbyOQCA1&#10;zvTUKjh+7lfPIHzQZPTgCBVc0cOuuL/LdWbchUqcD6EVXEI+0wq6EMZMSt90aLVfuxGJvR83WR1Y&#10;Tq00k75wuR1kEkWptLonXuj0iG8dNqfD2SoY59R/v5vrR111x6eyTPfV16lS6vFheX0BEXAJf2G4&#10;4TM6FMxUuzMZLwYF2yRi9KBglcR86pbYbOMNiFoBLycgi1z+P1H8AgAA//8DAFBLAQItABQABgAI&#10;AAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsB&#10;Ai0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsB&#10;Ai0AFAAGAAgAAAAhAIPY1/ofAgAAGgQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1s&#10;UEsBAi0AFAAGAAgAAAAhAFB/Ra/gAAAADAEAAA8AAAAAAAAAAAAAAAAAeQQAAGRycy9kb3ducmV2&#10;LnhtbFBLBQYAAAAABAAEAPMAAACGBQAAAAA=&#10;" fillcolor="#f2f2f2 [3052]" stroked="f">
                 <v:textbox style="mso-fit-shape-to-text:t">
                   <w:txbxContent>
-                    <w:p w14:paraId="6A033AF0" w14:textId="77777777" w:rsidR="00A35B6E" w:rsidRPr="002909FA" w:rsidRDefault="00A35B6E" w:rsidP="00B56526">
+                    <w:p w14:paraId="6A033AF0" w14:textId="77777777" w:rsidR="00FA7576" w:rsidRPr="002909FA" w:rsidRDefault="00FA7576" w:rsidP="00B56526">
                       <w:pPr>
                         <w:spacing w:line="200" w:lineRule="exact"/>
                         <w:rPr>
                           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:cs="Arial"/>
                           <w:bCs/>
                           <w:color w:val="000000" w:themeColor="text1"/>
                           <w:kern w:val="24"/>
                           <w:sz w:val="16"/>
                           <w:szCs w:val="20"/>
                           <w:lang w:val="en-GB"/>
                         </w:rPr>
                       </w:pPr>
                       <w:r w:rsidRPr="002909FA">
                         <w:rPr>
                           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:cs="Arial" w:hint="eastAsia"/>
                           <w:bCs/>
                           <w:color w:val="000000" w:themeColor="text1"/>
                           <w:kern w:val="24"/>
                           <w:sz w:val="16"/>
                           <w:szCs w:val="20"/>
                           <w:lang w:val="en-GB"/>
                         </w:rPr>
                         <w:t>更多篩選語法：</w:t>
                       </w:r>
                     </w:p>
-                    <w:p w14:paraId="18F90A97" w14:textId="77777777" w:rsidR="00A35B6E" w:rsidRPr="002909FA" w:rsidRDefault="00A35B6E" w:rsidP="00B56526">
+                    <w:p w14:paraId="18F90A97" w14:textId="77777777" w:rsidR="00FA7576" w:rsidRPr="002909FA" w:rsidRDefault="00FA7576" w:rsidP="00B56526">
                       <w:pPr>
                         <w:spacing w:line="200" w:lineRule="exact"/>
                         <w:rPr>
                           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:cs="Arial"/>
                           <w:bCs/>
                           <w:color w:val="FF0000"/>
                           <w:kern w:val="24"/>
                           <w:sz w:val="16"/>
                           <w:szCs w:val="20"/>
                           <w:lang w:val="en-GB"/>
                         </w:rPr>
                       </w:pPr>
                       <w:r w:rsidRPr="002909FA">
                         <w:rPr>
                           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:cs="Arial"/>
                           <w:bCs/>
                           <w:color w:val="000000" w:themeColor="text1"/>
                           <w:kern w:val="24"/>
                           <w:sz w:val="16"/>
                           <w:szCs w:val="20"/>
                           <w:lang w:val="en-GB"/>
                         </w:rPr>
                         <w:t>CADTH</w:t>
                       </w:r>
                       <w:r w:rsidRPr="002909FA">
                         <w:rPr>
                           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:cs="Arial" w:hint="eastAsia"/>
                           <w:bCs/>
                           <w:color w:val="000000" w:themeColor="text1"/>
                           <w:kern w:val="24"/>
                           <w:sz w:val="16"/>
                           <w:szCs w:val="20"/>
                           <w:lang w:val="en-GB"/>
                         </w:rPr>
                         <w:t xml:space="preserve"> </w:t>
                       </w:r>
-                      <w:hyperlink r:id="rId14" w:history="1">
+                      <w:hyperlink r:id="rId23" w:history="1">
                         <w:r w:rsidRPr="002909FA">
                           <w:rPr>
                             <w:rStyle w:val="aa"/>
                             <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體"/>
                             <w:color w:val="0070C0"/>
                             <w:sz w:val="16"/>
                             <w:szCs w:val="20"/>
                           </w:rPr>
                           <w:t>https://searchfilters.cda-amc.ca</w:t>
                         </w:r>
                       </w:hyperlink>
                     </w:p>
-                    <w:p w14:paraId="251810EF" w14:textId="77777777" w:rsidR="00A35B6E" w:rsidRPr="002909FA" w:rsidRDefault="00A35B6E" w:rsidP="00B56526">
+                    <w:p w14:paraId="251810EF" w14:textId="77777777" w:rsidR="00FA7576" w:rsidRPr="002909FA" w:rsidRDefault="00FA7576" w:rsidP="00B56526">
                       <w:pPr>
                         <w:spacing w:line="200" w:lineRule="exact"/>
                         <w:rPr>
                           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體"/>
                           <w:sz w:val="16"/>
                           <w:szCs w:val="20"/>
                         </w:rPr>
                       </w:pPr>
                       <w:r w:rsidRPr="002909FA">
                         <w:rPr>
                           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體"/>
                           <w:sz w:val="16"/>
                           <w:szCs w:val="20"/>
                         </w:rPr>
                         <w:t xml:space="preserve">ISSG </w:t>
                       </w:r>
-                      <w:hyperlink r:id="rId15" w:history="1">
+                      <w:hyperlink r:id="rId24" w:history="1">
                         <w:r w:rsidRPr="002909FA">
                           <w:rPr>
                             <w:rStyle w:val="aa"/>
                             <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體"/>
                             <w:color w:val="0070C0"/>
                             <w:sz w:val="16"/>
                             <w:szCs w:val="20"/>
                           </w:rPr>
                           <w:t>https://sites.google.com/a/york.ac.uk/issg-search-filters-resource/</w:t>
                         </w:r>
                       </w:hyperlink>
                     </w:p>
                   </w:txbxContent>
                 </v:textbox>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
-      <w:r w:rsidRPr="00795D58">
+      <w:r w:rsidRPr="00800AFD">
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
-          <w:b/>
+          <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體"/>
           <w:noProof/>
-          <w:sz w:val="20"/>
-[...1 lines deleted...]
-          <w:u w:val="single"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
               <wp:anchor distT="45720" distB="45720" distL="114300" distR="114300" simplePos="0" relativeHeight="251676672" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="309192C6" wp14:editId="5BB877B7">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>5846816</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>-132080</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="3623094" cy="1404620"/>
                 <wp:effectExtent l="0" t="0" r="0" b="0"/>
                 <wp:wrapNone/>
                 <wp:docPr id="21" name="文字方塊 2"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr txBox="1">
                         <a:spLocks noChangeArrowheads="1"/>
                       </wps:cNvSpPr>
                       <wps:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="3623094" cy="1404620"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:solidFill>
                           <a:schemeClr val="bg1">
                             <a:lumMod val="95000"/>
                           </a:schemeClr>
                         </a:solidFill>
                         <a:ln w="9525">
                           <a:noFill/>
                           <a:miter lim="800000"/>
                           <a:headEnd/>
                           <a:tailEnd/>
                         </a:ln>
                       </wps:spPr>
                       <wps:txbx>
                         <w:txbxContent>
-                          <w:p w14:paraId="274E5EA4" w14:textId="77777777" w:rsidR="00A35B6E" w:rsidRPr="002909FA" w:rsidRDefault="00A35B6E" w:rsidP="00B56526">
+                          <w:p w14:paraId="274E5EA4" w14:textId="77777777" w:rsidR="00FA7576" w:rsidRPr="002909FA" w:rsidRDefault="00FA7576" w:rsidP="00B56526">
                             <w:pPr>
                               <w:spacing w:line="200" w:lineRule="exact"/>
                               <w:rPr>
                                 <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:cs="Arial"/>
                                 <w:bCs/>
                                 <w:color w:val="000000" w:themeColor="text1"/>
                                 <w:kern w:val="24"/>
                                 <w:sz w:val="16"/>
                                 <w:szCs w:val="20"/>
                                 <w:lang w:val="en-GB"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r w:rsidRPr="002909FA">
                               <w:rPr>
                                 <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:cs="Arial" w:hint="eastAsia"/>
                                 <w:bCs/>
                                 <w:color w:val="000000" w:themeColor="text1"/>
                                 <w:kern w:val="24"/>
                                 <w:sz w:val="16"/>
                                 <w:szCs w:val="20"/>
                                 <w:lang w:val="en-GB"/>
                               </w:rPr>
                               <w:t>更多篩選語法：</w:t>
                             </w:r>
                           </w:p>
-                          <w:p w14:paraId="04918DCD" w14:textId="77777777" w:rsidR="00A35B6E" w:rsidRPr="002909FA" w:rsidRDefault="00A35B6E" w:rsidP="00B56526">
+                          <w:p w14:paraId="04918DCD" w14:textId="77777777" w:rsidR="00FA7576" w:rsidRPr="002909FA" w:rsidRDefault="00FA7576" w:rsidP="00B56526">
                             <w:pPr>
                               <w:spacing w:line="200" w:lineRule="exact"/>
                               <w:rPr>
                                 <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:cs="Arial"/>
                                 <w:bCs/>
                                 <w:color w:val="FF0000"/>
                                 <w:kern w:val="24"/>
                                 <w:sz w:val="16"/>
                                 <w:szCs w:val="20"/>
                                 <w:lang w:val="en-GB"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r w:rsidRPr="002909FA">
                               <w:rPr>
                                 <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:cs="Arial"/>
                                 <w:bCs/>
                                 <w:color w:val="000000" w:themeColor="text1"/>
                                 <w:kern w:val="24"/>
                                 <w:sz w:val="16"/>
                                 <w:szCs w:val="20"/>
                                 <w:lang w:val="en-GB"/>
                               </w:rPr>
                               <w:t>CADTH</w:t>
                             </w:r>
                             <w:r w:rsidRPr="002909FA">
                               <w:rPr>
                                 <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:cs="Arial" w:hint="eastAsia"/>
                                 <w:bCs/>
                                 <w:color w:val="000000" w:themeColor="text1"/>
                                 <w:kern w:val="24"/>
                                 <w:sz w:val="16"/>
                                 <w:szCs w:val="20"/>
                                 <w:lang w:val="en-GB"/>
                               </w:rPr>
                               <w:t xml:space="preserve"> </w:t>
                             </w:r>
-                            <w:hyperlink r:id="rId16" w:history="1">
+                            <w:hyperlink r:id="rId25" w:history="1">
                               <w:r w:rsidRPr="002909FA">
                                 <w:rPr>
                                   <w:rStyle w:val="aa"/>
                                   <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體"/>
                                   <w:color w:val="0070C0"/>
                                   <w:sz w:val="16"/>
                                   <w:szCs w:val="20"/>
                                 </w:rPr>
                                 <w:t>https://searchfilters.cda-amc.ca</w:t>
                               </w:r>
                             </w:hyperlink>
                           </w:p>
-                          <w:p w14:paraId="5EF9AB3E" w14:textId="77777777" w:rsidR="00A35B6E" w:rsidRPr="002909FA" w:rsidRDefault="00A35B6E" w:rsidP="00B56526">
+                          <w:p w14:paraId="5EF9AB3E" w14:textId="77777777" w:rsidR="00FA7576" w:rsidRPr="002909FA" w:rsidRDefault="00FA7576" w:rsidP="00B56526">
                             <w:pPr>
                               <w:spacing w:line="200" w:lineRule="exact"/>
                               <w:rPr>
                                 <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體"/>
                                 <w:sz w:val="16"/>
                                 <w:szCs w:val="20"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r w:rsidRPr="002909FA">
                               <w:rPr>
                                 <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體"/>
                                 <w:sz w:val="16"/>
                                 <w:szCs w:val="20"/>
                               </w:rPr>
                               <w:t xml:space="preserve">ISSG </w:t>
                             </w:r>
-                            <w:hyperlink r:id="rId17" w:history="1">
+                            <w:hyperlink r:id="rId26" w:history="1">
                               <w:r w:rsidRPr="002909FA">
                                 <w:rPr>
                                   <w:rStyle w:val="aa"/>
                                   <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體"/>
                                   <w:color w:val="0070C0"/>
                                   <w:sz w:val="16"/>
                                   <w:szCs w:val="20"/>
                                 </w:rPr>
                                 <w:t>https://sites.google.com/a/york.ac.uk/issg-search-filters-resource/</w:t>
                               </w:r>
                             </w:hyperlink>
                           </w:p>
                         </w:txbxContent>
                       </wps:txbx>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0">
                         <a:spAutoFit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="margin">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="margin">
                   <wp14:pctHeight>20000</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:shape w14:anchorId="309192C6" id="_x0000_s1028" type="#_x0000_t202" style="position:absolute;margin-left:460.4pt;margin-top:-10.4pt;width:285.3pt;height:110.6pt;z-index:251676672;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:200;mso-wrap-distance-left:9pt;mso-wrap-distance-top:3.6pt;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:3.6pt;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:200;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDtjnBQSwIAAEsEAAAOAAAAZHJzL2Uyb0RvYy54bWysVF1uEzEQfkfiDpbfyW62SWhW3VQlJQip&#10;/EiFAzheb9bC9hjbyW65ABIHKM8cgANwoPYcjL1JCfCGeLFsz/ibme+b8dl5rxXZCeclmIqORzkl&#10;wnCopdlU9P271ZNTSnxgpmYKjKjojfD0fPH40VlnS1FAC6oWjiCI8WVnK9qGYMss87wVmvkRWGHQ&#10;2IDTLODRbbLasQ7RtcqKPJ9lHbjaOuDCe7y9HIx0kfCbRvDwpmm8CERVFHMLaXVpXcc1W5yxcuOY&#10;bSXfp8H+IQvNpMGgD1CXLDCydfIvKC25Aw9NGHHQGTSN5CLVgNWM8z+quW6ZFakWJMfbB5r8/4Pl&#10;r3dvHZF1RYsxJYZp1Oj+9vPd96/3tz/uvn0hRaSos75Ez2uLvqF/Bj1Kncr19gr4B08MLFtmNuLC&#10;OehawWpMcRxfZkdPBxwfQdbdK6gxFNsGSEB943TkDxkhiI5S3TzII/pAOF6ezIqTfD6hhKNtPMkn&#10;syIJmLHy8Nw6H14I0CRuKupQ/wTPdlc+xHRYeXCJ0TwoWa+kUukQe04slSM7ht2y3gwlqq3GXIe7&#10;+TTPDyFTi0b3hPobkjKkq+h8WkxTcAMxROo0LQO2u5K6oqcINYCxMjL23NTJJTCphj0mq8yewsja&#10;wF/o1/0g2EGZNdQ3yKmDobtxGnHTgvtESYedXVH/ccucoES9NKjLfDyZxFFIh8n0KZJI3LFlfWxh&#10;hiNURQMlw3YZ0vgkxuwF6reSidko9JDJPmXs2ETNfrriSByfk9evP2DxEwAA//8DAFBLAwQUAAYA&#10;CAAAACEAfIVxy+AAAAAMAQAADwAAAGRycy9kb3ducmV2LnhtbEyPQU+DQBCF7yb+h82YeGuXNkgs&#10;MjTGpB68UUuMt4UdgZSdJeyW0n/v1ou9vcl7ee+bbDubXkw0us4ywmoZgSCure64QTh87hbPIJxX&#10;rFVvmRAu5GCb399lKtX2zAVNe9+IUMIuVQit90MqpatbMsot7UAcvB87GuXDOTZSj+ocyk0v11GU&#10;SKM6DgutGuitpfq4PxmEYUrc97u+fFRle3gqimRXfh1LxMeH+fUFhKfZ/4fhih/QIQ9MlT2xdqJH&#10;2KyjgO4RFn/imog3qxhEhRCWY5B5Jm+fyH8BAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA&#10;4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEA&#10;OP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA&#10;7Y5wUEsCAABLBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAA&#10;ACEAfIVxy+AAAAAMAQAADwAAAAAAAAAAAAAAAAClBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAE&#10;AAQA8wAAALIFAAAAAA==&#10;" fillcolor="#f2f2f2 [3052]" stroked="f">
+              <v:shape w14:anchorId="309192C6" id="文字方塊 2" o:spid="_x0000_s1027" type="#_x0000_t202" style="position:absolute;margin-left:460.4pt;margin-top:-10.4pt;width:285.3pt;height:110.6pt;z-index:251676672;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:200;mso-wrap-distance-left:9pt;mso-wrap-distance-top:3.6pt;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:3.6pt;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:200;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCU7YwPIgIAACEEAAAOAAAAZHJzL2Uyb0RvYy54bWysU9tu2zAMfR+wfxD0vthJk6wx4hRdugwD&#10;ugvQ7QNkWY6FSaImKbGzry8lO2m2vQ17EUiROiQPj9Z3vVbkKJyXYEo6neSUCMOhlmZf0u/fdm9u&#10;KfGBmZopMKKkJ+Hp3eb1q3VnCzGDFlQtHEEQ44vOlrQNwRZZ5nkrNPMTsMJgsAGnWUDX7bPasQ7R&#10;tcpmeb7MOnC1dcCF93j7MATpJuE3jeDhS9N4EYgqKfYW0unSWcUz26xZsXfMtpKPbbB/6EIzabDo&#10;BeqBBUYOTv4FpSV34KEJEw46g6aRXKQZcJpp/sc0Ty2zIs2C5Hh7ocn/P1j++fhkvzoS+nfQ4wLT&#10;EN4+Av/hiYFty8xe3DsHXStYjYWnkbKss74Yn0aqfeEjSNV9ghqXzA4BElDfOB1ZwTkJouMCThfS&#10;RR8Ix8ub5ewmX80p4RibzvP5cpbWkrHi/Nw6Hz4I0CQaJXW41QTPjo8+xHZYcU6J1TwoWe+kUsmJ&#10;ShJb5ciRoQaq/TCiOmjsdbhbLfL8XDIJL6Yn1N+QlCFdSVeL2SIVNxBLJP1oGVDESuqS3iLUAMaK&#10;yNh7U6eUwKQabGxWmZHCyNrAX+irnsh65DcyWkF9Qk4dDJrFP4ZGC+4XJR3qtaT+54E5QYn6aHAv&#10;q+l8HgWenPniLZJI3HWkuo4wwxGqpIGSwdyG9CkSY/Ye97eTidmXTsaWUYeJmvHPRKFf+ynr5Wdv&#10;ngEAAP//AwBQSwMEFAAGAAgAAAAhAHyFccvgAAAADAEAAA8AAABkcnMvZG93bnJldi54bWxMj0FP&#10;g0AQhe8m/ofNmHhrlzZILDI0xqQevFFLjLeFHYGUnSXsltJ/79aLvb3Je3nvm2w7m15MNLrOMsJq&#10;GYEgrq3uuEE4fO4WzyCcV6xVb5kQLuRgm9/fZSrV9swFTXvfiFDCLlUIrfdDKqWrWzLKLe1AHLwf&#10;Oxrlwzk2Uo/qHMpNL9dRlEijOg4LrRroraX6uD8ZhGFK3Pe7vnxUZXt4KopkV34dS8THh/n1BYSn&#10;2f+H4Yof0CEPTJU9sXaiR9iso4DuERZ/4pqIN6sYRIUQlmOQeSZvn8h/AQAA//8DAFBLAQItABQA&#10;BgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1s&#10;UEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxz&#10;UEsBAi0AFAAGAAgAAAAhAJTtjA8iAgAAIQQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2Mu&#10;eG1sUEsBAi0AFAAGAAgAAAAhAHyFccvgAAAADAEAAA8AAAAAAAAAAAAAAAAAfAQAAGRycy9kb3du&#10;cmV2LnhtbFBLBQYAAAAABAAEAPMAAACJBQAAAAA=&#10;" fillcolor="#f2f2f2 [3052]" stroked="f">
                 <v:textbox style="mso-fit-shape-to-text:t">
                   <w:txbxContent>
-                    <w:p w14:paraId="274E5EA4" w14:textId="77777777" w:rsidR="00A35B6E" w:rsidRPr="002909FA" w:rsidRDefault="00A35B6E" w:rsidP="00B56526">
+                    <w:p w14:paraId="274E5EA4" w14:textId="77777777" w:rsidR="00FA7576" w:rsidRPr="002909FA" w:rsidRDefault="00FA7576" w:rsidP="00B56526">
                       <w:pPr>
                         <w:spacing w:line="200" w:lineRule="exact"/>
                         <w:rPr>
                           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:cs="Arial"/>
                           <w:bCs/>
                           <w:color w:val="000000" w:themeColor="text1"/>
                           <w:kern w:val="24"/>
                           <w:sz w:val="16"/>
                           <w:szCs w:val="20"/>
                           <w:lang w:val="en-GB"/>
                         </w:rPr>
                       </w:pPr>
                       <w:r w:rsidRPr="002909FA">
                         <w:rPr>
                           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:cs="Arial" w:hint="eastAsia"/>
                           <w:bCs/>
                           <w:color w:val="000000" w:themeColor="text1"/>
                           <w:kern w:val="24"/>
                           <w:sz w:val="16"/>
                           <w:szCs w:val="20"/>
                           <w:lang w:val="en-GB"/>
                         </w:rPr>
                         <w:t>更多篩選語法：</w:t>
                       </w:r>
                     </w:p>
-                    <w:p w14:paraId="04918DCD" w14:textId="77777777" w:rsidR="00A35B6E" w:rsidRPr="002909FA" w:rsidRDefault="00A35B6E" w:rsidP="00B56526">
+                    <w:p w14:paraId="04918DCD" w14:textId="77777777" w:rsidR="00FA7576" w:rsidRPr="002909FA" w:rsidRDefault="00FA7576" w:rsidP="00B56526">
                       <w:pPr>
                         <w:spacing w:line="200" w:lineRule="exact"/>
                         <w:rPr>
                           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:cs="Arial"/>
                           <w:bCs/>
                           <w:color w:val="FF0000"/>
                           <w:kern w:val="24"/>
                           <w:sz w:val="16"/>
                           <w:szCs w:val="20"/>
                           <w:lang w:val="en-GB"/>
                         </w:rPr>
                       </w:pPr>
                       <w:r w:rsidRPr="002909FA">
                         <w:rPr>
                           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:cs="Arial"/>
                           <w:bCs/>
                           <w:color w:val="000000" w:themeColor="text1"/>
                           <w:kern w:val="24"/>
                           <w:sz w:val="16"/>
                           <w:szCs w:val="20"/>
                           <w:lang w:val="en-GB"/>
                         </w:rPr>
                         <w:t>CADTH</w:t>
                       </w:r>
                       <w:r w:rsidRPr="002909FA">
                         <w:rPr>
                           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:cs="Arial" w:hint="eastAsia"/>
                           <w:bCs/>
                           <w:color w:val="000000" w:themeColor="text1"/>
                           <w:kern w:val="24"/>
                           <w:sz w:val="16"/>
                           <w:szCs w:val="20"/>
                           <w:lang w:val="en-GB"/>
                         </w:rPr>
                         <w:t xml:space="preserve"> </w:t>
                       </w:r>
-                      <w:hyperlink r:id="rId18" w:history="1">
+                      <w:hyperlink r:id="rId27" w:history="1">
                         <w:r w:rsidRPr="002909FA">
                           <w:rPr>
                             <w:rStyle w:val="aa"/>
                             <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體"/>
                             <w:color w:val="0070C0"/>
                             <w:sz w:val="16"/>
                             <w:szCs w:val="20"/>
                           </w:rPr>
                           <w:t>https://searchfilters.cda-amc.ca</w:t>
                         </w:r>
                       </w:hyperlink>
                     </w:p>
-                    <w:p w14:paraId="5EF9AB3E" w14:textId="77777777" w:rsidR="00A35B6E" w:rsidRPr="002909FA" w:rsidRDefault="00A35B6E" w:rsidP="00B56526">
+                    <w:p w14:paraId="5EF9AB3E" w14:textId="77777777" w:rsidR="00FA7576" w:rsidRPr="002909FA" w:rsidRDefault="00FA7576" w:rsidP="00B56526">
                       <w:pPr>
                         <w:spacing w:line="200" w:lineRule="exact"/>
                         <w:rPr>
                           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體"/>
                           <w:sz w:val="16"/>
                           <w:szCs w:val="20"/>
                         </w:rPr>
                       </w:pPr>
                       <w:r w:rsidRPr="002909FA">
                         <w:rPr>
                           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體"/>
                           <w:sz w:val="16"/>
                           <w:szCs w:val="20"/>
                         </w:rPr>
                         <w:t xml:space="preserve">ISSG </w:t>
                       </w:r>
-                      <w:hyperlink r:id="rId19" w:history="1">
+                      <w:hyperlink r:id="rId28" w:history="1">
                         <w:r w:rsidRPr="002909FA">
                           <w:rPr>
                             <w:rStyle w:val="aa"/>
                             <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體"/>
                             <w:color w:val="0070C0"/>
                             <w:sz w:val="16"/>
                             <w:szCs w:val="20"/>
                           </w:rPr>
                           <w:t>https://sites.google.com/a/york.ac.uk/issg-search-filters-resource/</w:t>
                         </w:r>
                       </w:hyperlink>
                     </w:p>
                   </w:txbxContent>
                 </v:textbox>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
-      <w:r w:rsidRPr="00714799">
+      <w:r w:rsidRPr="00800AFD">
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:hint="eastAsia"/>
-          <w:b/>
+          <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>附錄2: 研究設計篩選語法：</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00800AFD">
+        <w:rPr>
+          <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
           <w:sz w:val="20"/>
-          <w:szCs w:val="20"/>
-[...29 lines deleted...]
-          <w:u w:val="single"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>不同問題類型</w:t>
       </w:r>
-      <w:r w:rsidRPr="00714799">
+      <w:r w:rsidRPr="00800AFD">
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
+          <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體"/>
           <w:sz w:val="20"/>
-          <w:szCs w:val="20"/>
-          <w:u w:val="single"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>/</w:t>
       </w:r>
-      <w:r w:rsidRPr="00714799">
+      <w:r w:rsidRPr="00800AFD">
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:hint="eastAsia"/>
+          <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
           <w:sz w:val="20"/>
-          <w:szCs w:val="20"/>
-          <w:u w:val="single"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>研究設計、資料庫</w:t>
       </w:r>
-      <w:r w:rsidRPr="00714799">
+      <w:r w:rsidRPr="00800AFD">
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
+          <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體"/>
           <w:sz w:val="20"/>
-          <w:szCs w:val="20"/>
-          <w:u w:val="single"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>/</w:t>
       </w:r>
-      <w:r w:rsidRPr="00714799">
+      <w:r w:rsidRPr="00800AFD">
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:hint="eastAsia"/>
+          <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
           <w:sz w:val="20"/>
-          <w:szCs w:val="20"/>
-          <w:u w:val="single"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>平台，套用的</w:t>
       </w:r>
-      <w:r w:rsidRPr="00714799">
+      <w:r w:rsidRPr="00800AFD">
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
+          <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體"/>
           <w:sz w:val="20"/>
-          <w:szCs w:val="20"/>
-          <w:u w:val="single"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Filters</w:t>
       </w:r>
-      <w:r w:rsidRPr="00714799">
+      <w:r w:rsidRPr="00800AFD">
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:hint="eastAsia"/>
+          <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
           <w:sz w:val="20"/>
-          <w:szCs w:val="20"/>
-          <w:u w:val="single"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>各異</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="73C44AC3" w14:textId="77777777" w:rsidR="00B56526" w:rsidRDefault="00B56526" w:rsidP="00B56526">
+    <w:p w14:paraId="73C44AC3" w14:textId="77777777" w:rsidR="00B56526" w:rsidRPr="00800AFD" w:rsidRDefault="00B56526" w:rsidP="00800AFD">
       <w:pPr>
-        <w:spacing w:beforeLines="10" w:before="36" w:afterLines="10" w:after="36" w:line="0" w:lineRule="atLeast"/>
+        <w:pStyle w:val="31"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00800AFD">
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
-[...9 lines deleted...]
-          <w:szCs w:val="20"/>
+          <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>附錄</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00800AFD">
+        <w:t xml:space="preserve">2-1: RCT </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00800AFD">
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
-[...18 lines deleted...]
-          <w:szCs w:val="20"/>
+          <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>(Co</w:t>
       </w:r>
-      <w:r w:rsidRPr="004D587F">
-[...4 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00800AFD">
         <w:t>chrane Trials: CENTRAL</w:t>
       </w:r>
-      <w:r w:rsidRPr="004D587F">
+      <w:r w:rsidRPr="00800AFD">
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:hint="eastAsia"/>
-[...1 lines deleted...]
-          <w:szCs w:val="20"/>
+          <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>即收錄</w:t>
       </w:r>
-      <w:r w:rsidRPr="004D587F">
-[...4 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00800AFD">
         <w:t>RCT</w:t>
       </w:r>
-      <w:r w:rsidRPr="004D587F">
+      <w:r w:rsidRPr="00800AFD">
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:hint="eastAsia"/>
-[...1 lines deleted...]
-          <w:szCs w:val="20"/>
+          <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>，無須套用</w:t>
       </w:r>
-      <w:r w:rsidRPr="004D587F">
-[...4 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00800AFD">
         <w:t>Filter</w:t>
       </w:r>
-      <w:r w:rsidRPr="004D587F">
+      <w:r w:rsidRPr="00800AFD">
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:hint="eastAsia"/>
-[...1 lines deleted...]
-          <w:szCs w:val="20"/>
+          <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="a5"/>
         <w:tblW w:w="15110" w:type="dxa"/>
         <w:tblInd w:w="-88" w:type="dxa"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2351"/>
         <w:gridCol w:w="2127"/>
         <w:gridCol w:w="2268"/>
         <w:gridCol w:w="2411"/>
         <w:gridCol w:w="2126"/>
         <w:gridCol w:w="1843"/>
         <w:gridCol w:w="1984"/>
       </w:tblGrid>
       <w:tr w:rsidR="00B56526" w:rsidRPr="005D46CB" w14:paraId="505B554E" w14:textId="77777777" w:rsidTr="00F205B8">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2351" w:type="dxa"/>
@@ -16984,69 +20131,58 @@
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:hint="eastAsia"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2127" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4160B074" w14:textId="77777777" w:rsidR="00B56526" w:rsidRPr="005D46CB" w:rsidRDefault="00B56526" w:rsidP="00F205B8">
             <w:pPr>
               <w:spacing w:beforeLines="10" w:before="36" w:afterLines="10" w:after="36" w:line="0" w:lineRule="atLeast"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="005D46CB">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
-              <w:t>Embase</w:t>
-[...9 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+              <w:t xml:space="preserve">Embase </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:hint="eastAsia"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>(Ov</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>id</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:hint="eastAsia"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="16"/>
@@ -17218,69 +20354,58 @@
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:hint="eastAsia"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="38C27450" w14:textId="77777777" w:rsidR="00B56526" w:rsidRPr="007A2EE4" w:rsidRDefault="00B56526" w:rsidP="00F205B8">
             <w:pPr>
               <w:spacing w:beforeLines="10" w:before="36" w:afterLines="10" w:after="36" w:line="0" w:lineRule="atLeast"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="005D46CB">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
-              <w:t>PsycInfo</w:t>
-[...9 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+              <w:t xml:space="preserve">PsycInfo </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:hint="eastAsia"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>(</w:t>
             </w:r>
             <w:r w:rsidRPr="007A2EE4">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:hint="eastAsia"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Ov</w:t>
             </w:r>
             <w:r w:rsidRPr="007A2EE4">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="16"/>
@@ -17331,1848 +20456,569 @@
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2351" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
           <w:p w14:paraId="5AE462DB" w14:textId="77777777" w:rsidR="00B56526" w:rsidRDefault="00B56526" w:rsidP="00F205B8">
             <w:pPr>
               <w:pStyle w:val="Web"/>
               <w:spacing w:beforeLines="10" w:before="36" w:beforeAutospacing="0" w:afterLines="10" w:after="36" w:afterAutospacing="0" w:line="150" w:lineRule="exact"/>
               <w:textAlignment w:val="top"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="標楷體" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:kern w:val="24"/>
                 <w:sz w:val="12"/>
                 <w:szCs w:val="12"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0020300B">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="標楷體" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:kern w:val="24"/>
                 <w:sz w:val="12"/>
                 <w:szCs w:val="12"/>
               </w:rPr>
-              <w:t>("randomized controlled trial"/de or "controlled clinical study"/de or "randomization"/de or "</w:t>
-[...579 lines deleted...]
-              <w:t xml:space="preserve"> and "animal experiment"/de) OR ("animal experiment"/de not ("human experiment"/de or "human"/de)))</w:t>
+              <w:t>("randomized controlled trial"/de or "controlled clinical study"/de or "randomization"/de or "intermethod comparison"/de or "double blind procedure"/de or "human experiment"/de OR (random* or placebo or "parallel group$" or crossover or "cross over" or assigned or allocated or volunteer or volunteers):ti,ab OR (open NEAR/1 label):ti,ab OR ((double or single or doubly or singly) NEAR/1 (blind or blinded or blindly)):ti,ab OR ((assign* or match or matched or allocation) NEAR/5 (alternate or group$ or intervention$ or patient$ or subject$ or participant$)):ti,ab OR (controlled NEAR/7 (study or design or trial)):ti,ab OR (compare or compared or comparison or trial):ti OR ((evaluated or evaluate or evaluating or assessed or assess) and (compare or compared or comparing or comparison)):ab) NOT (((random* NEAR/1 sampl* NEAR/7 ("cross section*" or questionnaire$ or survey* or database$)):ti,ab not ("comparative study"/de or "controlled study"/de or "randomi$ed controlled":ti,ab or "randomly assigned":ti,ab)) OR ("cross-sectional study"/de not ("randomized controlled trial"/de or "controlled clinical study"/de or "controlled study"/de or "randomi$ed controlled":ti,ab or "control group$":ti,ab)) OR ((((case NEAR/1 control*) and random*) not "randomi$ed controlled"):ti,ab) OR (("systematic review" not (trial or study)):ti) OR ((nonrandom* not random*):ti,ab) OR ("random field*":ti,ab) OR (("random cluster" NEAR/3 sampl*):ti,ab) OR ((review:ab and review/it) not trial:ti) OR ("we searched":ab and (review:ti or review/it)) OR ("update review":ab) OR ((databases NEAR/4 searched):ab) OR ((rat or rats or mouse or mice or swine or porcine or murine or sheep or lambs or pigs or piglets or rabbit or rabbits or cat or cats or dog or dogs or cattle or bovine or monkey or monkeys or trout or marmoset*):ti and "animal experiment"/de) OR ("animal experiment"/de not ("human experiment"/de or "human"/de)))</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="06B15D61" w14:textId="77777777" w:rsidR="00B56526" w:rsidRPr="00D462AA" w:rsidRDefault="00B56526" w:rsidP="00F205B8">
             <w:pPr>
               <w:pStyle w:val="Web"/>
               <w:spacing w:beforeLines="10" w:before="36" w:beforeAutospacing="0" w:afterLines="10" w:after="36" w:afterAutospacing="0" w:line="140" w:lineRule="exact"/>
               <w:textAlignment w:val="top"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="標楷體" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:kern w:val="24"/>
                 <w:sz w:val="10"/>
                 <w:szCs w:val="12"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="標楷體" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:kern w:val="24"/>
                 <w:sz w:val="8"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:br/>
             </w:r>
             <w:r w:rsidRPr="00D462AA">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="標楷體" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:kern w:val="24"/>
                 <w:sz w:val="10"/>
                 <w:szCs w:val="12"/>
               </w:rPr>
               <w:t xml:space="preserve">Filter Source: Box 3.e, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r w:rsidRPr="004D29BA">
                 <w:rPr>
                   <w:rStyle w:val="aa"/>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="標楷體" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                   <w:color w:val="0070C0"/>
                   <w:kern w:val="24"/>
                   <w:sz w:val="10"/>
                   <w:szCs w:val="12"/>
                 </w:rPr>
                 <w:t>Technical Supplement to Chapter 4: Searching for and Selecting Studies</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidRPr="004D29BA">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="標楷體" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:color w:val="0070C0"/>
                 <w:kern w:val="24"/>
                 <w:sz w:val="10"/>
                 <w:szCs w:val="12"/>
               </w:rPr>
               <w:t xml:space="preserve">. </w:t>
             </w:r>
             <w:r w:rsidRPr="00D462AA">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="標楷體" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:kern w:val="24"/>
                 <w:sz w:val="10"/>
                 <w:szCs w:val="12"/>
               </w:rPr>
               <w:t xml:space="preserve">Cochrane Handbook for Systematic Reviews of Interventions Version 6. </w:t>
             </w:r>
             <w:r w:rsidRPr="001D1AA3">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="標楷體" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:color w:val="C00000"/>
                 <w:kern w:val="24"/>
                 <w:sz w:val="10"/>
                 <w:szCs w:val="12"/>
               </w:rPr>
-              <w:t xml:space="preserve">(Syntax Translated from Ovid </w:t>
-[...21 lines deleted...]
-              <w:t xml:space="preserve"> to Elsevier Embase.com</w:t>
+              <w:t>(Syntax Translated from Ovid Embase to Elsevier Embase.com</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="標楷體" w:hAnsiTheme="minorHAnsi" w:cs="Arial" w:hint="eastAsia"/>
                 <w:color w:val="C00000"/>
                 <w:kern w:val="24"/>
                 <w:sz w:val="10"/>
                 <w:szCs w:val="12"/>
               </w:rPr>
               <w:t xml:space="preserve">. </w:t>
             </w:r>
             <w:r w:rsidRPr="009530C4">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:cs="Times New Roman" w:hint="eastAsia"/>
                 <w:bCs/>
                 <w:sz w:val="10"/>
                 <w:szCs w:val="12"/>
               </w:rPr>
               <w:t>原出處</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:cs="Times New Roman" w:hint="eastAsia"/>
                 <w:bCs/>
                 <w:sz w:val="10"/>
                 <w:szCs w:val="12"/>
               </w:rPr>
               <w:t>O</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="10"/>
                 <w:szCs w:val="12"/>
               </w:rPr>
-              <w:t xml:space="preserve">vid </w:t>
-[...2 lines deleted...]
-            <w:r>
+              <w:t>vid Embase</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:cs="Times New Roman" w:hint="eastAsia"/>
+                <w:bCs/>
+                <w:sz w:val="10"/>
+                <w:szCs w:val="12"/>
+              </w:rPr>
+              <w:t>版，且</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009530C4">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:cs="Times New Roman" w:hint="eastAsia"/>
+                <w:bCs/>
+                <w:sz w:val="10"/>
+                <w:szCs w:val="12"/>
+              </w:rPr>
+              <w:t>為逐行檢索，此已由成大醫圖</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:cs="Times New Roman" w:hint="eastAsia"/>
+                <w:bCs/>
+                <w:sz w:val="10"/>
+                <w:szCs w:val="12"/>
+              </w:rPr>
+              <w:t>轉換並</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009530C4">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:cs="Times New Roman" w:hint="eastAsia"/>
+                <w:bCs/>
+                <w:sz w:val="10"/>
+                <w:szCs w:val="12"/>
+              </w:rPr>
+              <w:t>合併為一串</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009530C4">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:cs="Times New Roman" w:hint="eastAsia"/>
+                <w:bCs/>
+                <w:sz w:val="10"/>
+                <w:szCs w:val="12"/>
+              </w:rPr>
+              <w:t>)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5D580257" w14:textId="77777777" w:rsidR="00B56526" w:rsidRPr="00644C93" w:rsidRDefault="00B56526" w:rsidP="00F205B8">
+            <w:pPr>
+              <w:pStyle w:val="Web"/>
+              <w:spacing w:beforeLines="10" w:before="36" w:beforeAutospacing="0" w:afterLines="10" w:after="36" w:afterAutospacing="0" w:line="140" w:lineRule="exact"/>
+              <w:textAlignment w:val="top"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="標楷體" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+                <w:kern w:val="24"/>
+                <w:sz w:val="10"/>
+                <w:szCs w:val="6"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D462AA">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="標楷體" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+                <w:kern w:val="24"/>
+                <w:sz w:val="10"/>
+                <w:szCs w:val="12"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="00D462AA">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:cs="Times New Roman" w:hint="eastAsia"/>
+                <w:bCs/>
+                <w:sz w:val="10"/>
+                <w:szCs w:val="12"/>
+              </w:rPr>
+              <w:t>(</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D462AA">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:cs="Times New Roman" w:hint="eastAsia"/>
+                <w:bCs/>
+                <w:sz w:val="10"/>
+                <w:szCs w:val="12"/>
+              </w:rPr>
+              <w:t>若此語法找出總文章量過多，可以洽詢改用其他</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D462AA">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:cs="Times New Roman" w:hint="eastAsia"/>
+                <w:bCs/>
+                <w:sz w:val="10"/>
+                <w:szCs w:val="12"/>
+              </w:rPr>
+              <w:t>RCTs</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D462AA">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:cs="Times New Roman" w:hint="eastAsia"/>
+                <w:bCs/>
+                <w:sz w:val="10"/>
+                <w:szCs w:val="12"/>
+              </w:rPr>
+              <w:t>語法</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D462AA">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="10"/>
                 <w:szCs w:val="12"/>
               </w:rPr>
-              <w:t>Embase</w:t>
-[...4 lines deleted...]
-                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:cs="Times New Roman" w:hint="eastAsia"/>
+              <w:t>)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+          </w:tcPr>
+          <w:p w14:paraId="145EB4FA" w14:textId="77777777" w:rsidR="00B56526" w:rsidRPr="001D1AA3" w:rsidRDefault="00B56526" w:rsidP="00F205B8">
+            <w:pPr>
+              <w:spacing w:beforeLines="10" w:before="36" w:afterLines="10" w:after="36" w:line="150" w:lineRule="exact"/>
+              <w:rPr>
+                <w:sz w:val="12"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001D1AA3">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="12"/>
+              </w:rPr>
+              <w:t>(</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001D1AA3">
+              <w:rPr>
+                <w:sz w:val="12"/>
+              </w:rPr>
+              <w:t>(Randomized controlled trial/) OR (Controlled clinical study/) OR (random$.ti,ab.) OR (randomization/) OR (intermethod comparison/) OR (placebo.ti,ab.) OR ((compare or compared or comparison).ti.) OR (((evaluated or evaluate or evaluating or assessed or assess) and (compare or</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001D1AA3">
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia"/>
+                <w:sz w:val="12"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001D1AA3">
+              <w:rPr>
+                <w:sz w:val="12"/>
+              </w:rPr>
+              <w:t>compared or comparing or comparison)).ab.) OR ((open adj label).ti,ab.) OR (((double or single or doubly or singly) adj (blind or blinded or blindly)).ti,ab.) OR (double blind procedure/) OR (parallel group$1.ti,ab.) OR ((crossover or cross over).ti,ab.) OR (((assign$ or match or matched or allocation) adj5 (alternate or group$1 or</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001D1AA3">
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia"/>
+                <w:sz w:val="12"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001D1AA3">
+              <w:rPr>
+                <w:sz w:val="12"/>
+              </w:rPr>
+              <w:t>intervention$1 or patient$1 or subject$1 or participant$1)).ti,ab.) OR ((assigned or allocated).ti,ab.) OR ((controlled adj7 (study or design or trial)).ti,ab.) OR ((volunteer or volunteers).ti,ab.) OR (human experiment/) OR (trial.ti.)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001D1AA3">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="12"/>
+              </w:rPr>
+              <w:t>)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia"/>
+                <w:b/>
+                <w:sz w:val="12"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001D1AA3">
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia"/>
+                <w:b/>
+                <w:sz w:val="12"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> NOT (</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001D1AA3">
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia"/>
+                <w:sz w:val="12"/>
+              </w:rPr>
+              <w:t>(</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001D1AA3">
+              <w:rPr>
+                <w:sz w:val="12"/>
+              </w:rPr>
+              <w:t>random$ adj sampl$ adj7 (</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001D1AA3">
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia"/>
+                <w:sz w:val="12"/>
+              </w:rPr>
+              <w:t>"</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001D1AA3">
+              <w:rPr>
+                <w:sz w:val="12"/>
+              </w:rPr>
+              <w:t>cross section$</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001D1AA3">
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia"/>
+                <w:sz w:val="12"/>
+              </w:rPr>
+              <w:t>"</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001D1AA3">
+              <w:rPr>
+                <w:sz w:val="12"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> or questionnaire$1 or survey$ or</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001D1AA3">
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia"/>
+                <w:sz w:val="12"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001D1AA3">
+              <w:rPr>
+                <w:sz w:val="12"/>
+              </w:rPr>
+              <w:t>database$1).ti,ab.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001D1AA3">
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia"/>
+                <w:sz w:val="12"/>
+              </w:rPr>
+              <w:t>)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001D1AA3">
+              <w:rPr>
+                <w:sz w:val="12"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> not (comparative study/ or controlled study/ or randomi?ed</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001D1AA3">
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia"/>
+                <w:sz w:val="12"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001D1AA3">
+              <w:rPr>
+                <w:sz w:val="12"/>
+              </w:rPr>
+              <w:t>controlled.ti,ab. or randomly assigned.ti,ab.)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001D1AA3">
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia"/>
+                <w:sz w:val="12"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001D1AA3">
+              <w:rPr>
+                <w:sz w:val="12"/>
+              </w:rPr>
+              <w:t>OR (Cross-sectional study/ not (randomized controlled trial/ or controlled clinical study/</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001D1AA3">
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia"/>
+                <w:sz w:val="12"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001D1AA3">
+              <w:rPr>
+                <w:sz w:val="12"/>
+              </w:rPr>
+              <w:t>or controlled study/ or randomi?ed controlled.ti,ab. or control group$1.ti,ab.)) OR ((((case adj control$) and random$) not randomi?ed controlled).ti,ab.) OR ((Systematic review not (trial or study)).ti.) OR ((nonrandom$ not random$).ti,ab.) OR ("Random field$".ti,ab.) OR ((random cluster adj3 sampl$).ti,ab.) OR ((review.ab. and review.pt.) not trial.ti.) OR ("we searched".ab. and (review.ti. or review.pt.)) OR ("update review".ab.) OR ((databases adj4 searched).ab.) OR ((rat or rats or mouse or mice or swine or porcine or murine or sheep or lambs or pigs</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001D1AA3">
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia"/>
+                <w:sz w:val="12"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001D1AA3">
+              <w:rPr>
+                <w:sz w:val="12"/>
+              </w:rPr>
+              <w:t>or piglets or rabbit or rabbits or cat or cats or dog or dogs or cattle or bovine or</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001D1AA3">
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia"/>
+                <w:sz w:val="12"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001D1AA3">
+              <w:rPr>
+                <w:sz w:val="12"/>
+              </w:rPr>
+              <w:t>monkey or monkeys or trout or marmoset$1).ti. and animal experiment/) OR (Animal experiment/ not (human experiment/ or human/))</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001D1AA3">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="12"/>
+              </w:rPr>
+              <w:t>)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1051877B" w14:textId="77777777" w:rsidR="00B56526" w:rsidRDefault="00B56526" w:rsidP="00F205B8">
+            <w:pPr>
+              <w:spacing w:beforeLines="10" w:before="36" w:afterLines="10" w:after="36" w:line="200" w:lineRule="exact"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
+                <w:b/>
                 <w:bCs/>
+                <w:sz w:val="12"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="22C7370D" w14:textId="77777777" w:rsidR="00B56526" w:rsidRPr="001D1AA3" w:rsidRDefault="00B56526" w:rsidP="00F205B8">
+            <w:pPr>
+              <w:spacing w:beforeLines="10" w:before="36" w:afterLines="10" w:after="36" w:line="140" w:lineRule="exact"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="12"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D462AA">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="標楷體" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+                <w:kern w:val="24"/>
                 <w:sz w:val="10"/>
                 <w:szCs w:val="12"/>
               </w:rPr>
-              <w:t>版，且</w:t>
-[...973 lines deleted...]
-              </w:rPr>
               <w:t xml:space="preserve">Filter Source: Box 3.e, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r w:rsidRPr="004D29BA">
                 <w:rPr>
                   <w:rStyle w:val="aa"/>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="標楷體" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                   <w:color w:val="0070C0"/>
                   <w:kern w:val="24"/>
                   <w:sz w:val="10"/>
                   <w:szCs w:val="12"/>
                 </w:rPr>
                 <w:t>Technical Supplement to Chapter 4: Searching for and Selecting Studies</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidRPr="004D29BA">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="標楷體" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:color w:val="0070C0"/>
                 <w:kern w:val="24"/>
                 <w:sz w:val="10"/>
                 <w:szCs w:val="12"/>
               </w:rPr>
               <w:t xml:space="preserve">. </w:t>
             </w:r>
             <w:r w:rsidRPr="00D462AA">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="標楷體" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:kern w:val="24"/>
                 <w:sz w:val="10"/>
                 <w:szCs w:val="12"/>
               </w:rPr>
               <w:t>Cochrane Handbook for Systematic Reviews of Interventions Version 6.</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="標楷體" w:hAnsiTheme="minorHAnsi" w:cs="Arial" w:hint="eastAsia"/>
                 <w:kern w:val="24"/>
                 <w:sz w:val="10"/>
                 <w:szCs w:val="12"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="009530C4">
               <w:rPr>
                 <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:cs="Arial" w:hint="eastAsia"/>
                 <w:kern w:val="24"/>
                 <w:sz w:val="10"/>
                 <w:szCs w:val="12"/>
               </w:rPr>
-              <w:t>(原出處</w:t>
-[...39 lines deleted...]
-              <w:t>圖合併為一串)</w:t>
+              <w:t>(原出處為逐行檢索，此已由成大醫圖合併為一串)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2268" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="4F97BE7F" w14:textId="77777777" w:rsidR="00B56526" w:rsidRPr="005D46CB" w:rsidRDefault="00B56526" w:rsidP="00F205B8">
             <w:pPr>
               <w:spacing w:beforeLines="10" w:before="36" w:afterLines="10" w:after="36" w:line="0" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
@@ -19210,356 +21056,154 @@
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>採</w:t>
             </w:r>
             <w:r w:rsidRPr="00F34001">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:hint="eastAsia"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>用</w:t>
             </w:r>
             <w:r w:rsidRPr="00F34001">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:hint="eastAsia"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>):</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="0B73E0A3" w14:textId="67395F59" w:rsidR="00B56526" w:rsidRPr="00F34001" w:rsidRDefault="00B56526" w:rsidP="00F205B8">
+          <w:p w14:paraId="0B73E0A3" w14:textId="77777777" w:rsidR="00B56526" w:rsidRPr="00F34001" w:rsidRDefault="00B56526" w:rsidP="00F205B8">
             <w:pPr>
               <w:pStyle w:val="Web"/>
               <w:spacing w:beforeLines="10" w:before="36" w:beforeAutospacing="0" w:afterLines="10" w:after="36" w:afterAutospacing="0" w:line="0" w:lineRule="atLeast"/>
               <w:textAlignment w:val="top"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="標楷體" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:kern w:val="24"/>
                 <w:sz w:val="10"/>
                 <w:szCs w:val="10"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005D46CB">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="標楷體" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:bCs/>
                 <w:kern w:val="24"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
-              <w:t>(</w:t>
-[...37 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:t>(randomized controlled trial.pt. or controlled clinical trial.pt. or randomi</w:t>
+            </w:r>
             <w:r w:rsidRPr="00D94502">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="標楷體" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:bCs/>
                 <w:color w:val="C00000"/>
                 <w:kern w:val="24"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>*</w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="005D46CB">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="標楷體" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:bCs/>
                 <w:kern w:val="24"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
-              <w:t>ed.ab</w:t>
-[...155 lines deleted...]
-              <w:t xml:space="preserve"> animals/ not humans.sh.))</w:t>
+              <w:t>ed.ab. or placebo.ab. or drug therapy.fs. or randomly.ab. or trial.ab. or groups.ab. not (exp animals/ not humans.sh.))</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="標楷體" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:bCs/>
                 <w:kern w:val="24"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="標楷體" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:bCs/>
                 <w:kern w:val="24"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:br/>
             </w:r>
             <w:r w:rsidRPr="00F34001">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="10"/>
                 <w:szCs w:val="10"/>
               </w:rPr>
               <w:t xml:space="preserve">Filter Source: Box 3.c, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r w:rsidRPr="004D29BA">
                 <w:rPr>
                   <w:rStyle w:val="aa"/>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:color w:val="0070C0"/>
                   <w:sz w:val="10"/>
                   <w:szCs w:val="10"/>
                 </w:rPr>
                 <w:t>Technical Supplement to Chapter 4: Searching for and Selecting Studies.</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidRPr="004D29BA">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="0070C0"/>
                 <w:sz w:val="10"/>
                 <w:szCs w:val="10"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00F34001">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="10"/>
                 <w:szCs w:val="10"/>
               </w:rPr>
-              <w:t>Cochrane Handbook for Systematic Revi</w:t>
-[...7 lines deleted...]
-              <w:t>ews of Interventions Version 6</w:t>
+              <w:t>Cochrane Handbook for Systematic Reviews of Interventions Version 6. (Add: randomised.ab)</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="777D802A" w14:textId="77777777" w:rsidR="00B56526" w:rsidRPr="00645920" w:rsidRDefault="00B56526" w:rsidP="00F205B8">
             <w:pPr>
               <w:spacing w:beforeLines="10" w:before="36" w:afterLines="10" w:after="36" w:line="0" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2411" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="24AAB8E1" w14:textId="77777777" w:rsidR="00B56526" w:rsidRPr="005D46CB" w:rsidRDefault="00B56526" w:rsidP="00F205B8">
             <w:pPr>
               <w:spacing w:beforeLines="10" w:before="36" w:afterLines="10" w:after="36" w:line="0" w:lineRule="atLeast"/>
@@ -19629,586 +21273,289 @@
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>):</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="44835FB0" w14:textId="77777777" w:rsidR="00B56526" w:rsidRPr="00F34001" w:rsidRDefault="00B56526" w:rsidP="00F205B8">
             <w:pPr>
               <w:pStyle w:val="Web"/>
               <w:spacing w:beforeLines="10" w:before="36" w:beforeAutospacing="0" w:afterLines="10" w:after="36" w:afterAutospacing="0" w:line="0" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="標楷體" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:kern w:val="24"/>
                 <w:sz w:val="10"/>
                 <w:szCs w:val="10"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005D46CB">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="標楷體" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:bCs/>
                 <w:kern w:val="24"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
-              <w:t>(randomized controlled trial[</w:t>
-[...61 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:t>(randomized controlled trial[pt] OR controlled clinical trial[pt] OR randomi</w:t>
+            </w:r>
             <w:r w:rsidRPr="00031646">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="標楷體" w:hAnsiTheme="minorHAnsi" w:cs="Arial" w:hint="eastAsia"/>
                 <w:bCs/>
                 <w:color w:val="C00000"/>
                 <w:kern w:val="24"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>*</w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00A70809">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="標楷體" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:bCs/>
                 <w:kern w:val="24"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>ed</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="005D46CB">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="標楷體" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:bCs/>
                 <w:kern w:val="24"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
-              <w:t>[</w:t>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="005D46CB">
+              <w:t xml:space="preserve">[tiab] </w:t>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="標楷體" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:bCs/>
                 <w:kern w:val="24"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
-              <w:t>tiab</w:t>
-[...1 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:t xml:space="preserve">OR </w:t>
+            </w:r>
             <w:r w:rsidRPr="005D46CB">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="標楷體" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:bCs/>
                 <w:kern w:val="24"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
-              <w:t xml:space="preserve">] </w:t>
-[...189 lines deleted...]
-              <w:t>]))</w:t>
+              <w:t>placebo[tiab] OR drug therapy[sh] OR randomly[tiab] OR trial[tiab] OR groups[tiab] NOT (animals[mh] NOT humans[mh]))</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="標楷體" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:bCs/>
                 <w:kern w:val="24"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="10"/>
                 <w:szCs w:val="10"/>
               </w:rPr>
               <w:br/>
             </w:r>
             <w:r w:rsidRPr="00F34001">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="10"/>
                 <w:szCs w:val="10"/>
               </w:rPr>
               <w:t>Filter Source: Box 3.</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="10"/>
                 <w:szCs w:val="10"/>
               </w:rPr>
               <w:t>a</w:t>
             </w:r>
             <w:r w:rsidRPr="00F34001">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="10"/>
                 <w:szCs w:val="10"/>
               </w:rPr>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r w:rsidRPr="00F34001">
                 <w:rPr>
                   <w:rStyle w:val="aa"/>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:sz w:val="10"/>
                   <w:szCs w:val="10"/>
                 </w:rPr>
                 <w:t>Technical Supplement to Chapter 4: Searching for and Selecting Studies.</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidRPr="00F34001">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="10"/>
                 <w:szCs w:val="10"/>
               </w:rPr>
               <w:t xml:space="preserve"> Cochrane Handbook for Systematic Reviews of Interventions Version 6. (Add: </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="10"/>
                 <w:szCs w:val="10"/>
               </w:rPr>
-              <w:t>randomized[</w:t>
-[...2 lines deleted...]
-            <w:r>
+              <w:t>randomized[tiab]</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F34001">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="10"/>
                 <w:szCs w:val="10"/>
               </w:rPr>
-              <w:t>tiab</w:t>
-[...2 lines deleted...]
-            <w:r>
+              <w:t>)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7EFAB581" w14:textId="77777777" w:rsidR="00B56526" w:rsidRPr="00F34001" w:rsidRDefault="00B56526" w:rsidP="00F205B8">
+            <w:pPr>
+              <w:pStyle w:val="Web"/>
+              <w:spacing w:beforeLines="10" w:before="36" w:beforeAutospacing="0" w:afterLines="10" w:after="36" w:afterAutospacing="0" w:line="0" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+          </w:tcPr>
+          <w:p w14:paraId="73121C82" w14:textId="77777777" w:rsidR="00B56526" w:rsidRDefault="00B56526" w:rsidP="00F205B8">
+            <w:pPr>
+              <w:pStyle w:val="Web"/>
+              <w:spacing w:beforeLines="10" w:before="36" w:beforeAutospacing="0" w:afterLines="10" w:after="36" w:afterAutospacing="0" w:line="0" w:lineRule="atLeast"/>
+              <w:textAlignment w:val="top"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="標楷體" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+                <w:bCs/>
+                <w:kern w:val="24"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="標楷體" w:hAnsiTheme="minorHAnsi" w:cs="Arial" w:hint="eastAsia"/>
+                <w:bCs/>
+                <w:kern w:val="24"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>(</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F34001">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="標楷體" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+                <w:bCs/>
+                <w:kern w:val="24"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>(MH ("randomized controlled trials" OR "double‐blind studies" OR "single‐blind studies" OR "random assignment" OR "pretest‐posttest design" OR "cluster sample") OR TI (randomised OR randomized) OR AB (random*) OR TI (trial) OR (MH (sample size) AND AB (assigned OR allocated OR control)) OR MH (placebos) OR PT (randomized controlled trial) OR AB (control W5 group) OR MH ("crossover design" OR "comparative studies") OR AB (cluster W3 RCT)) NOT ((MH ("animals+" OR "animal studies") OR TI (animal model*)) NOT MH (human))</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="標楷體" w:hAnsiTheme="minorHAnsi" w:cs="Arial" w:hint="eastAsia"/>
+                <w:bCs/>
+                <w:kern w:val="24"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="18DC90CE" w14:textId="77777777" w:rsidR="00B56526" w:rsidRPr="005D46CB" w:rsidRDefault="00B56526" w:rsidP="00F205B8">
+            <w:pPr>
+              <w:pStyle w:val="Web"/>
+              <w:spacing w:beforeLines="10" w:before="36" w:beforeAutospacing="0" w:afterLines="10" w:after="36" w:afterAutospacing="0" w:line="0" w:lineRule="atLeast"/>
+              <w:textAlignment w:val="top"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="標楷體" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+                <w:bCs/>
+                <w:kern w:val="24"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="60ABDFC3" w14:textId="77777777" w:rsidR="00B56526" w:rsidRPr="00F34001" w:rsidRDefault="00B56526" w:rsidP="00F205B8">
+            <w:pPr>
+              <w:pStyle w:val="Web"/>
+              <w:spacing w:beforeLines="10" w:before="36" w:beforeAutospacing="0" w:afterLines="10" w:after="36" w:afterAutospacing="0" w:line="0" w:lineRule="atLeast"/>
+              <w:textAlignment w:val="top"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="標楷體" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:kern w:val="24"/>
+                <w:sz w:val="10"/>
+                <w:szCs w:val="10"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F34001">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="10"/>
                 <w:szCs w:val="10"/>
               </w:rPr>
-              <w:t>]</w:t>
-[...132 lines deleted...]
-              </w:rPr>
               <w:t xml:space="preserve">Filter Source: Box 3.f., </w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r w:rsidRPr="004D29BA">
                 <w:rPr>
                   <w:rStyle w:val="aa"/>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:color w:val="0070C0"/>
                   <w:sz w:val="10"/>
                   <w:szCs w:val="10"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Technical Supplement to Chapter 4: Searching for and Selecting </w:t>
               </w:r>
               <w:r w:rsidRPr="00F34001">
                 <w:rPr>
                   <w:rStyle w:val="aa"/>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:sz w:val="10"/>
                   <w:szCs w:val="10"/>
                 </w:rPr>
                 <w:t>Studies.</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidRPr="00F34001">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="10"/>
                 <w:szCs w:val="10"/>
@@ -20268,1085 +21615,797 @@
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
                 <w:bCs/>
                 <w:sz w:val="10"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>"Treatment Effectiveness Evaluation"</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:hint="eastAsia"/>
                 <w:bCs/>
                 <w:sz w:val="10"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>/</w:t>
             </w:r>
             <w:r w:rsidRPr="00005502">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
                 <w:bCs/>
                 <w:sz w:val="10"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> OR </w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
                 <w:bCs/>
                 <w:sz w:val="10"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
-              <w:t>exp</w:t>
-[...9 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+              <w:t xml:space="preserve">exp </w:t>
             </w:r>
             <w:r w:rsidRPr="00005502">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
                 <w:bCs/>
                 <w:sz w:val="10"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>"Treatment Outcomes"</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:hint="eastAsia"/>
                 <w:bCs/>
                 <w:sz w:val="10"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>/</w:t>
             </w:r>
             <w:r w:rsidRPr="00005502">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
                 <w:bCs/>
                 <w:sz w:val="10"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> OR "Placebo"</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
                 <w:bCs/>
                 <w:sz w:val="10"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>/</w:t>
             </w:r>
             <w:r w:rsidRPr="00005502">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
                 <w:bCs/>
                 <w:sz w:val="10"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
-              <w:t xml:space="preserve"> OR "</w:t>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="00005502">
+              <w:t xml:space="preserve"> OR "Followup Studies"</w:t>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
                 <w:bCs/>
                 <w:sz w:val="10"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
-              <w:t>Followup</w:t>
-[...1 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:t>/</w:t>
+            </w:r>
             <w:r w:rsidRPr="00005502">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
                 <w:bCs/>
                 <w:sz w:val="10"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
-              <w:t xml:space="preserve"> Studies"</w:t>
+              <w:t xml:space="preserve"> OR </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
                 <w:bCs/>
                 <w:sz w:val="10"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
-              <w:t>/</w:t>
+              <w:t>(</w:t>
             </w:r>
             <w:r w:rsidRPr="00005502">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
                 <w:bCs/>
                 <w:sz w:val="10"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
-              <w:t xml:space="preserve"> OR </w:t>
+              <w:t xml:space="preserve">placebo* OR random* OR "comparative stud*" OR </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
                 <w:bCs/>
                 <w:sz w:val="10"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>(</w:t>
             </w:r>
             <w:r w:rsidRPr="00005502">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
                 <w:bCs/>
                 <w:sz w:val="10"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
-              <w:t xml:space="preserve">placebo* OR random* OR "comparative stud*" OR </w:t>
+              <w:t xml:space="preserve">clinical </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
                 <w:bCs/>
                 <w:sz w:val="10"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
-              <w:t>(</w:t>
+              <w:t>ADJ4</w:t>
             </w:r>
             <w:r w:rsidRPr="00005502">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
                 <w:bCs/>
                 <w:sz w:val="10"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
-              <w:t xml:space="preserve">clinical </w:t>
+              <w:t xml:space="preserve"> trial*</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
                 <w:bCs/>
                 <w:sz w:val="10"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
-              <w:t>ADJ4</w:t>
+              <w:t>)</w:t>
             </w:r>
             <w:r w:rsidRPr="00005502">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
                 <w:bCs/>
                 <w:sz w:val="10"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
-              <w:t xml:space="preserve"> trial*</w:t>
+              <w:t xml:space="preserve"> OR </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
                 <w:bCs/>
                 <w:sz w:val="10"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
-              <w:t>)</w:t>
+              <w:t>(</w:t>
             </w:r>
             <w:r w:rsidRPr="00005502">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
                 <w:bCs/>
                 <w:sz w:val="10"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
-              <w:t xml:space="preserve"> OR </w:t>
+              <w:t xml:space="preserve">research </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
                 <w:bCs/>
                 <w:sz w:val="10"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
-              <w:t>(</w:t>
+              <w:t>ADJ4</w:t>
             </w:r>
             <w:r w:rsidRPr="00005502">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
                 <w:bCs/>
                 <w:sz w:val="10"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
-              <w:t xml:space="preserve">research </w:t>
+              <w:t xml:space="preserve"> design</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
                 <w:bCs/>
                 <w:sz w:val="10"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
-              <w:t>ADJ4</w:t>
+              <w:t>)</w:t>
             </w:r>
             <w:r w:rsidRPr="00005502">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
                 <w:bCs/>
                 <w:sz w:val="10"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
-              <w:t xml:space="preserve"> design</w:t>
+              <w:t xml:space="preserve"> OR </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
                 <w:bCs/>
                 <w:sz w:val="10"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
-              <w:t>)</w:t>
+              <w:t>(</w:t>
             </w:r>
             <w:r w:rsidRPr="00005502">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
                 <w:bCs/>
                 <w:sz w:val="10"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
-              <w:t xml:space="preserve"> OR </w:t>
+              <w:t xml:space="preserve">evaluat* </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
                 <w:bCs/>
                 <w:sz w:val="10"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
-              <w:t>(</w:t>
-[...1 lines deleted...]
-            <w:proofErr w:type="spellStart"/>
+              <w:t>ADJ4</w:t>
+            </w:r>
             <w:r w:rsidRPr="00005502">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
                 <w:bCs/>
                 <w:sz w:val="10"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
-              <w:t>evaluat</w:t>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="00005502">
+              <w:t xml:space="preserve"> stud*</w:t>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
                 <w:bCs/>
                 <w:sz w:val="10"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
-              <w:t xml:space="preserve">* </w:t>
-[...1 lines deleted...]
-            <w:r>
+              <w:t>)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00005502">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
                 <w:bCs/>
                 <w:sz w:val="10"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
-              <w:t>ADJ4</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="00005502">
+              <w:t xml:space="preserve"> OR </w:t>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
                 <w:bCs/>
                 <w:sz w:val="10"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
-              <w:t xml:space="preserve"> stud*</w:t>
-[...1 lines deleted...]
-            <w:r>
+              <w:t>(</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00005502">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
                 <w:bCs/>
                 <w:sz w:val="10"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
-              <w:t>)</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="00005502">
+              <w:t xml:space="preserve">prospectiv* </w:t>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
                 <w:bCs/>
                 <w:sz w:val="10"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
-              <w:t xml:space="preserve"> OR </w:t>
-[...1 lines deleted...]
-            <w:r>
+              <w:t>ADJ4</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00005502">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
                 <w:bCs/>
                 <w:sz w:val="10"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
-              <w:t>(</w:t>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="00005502">
+              <w:t xml:space="preserve"> stud*</w:t>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
                 <w:bCs/>
                 <w:sz w:val="10"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
-              <w:t>prospectiv</w:t>
-[...1 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:t>)</w:t>
+            </w:r>
             <w:r w:rsidRPr="00005502">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
                 <w:bCs/>
                 <w:sz w:val="10"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
-              <w:t xml:space="preserve">* </w:t>
+              <w:t xml:space="preserve"> OR </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
                 <w:bCs/>
                 <w:sz w:val="10"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
-              <w:t>ADJ4</w:t>
+              <w:t>(</w:t>
             </w:r>
             <w:r w:rsidRPr="00005502">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
                 <w:bCs/>
                 <w:sz w:val="10"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
-              <w:t xml:space="preserve"> stud*</w:t>
-[...115 lines deleted...]
-              <w:t xml:space="preserve">*) </w:t>
+              <w:t xml:space="preserve">(singl* OR doubl* OR trebl* OR tripl*) </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
                 <w:bCs/>
                 <w:sz w:val="10"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>ADJ4</w:t>
             </w:r>
             <w:r w:rsidRPr="00005502">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
                 <w:bCs/>
                 <w:sz w:val="10"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> (blind* OR mask*)</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
                 <w:bCs/>
                 <w:sz w:val="10"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>))</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:hint="eastAsia"/>
                 <w:bCs/>
                 <w:sz w:val="10"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
-              <w:t>.</w:t>
-[...1 lines deleted...]
-            <w:proofErr w:type="spellStart"/>
+              <w:t>.m</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
+                <w:bCs/>
+                <w:sz w:val="10"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>p</w:t>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:hint="eastAsia"/>
                 <w:bCs/>
                 <w:sz w:val="10"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
-              <w:t>m</w:t>
-[...1 lines deleted...]
-            <w:r>
+              <w:t>)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00005502">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
                 <w:bCs/>
                 <w:sz w:val="10"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
-              <w:t>p</w:t>
-[...1 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5A248044" w14:textId="77777777" w:rsidR="00B56526" w:rsidRPr="00D0172A" w:rsidRDefault="00B56526" w:rsidP="00F205B8">
+            <w:pPr>
+              <w:spacing w:beforeLines="30" w:before="108" w:afterLines="10" w:after="36" w:line="0" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="標楷體" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+                <w:b/>
+                <w:kern w:val="24"/>
+                <w:sz w:val="12"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D0172A">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="標楷體" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+                <w:b/>
+                <w:kern w:val="24"/>
+                <w:sz w:val="12"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>Eady et al:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4559A777" w14:textId="77777777" w:rsidR="00B56526" w:rsidRDefault="00B56526" w:rsidP="00F205B8">
+            <w:pPr>
+              <w:spacing w:beforeLines="10" w:before="36" w:afterLines="10" w:after="36" w:line="120" w:lineRule="exact"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="10"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D0172A">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="10"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>Best sensitivity:</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:hint="eastAsia"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="10"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1B7A5640" w14:textId="77777777" w:rsidR="00B56526" w:rsidRPr="00D0172A" w:rsidRDefault="00B56526" w:rsidP="00F205B8">
+            <w:pPr>
+              <w:spacing w:beforeLines="10" w:before="36" w:afterLines="10" w:after="36" w:line="120" w:lineRule="exact"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
+                <w:bCs/>
+                <w:sz w:val="10"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:hint="eastAsia"/>
                 <w:bCs/>
                 <w:sz w:val="10"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
-              <w:t>)</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="00005502">
+              <w:t>(</w:t>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
                 <w:bCs/>
                 <w:sz w:val="10"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
-[...41 lines deleted...]
-                <w:b/>
+              <w:t>(</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00005502">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
                 <w:bCs/>
                 <w:sz w:val="10"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
-            </w:pPr>
-[...3 lines deleted...]
-                <w:b/>
+              <w:t>random* OR control*</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
                 <w:bCs/>
                 <w:sz w:val="10"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
-              <w:t>Best sensitivity:</w:t>
-[...4 lines deleted...]
-                <w:b/>
+              <w:t>).mp</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00005502">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
                 <w:bCs/>
                 <w:sz w:val="10"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
-[...4 lines deleted...]
-              <w:spacing w:beforeLines="10" w:before="36" w:afterLines="10" w:after="36" w:line="120" w:lineRule="exact"/>
+              <w:t xml:space="preserve"> OR </w:t>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
                 <w:bCs/>
                 <w:sz w:val="10"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
-            </w:pPr>
+              <w:t>exp "treatment"</w:t>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:hint="eastAsia"/>
                 <w:bCs/>
                 <w:sz w:val="10"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
-              <w:t>(</w:t>
-[...1 lines deleted...]
-            <w:r>
+              <w:t>/)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3F4B9CCF" w14:textId="77777777" w:rsidR="00B56526" w:rsidRDefault="00B56526" w:rsidP="00F205B8">
+            <w:pPr>
+              <w:spacing w:beforeLines="10" w:before="36" w:afterLines="10" w:after="36" w:line="0" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
                 <w:bCs/>
                 <w:sz w:val="10"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
-              <w:t>(</w:t>
-[...3 lines deleted...]
-                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00D0172A">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
+                <w:b/>
                 <w:bCs/>
                 <w:sz w:val="10"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
-              <w:t>random* OR control*</w:t>
-[...3 lines deleted...]
-                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
+              <w:t>Best optimization of sensitivity and specificity:</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
+                <w:b/>
                 <w:bCs/>
                 <w:sz w:val="10"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
-              <w:t>).</w:t>
-[...1 lines deleted...]
-            <w:proofErr w:type="spellStart"/>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
                 <w:bCs/>
                 <w:sz w:val="10"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
-              <w:t>mp</w:t>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="00005502">
+              <w:t>(</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D0172A">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
                 <w:bCs/>
                 <w:sz w:val="10"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
-              <w:t xml:space="preserve"> OR </w:t>
-[...1 lines deleted...]
-            <w:proofErr w:type="spellStart"/>
+              <w:t>"double-blind" OR "random* assigned" OR control</w:t>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
                 <w:bCs/>
                 <w:sz w:val="10"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
-              <w:t>exp</w:t>
-[...88 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:t>).mp</w:t>
+            </w:r>
           </w:p>
           <w:p w14:paraId="52CB7695" w14:textId="77777777" w:rsidR="00B56526" w:rsidRPr="0093188F" w:rsidRDefault="00B56526" w:rsidP="00F205B8">
             <w:pPr>
               <w:spacing w:beforeLines="30" w:before="108" w:afterLines="10" w:after="36" w:line="0" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
                 <w:bCs/>
                 <w:color w:val="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
                 <w:sz w:val="12"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002A1488">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
                 <w:bCs/>
                 <w:sz w:val="10"/>
                 <w:szCs w:val="10"/>
               </w:rPr>
-              <w:t xml:space="preserve">Filter Source: </w:t>
-[...4 lines deleted...]
-                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
+              <w:t>Filter Source: Eady AM, Wilczynski NL, Haynes RB. PsycINFO search strategies identified methodologically sound therapy studies and review articles for use by clinicians and researchers. Journal of Clinical Epidemiology.  2008 Jan;61(1):34-40.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6291139C" w14:textId="77777777" w:rsidR="00B56526" w:rsidRPr="00645920" w:rsidRDefault="00B56526" w:rsidP="00F205B8">
+            <w:pPr>
+              <w:pStyle w:val="Web"/>
+              <w:spacing w:beforeLines="10" w:before="36" w:beforeAutospacing="0" w:afterLines="10" w:after="36" w:afterAutospacing="0" w:line="0" w:lineRule="atLeast"/>
+              <w:textAlignment w:val="top"/>
+              <w:rPr>
+                <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:cs="Arial"/>
+                <w:b/>
+                <w:kern w:val="24"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008809E5">
+              <w:rPr>
+                <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:cs="Times New Roman" w:hint="eastAsia"/>
+                <w:bCs/>
+                <w:color w:val="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+                <w:kern w:val="24"/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="14"/>
+              </w:rPr>
+              <w:t>本區參考</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r w:rsidRPr="008809E5">
+                <w:rPr>
+                  <w:rStyle w:val="aa"/>
+                  <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體"/>
+                  <w:bCs/>
+                  <w:color w:val="7F7FFF" w:themeColor="hyperlink" w:themeTint="80"/>
+                  <w:kern w:val="24"/>
+                  <w:sz w:val="8"/>
+                  <w:szCs w:val="14"/>
+                </w:rPr>
+                <w:t>Cochrane</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r w:rsidRPr="008809E5">
+              <w:rPr>
+                <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:cs="Times New Roman" w:hint="eastAsia"/>
+                <w:bCs/>
+                <w:color w:val="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+                <w:kern w:val="24"/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="14"/>
+              </w:rPr>
+              <w:t>推薦</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008809E5">
+              <w:rPr>
+                <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+                <w:kern w:val="24"/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="14"/>
+              </w:rPr>
+              <w:t>ProQuest</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008809E5">
+              <w:rPr>
+                <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:cs="Times New Roman" w:hint="eastAsia"/>
+                <w:bCs/>
+                <w:color w:val="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+                <w:kern w:val="24"/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="14"/>
+              </w:rPr>
+              <w:t>介面語法，修改為Ovid介面語法</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1984" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="72AA2D92" w14:textId="77777777" w:rsidR="00B56526" w:rsidRDefault="00B56526" w:rsidP="00F205B8">
+            <w:pPr>
+              <w:pStyle w:val="Web"/>
+              <w:spacing w:beforeLines="10" w:before="36" w:beforeAutospacing="0" w:afterLines="10" w:after="36" w:afterAutospacing="0" w:line="0" w:lineRule="atLeast"/>
+              <w:textAlignment w:val="top"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:cs="Times New Roman" w:hint="eastAsia"/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>(</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009D2128">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>TS= clinical trial* OR TS=research design OR TS=comparative stud* OR TS=evaluation stud* OR TS=controlled trial* OR TS=follow-up stud* OR TS=prospective stud* OR TS=random* OR TS=placebo* OR TS=(single blind*) OR TS=(double blind*)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:cs="Times New Roman" w:hint="eastAsia"/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="05A33B72" w14:textId="77777777" w:rsidR="00B56526" w:rsidRPr="002A1488" w:rsidRDefault="00B56526" w:rsidP="00F205B8">
+            <w:pPr>
+              <w:pStyle w:val="Web"/>
+              <w:spacing w:beforeLines="10" w:before="36" w:beforeAutospacing="0" w:afterLines="10" w:after="36" w:afterAutospacing="0" w:line="0" w:lineRule="atLeast"/>
+              <w:textAlignment w:val="top"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="622C2C33" w14:textId="77777777" w:rsidR="00B56526" w:rsidRPr="002A1488" w:rsidRDefault="00B56526" w:rsidP="00F205B8">
+            <w:pPr>
+              <w:pStyle w:val="Web"/>
+              <w:spacing w:beforeLines="10" w:before="36" w:beforeAutospacing="0" w:afterLines="10" w:after="36" w:afterAutospacing="0" w:line="0" w:lineRule="atLeast"/>
+              <w:textAlignment w:val="top"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:cs="Times New Roman"/>
+                <w:b/>
                 <w:bCs/>
                 <w:sz w:val="10"/>
                 <w:szCs w:val="10"/>
               </w:rPr>
-              <w:t>Eady</w:t>
-[...232 lines deleted...]
-              </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002A1488">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="10"/>
                 <w:szCs w:val="10"/>
               </w:rPr>
               <w:t xml:space="preserve">Filter Source: </w:t>
             </w:r>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r w:rsidRPr="004D29BA">
                 <w:rPr>
                   <w:rStyle w:val="aa"/>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:color w:val="0070C0"/>
                   <w:sz w:val="10"/>
                   <w:szCs w:val="10"/>
                 </w:rPr>
                 <w:t>American University of Beirut</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p w14:paraId="53A88BAD" w14:textId="77777777" w:rsidR="00B56526" w:rsidRPr="0067782C" w:rsidRDefault="00B56526" w:rsidP="00F205B8">
             <w:pPr>
               <w:pStyle w:val="Web"/>
               <w:spacing w:beforeLines="10" w:before="36" w:beforeAutospacing="0" w:afterLines="10" w:after="36" w:afterAutospacing="0" w:line="0" w:lineRule="atLeast"/>
               <w:textAlignment w:val="top"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="標楷體" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:b/>
                 <w:kern w:val="24"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
@@ -21479,219 +22538,97 @@
                 <w:sz w:val="14"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>):</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="685CA56A" w14:textId="77777777" w:rsidR="00B56526" w:rsidRDefault="00B56526" w:rsidP="00F205B8">
             <w:pPr>
               <w:pStyle w:val="Web"/>
               <w:spacing w:beforeLines="10" w:before="36" w:beforeAutospacing="0" w:afterLines="10" w:after="36" w:afterAutospacing="0" w:line="0" w:lineRule="atLeast"/>
               <w:textAlignment w:val="top"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="標楷體" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:kern w:val="24"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005D46CB">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="標楷體" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:kern w:val="24"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
-              <w:t>(</w:t>
-[...31 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:t>(randomized controlled trial.pt. or controlled clinical trial.pt. or randomi</w:t>
+            </w:r>
             <w:r w:rsidRPr="002F06B1">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="標楷體" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:color w:val="C00000"/>
                 <w:kern w:val="24"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>*</w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00F34001">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="標楷體" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:kern w:val="24"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>zed</w:t>
             </w:r>
             <w:r w:rsidRPr="005D46CB">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="標楷體" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:kern w:val="24"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
-              <w:t>.ab</w:t>
-[...1 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:t>.ab.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="標楷體" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+                <w:kern w:val="24"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
             <w:r w:rsidRPr="005D46CB">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="標楷體" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:kern w:val="24"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
-              <w:t>.</w:t>
-[...97 lines deleted...]
-              <w:t xml:space="preserve"> animals/ not humans.sh.))</w:t>
+              <w:t>or placebo.ab. or clinical trials as topic.sh. or randomly.ab. or trial.ti. NOT (exp animals/ not humans.sh.))</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="4542BF2E" w14:textId="77777777" w:rsidR="00B56526" w:rsidRDefault="00B56526" w:rsidP="00F205B8">
             <w:pPr>
               <w:pStyle w:val="Web"/>
               <w:spacing w:beforeLines="10" w:before="36" w:beforeAutospacing="0" w:afterLines="10" w:after="36" w:afterAutospacing="0" w:line="0" w:lineRule="atLeast"/>
               <w:textAlignment w:val="top"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="標楷體" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:kern w:val="24"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="2CAD223A" w14:textId="77777777" w:rsidR="00B56526" w:rsidRDefault="00B56526" w:rsidP="00F205B8">
             <w:pPr>
               <w:pStyle w:val="Web"/>
               <w:spacing w:beforeLines="10" w:before="36" w:beforeAutospacing="0" w:afterLines="10" w:after="36" w:afterAutospacing="0" w:line="0" w:lineRule="atLeast"/>
               <w:textAlignment w:val="top"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="標楷體" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:kern w:val="24"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
@@ -21712,96 +22649,78 @@
             </w:pPr>
             <w:r w:rsidRPr="00F34001">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="10"/>
                 <w:szCs w:val="10"/>
               </w:rPr>
               <w:t>Filter Source: Box 3.</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="10"/>
                 <w:szCs w:val="10"/>
               </w:rPr>
               <w:t>d</w:t>
             </w:r>
             <w:r w:rsidRPr="00F34001">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="10"/>
                 <w:szCs w:val="10"/>
               </w:rPr>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r w:rsidRPr="004D29BA">
                 <w:rPr>
                   <w:rStyle w:val="aa"/>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:color w:val="0070C0"/>
                   <w:sz w:val="10"/>
                   <w:szCs w:val="10"/>
                 </w:rPr>
                 <w:t>Technical Supplement to Chapter 4: Searching for and Selecting Studies.</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidRPr="004D29BA">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="0070C0"/>
                 <w:sz w:val="10"/>
                 <w:szCs w:val="10"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00F34001">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="10"/>
                 <w:szCs w:val="10"/>
               </w:rPr>
-              <w:t xml:space="preserve">Cochrane Handbook for Systematic Reviews of Interventions Version 6. (Add: </w:t>
-[...17 lines deleted...]
-              <w:t>)</w:t>
+              <w:t>Cochrane Handbook for Systematic Reviews of Interventions Version 6. (Add: randomised.ab)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2411" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="6535B698" w14:textId="77777777" w:rsidR="00B56526" w:rsidRPr="005D46CB" w:rsidRDefault="00B56526" w:rsidP="00F205B8">
             <w:pPr>
               <w:spacing w:beforeLines="10" w:before="36" w:afterLines="10" w:after="36" w:line="0" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005D46CB">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
                 <w:b/>
@@ -21880,338 +22799,96 @@
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="58AADD2E" w14:textId="77777777" w:rsidR="00B56526" w:rsidRPr="00F34001" w:rsidRDefault="00B56526" w:rsidP="00F205B8">
             <w:pPr>
               <w:pStyle w:val="Web"/>
               <w:spacing w:beforeLines="10" w:before="36" w:beforeAutospacing="0" w:afterLines="10" w:after="36" w:afterAutospacing="0" w:line="0" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="標楷體" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:kern w:val="24"/>
                 <w:sz w:val="10"/>
                 <w:szCs w:val="10"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005D46CB">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="標楷體" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:bCs/>
                 <w:kern w:val="24"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
-              <w:t>(randomized controlled trial[</w:t>
-[...61 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:t>(randomized controlled trial[pt] OR controlled clinical trial[pt] OR randomi</w:t>
+            </w:r>
             <w:r w:rsidRPr="00031646">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="標楷體" w:hAnsiTheme="minorHAnsi" w:cs="Arial" w:hint="eastAsia"/>
                 <w:bCs/>
                 <w:color w:val="C00000"/>
                 <w:kern w:val="24"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>*</w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="005D46CB">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="標楷體" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:bCs/>
                 <w:kern w:val="24"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
-              <w:t>ed</w:t>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="005D46CB">
+              <w:t xml:space="preserve">ed[tiab] </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CC4FEE">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="標楷體" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:bCs/>
                 <w:kern w:val="24"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
-              <w:t>[</w:t>
-[...1 lines deleted...]
-            <w:proofErr w:type="spellStart"/>
+              <w:t>OR</w:t>
+            </w:r>
             <w:r w:rsidRPr="005D46CB">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="標楷體" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:bCs/>
                 <w:kern w:val="24"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
-              <w:t>tiab</w:t>
-[...177 lines deleted...]
-              <w:t>]))</w:t>
+              <w:t xml:space="preserve"> placebo[tiab] OR clinical trials as topic[mesh:noexp] OR randomly[tiab] OR trial[ti] NOT (animals[mh] NOT humans [mh]))</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="標楷體" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:bCs/>
                 <w:kern w:val="24"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="10"/>
                 <w:szCs w:val="10"/>
               </w:rPr>
               <w:br/>
             </w:r>
             <w:r w:rsidRPr="00F34001">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="10"/>
                 <w:szCs w:val="10"/>
@@ -22221,95 +22898,77 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="10"/>
                 <w:szCs w:val="10"/>
               </w:rPr>
               <w:t>b</w:t>
             </w:r>
             <w:r w:rsidRPr="00F34001">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="10"/>
                 <w:szCs w:val="10"/>
               </w:rPr>
               <w:t>,</w:t>
             </w:r>
             <w:r w:rsidRPr="004D29BA">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="0070C0"/>
                 <w:sz w:val="10"/>
                 <w:szCs w:val="10"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r w:rsidRPr="004D29BA">
                 <w:rPr>
                   <w:rStyle w:val="aa"/>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:color w:val="0070C0"/>
                   <w:sz w:val="10"/>
                   <w:szCs w:val="10"/>
                 </w:rPr>
                 <w:t>Technical Supplement to Chapter 4: Searching for and Selecting Studies.</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidRPr="00F34001">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="10"/>
                 <w:szCs w:val="10"/>
               </w:rPr>
               <w:t xml:space="preserve"> Cochrane Handbook for Systematic Reviews of Interventions Version 6. (Add: </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="10"/>
                 <w:szCs w:val="10"/>
               </w:rPr>
-              <w:t>randomized[</w:t>
-[...17 lines deleted...]
-              <w:t>]</w:t>
+              <w:t>randomized[tiab]</w:t>
             </w:r>
             <w:r w:rsidRPr="00F34001">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="10"/>
                 <w:szCs w:val="10"/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="2DF40022" w14:textId="77777777" w:rsidR="00B56526" w:rsidRPr="00F34001" w:rsidRDefault="00B56526" w:rsidP="00F205B8">
             <w:pPr>
               <w:pStyle w:val="Web"/>
               <w:spacing w:beforeLines="10" w:before="36" w:beforeAutospacing="0" w:afterLines="10" w:after="36" w:afterAutospacing="0" w:line="0" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2126" w:type="dxa"/>
@@ -22496,67 +23155,51 @@
             <w:tcW w:w="1984" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
           <w:p w14:paraId="04317651" w14:textId="77777777" w:rsidR="00B56526" w:rsidRDefault="00B56526" w:rsidP="00F205B8">
             <w:pPr>
               <w:pStyle w:val="Web"/>
               <w:spacing w:beforeLines="50" w:before="180" w:beforeAutospacing="0" w:afterLines="10" w:after="36" w:afterAutospacing="0" w:line="0" w:lineRule="atLeast"/>
               <w:textAlignment w:val="top"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
                 <w:sz w:val="10"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
                 <w:sz w:val="10"/>
               </w:rPr>
               <w:t>(</w:t>
             </w:r>
             <w:r w:rsidRPr="00AF2847">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
                 <w:sz w:val="10"/>
               </w:rPr>
-              <w:t xml:space="preserve">INDEXTERMS ( "clinical trials" OR "clinical trials as a topic" OR "randomized controlled trial" OR "Randomized Controlled Trials as Topic" OR "controlled clinical trial" OR "Controlled Clinical Trials" OR "random allocation" OR "Double-Blind Method" OR "Single-Blind Method" OR "Cross-Over Studies" OR "Placebos" OR "multicenter study" OR "double blind procedure" OR "single blind procedure" OR "crossover procedure" OR "clinical trial" OR "controlled study" OR "randomization" OR "placebo" ) OR TITLE-ABS-KEY ( "clinical trials" OR "clinical trials as a topic" OR "randomized controlled trial" OR "Randomized Controlled Trials as Topic" OR "controlled clinical trial" OR "Controlled Clinical Trials as Topic" OR "random allocation" OR "randomly allocated" OR "allocated randomly" OR "Double-Blind Method" OR "Single-Blind Method" OR "Cross-Over Studies" OR "Placebos" OR "cross-over trial" OR "single blind" OR "double blind" OR "factorial design" OR "factorial trial" ) OR TITLE ( clinical trial OR trial OR </w:t>
-[...15 lines deleted...]
-              <w:t>* OR random* OR blind* )</w:t>
+              <w:t>INDEXTERMS ( "clinical trials" OR "clinical trials as a topic" OR "randomized controlled trial" OR "Randomized Controlled Trials as Topic" OR "controlled clinical trial" OR "Controlled Clinical Trials" OR "random allocation" OR "Double-Blind Method" OR "Single-Blind Method" OR "Cross-Over Studies" OR "Placebos" OR "multicenter study" OR "double blind procedure" OR "single blind procedure" OR "crossover procedure" OR "clinical trial" OR "controlled study" OR "randomization" OR "placebo" ) OR TITLE-ABS-KEY ( "clinical trials" OR "clinical trials as a topic" OR "randomized controlled trial" OR "Randomized Controlled Trials as Topic" OR "controlled clinical trial" OR "Controlled Clinical Trials as Topic" OR "random allocation" OR "randomly allocated" OR "allocated randomly" OR "Double-Blind Method" OR "Single-Blind Method" OR "Cross-Over Studies" OR "Placebos" OR "cross-over trial" OR "single blind" OR "double blind" OR "factorial design" OR "factorial trial" ) OR TITLE ( clinical trial OR trial OR rct* OR random* OR blind* )</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
                 <w:sz w:val="10"/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="7894C023" w14:textId="77777777" w:rsidR="00B56526" w:rsidRDefault="00B56526" w:rsidP="00F205B8">
             <w:pPr>
               <w:pStyle w:val="Web"/>
               <w:spacing w:beforeLines="10" w:before="36" w:beforeAutospacing="0" w:afterLines="10" w:after="36" w:afterAutospacing="0" w:line="0" w:lineRule="atLeast"/>
               <w:textAlignment w:val="top"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
                 <w:sz w:val="10"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AF2847">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
                 <w:sz w:val="10"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
@@ -22601,128 +23244,128 @@
                       </wp:cNvGraphicFramePr>
                       <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                         <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                           <wps:wsp>
                             <wps:cNvSpPr txBox="1">
                               <a:spLocks noChangeArrowheads="1"/>
                             </wps:cNvSpPr>
                             <wps:spPr bwMode="auto">
                               <a:xfrm>
                                 <a:off x="0" y="0"/>
                                 <a:ext cx="1592098" cy="1404620"/>
                               </a:xfrm>
                               <a:prstGeom prst="rect">
                                 <a:avLst/>
                               </a:prstGeom>
                               <a:noFill/>
                               <a:ln w="9525">
                                 <a:noFill/>
                                 <a:miter lim="800000"/>
                                 <a:headEnd/>
                                 <a:tailEnd/>
                               </a:ln>
                             </wps:spPr>
                             <wps:txbx>
                               <w:txbxContent>
-                                <w:p w14:paraId="3606357C" w14:textId="77777777" w:rsidR="00A35B6E" w:rsidRDefault="00A35B6E" w:rsidP="00B56526">
+                                <w:p w14:paraId="3606357C" w14:textId="77777777" w:rsidR="00FA7576" w:rsidRDefault="00FA7576" w:rsidP="00B56526">
                                   <w:r w:rsidRPr="00031646">
                                     <w:rPr>
                                       <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:hint="eastAsia"/>
                                       <w:color w:val="C00000"/>
                                       <w:sz w:val="16"/>
                                       <w:szCs w:val="20"/>
                                     </w:rPr>
                                     <w:t>紅字</w:t>
                                   </w:r>
                                   <w:r w:rsidRPr="002909FA">
                                     <w:rPr>
                                       <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:hint="eastAsia"/>
                                       <w:color w:val="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
                                       <w:sz w:val="16"/>
                                       <w:szCs w:val="20"/>
                                     </w:rPr>
                                     <w:t>經修改有異於原始出處者</w:t>
                                   </w:r>
                                 </w:p>
                               </w:txbxContent>
                             </wps:txbx>
                             <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0">
                               <a:spAutoFit/>
                             </wps:bodyPr>
                           </wps:wsp>
                         </a:graphicData>
                       </a:graphic>
                       <wp14:sizeRelH relativeFrom="margin">
                         <wp14:pctWidth>0</wp14:pctWidth>
                       </wp14:sizeRelH>
                       <wp14:sizeRelV relativeFrom="margin">
                         <wp14:pctHeight>20000</wp14:pctHeight>
                       </wp14:sizeRelV>
                     </wp:anchor>
                   </w:drawing>
                 </mc:Choice>
                 <mc:Fallback>
                   <w:pict>
-                    <v:shape w14:anchorId="4ED593C0" id="_x0000_s1029" type="#_x0000_t202" style="position:absolute;margin-left:-47.35pt;margin-top:126.15pt;width:125.35pt;height:110.6pt;z-index:251678720;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:200;mso-wrap-distance-left:9pt;mso-wrap-distance-top:3.6pt;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:3.6pt;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:200;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBmqIfwJwIAAP8DAAAOAAAAZHJzL2Uyb0RvYy54bWysU11uEzEQfkfiDpbfyW62SWlW2VSlJQip&#10;/EiFAzheb9bC9hjbyW65QCUOUJ45AAfgQO05GHuTEMEbYh8se8fzzXzffJ6f91qRrXBegqnoeJRT&#10;IgyHWpp1RT9+WD47o8QHZmqmwIiK3gpPzxdPn8w7W4oCWlC1cARBjC87W9E2BFtmmeet0MyPwAqD&#10;wQacZgGPbp3VjnWIrlVW5Plp1oGrrQMuvMe/V0OQLhJ+0wge3jWNF4GoimJvIa0urau4Zos5K9eO&#10;2VbyXRvsH7rQTBoseoC6YoGRjZN/QWnJHXhowoiDzqBpJBeJA7IZ53+wuWmZFYkLiuPtQSb//2D5&#10;2+17R2Rd0eKEEsM0zujx/u7hx7fH+58P37+SIkrUWV/izRuLd0P/AnocdaLr7TXwT54YuGyZWYsL&#10;56BrBauxxXHMzI5SBxwfQVbdG6ixFNsESEB943TUDxUhiI6juj2MR/SB8FhyOivyGRqKY2w8ySen&#10;RRpgxsp9unU+vBKgSdxU1OH8EzzbXvsQ22Hl/kqsZmAplUoeUIZ0FZ1Ni2lKOIpoGdCiSuqKnuXx&#10;G0wTWb40dUoOTKphjwWU2dGOTAfOoV/1SeSTvZorqG9RBweDI/EF4aYF94WSDt1YUf95w5ygRL02&#10;qOVsPJlE+6bDZPociRN3HFkdR5jhCFXRQMmwvQzJ8pGytxeo+VImNeJwhk52LaPLkki7FxFtfHxO&#10;t36/28UvAAAA//8DAFBLAwQUAAYACAAAACEAb1/9bOAAAAALAQAADwAAAGRycy9kb3ducmV2Lnht&#10;bEyPwU7DMBBE70j8g7VI3FqHtGkgxKkq1JZjoUSc3XhJIuK1Zbtp+HvcExxX+zTzplxPemAjOt8b&#10;EvAwT4AhNUb11AqoP3azR2A+SFJyMIQCftDDurq9KWWhzIXecTyGlsUQ8oUU0IVgC85906GWfm4s&#10;Uvx9GadliKdruXLyEsP1wNMkWXEte4oNnbT40mHzfTxrATbYff7qDm+b7W5M6s99nfbtVoj7u2nz&#10;DCzgFP5guOpHdaii08mcSXk2CJg9LfOICkizdAHsSmSruO4kYJkvMuBVyf9vqH4BAAD//wMAUEsB&#10;Ai0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVz&#10;XS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMv&#10;LnJlbHNQSwECLQAUAAYACAAAACEAZqiH8CcCAAD/AwAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uy&#10;b0RvYy54bWxQSwECLQAUAAYACAAAACEAb1/9bOAAAAALAQAADwAAAAAAAAAAAAAAAACBBAAAZHJz&#10;L2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAI4FAAAAAA==&#10;" filled="f" stroked="f">
+                    <v:shape w14:anchorId="4ED593C0" id="_x0000_s1028" type="#_x0000_t202" style="position:absolute;margin-left:-47.35pt;margin-top:126.15pt;width:125.35pt;height:110.6pt;z-index:251678720;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:200;mso-wrap-distance-left:9pt;mso-wrap-distance-top:3.6pt;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:3.6pt;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:200;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCQ1kTC/gEAANUDAAAOAAAAZHJzL2Uyb0RvYy54bWysU11v2yAUfZ+0/4B4X+xYSddYIVXXLtOk&#10;7kPq9gMIxjEacBmQ2Nmv3wW7abS+VfMDAl/uufece1jfDEaTo/RBgWV0PispkVZAo+ye0Z8/tu+u&#10;KQmR24ZrsJLRkwz0ZvP2zbp3taygA91ITxDEhrp3jHYxurooguik4WEGTloMtuANj3j0+6LxvEd0&#10;o4uqLK+KHnzjPAgZAv69H4N0k/HbVor4rW2DjEQzir3FvPq87tJabNa83nvuOiWmNvgrujBcWSx6&#10;hrrnkZODVy+gjBIeArRxJsAU0LZKyMwB2czLf9g8dtzJzAXFCe4sU/h/sOLr8dF99yQOH2DAAWYS&#10;wT2A+BWIhbuO27289R76TvIGC8+TZEXvQj2lJqlDHRLIrv8CDQ6ZHyJkoKH1JqmCPAmi4wBOZ9Hl&#10;EIlIJZerqlyhTQTG5otycVXlsRS8fkp3PsRPEgxJG0Y9TjXD8+NDiKkdXj9dSdUsbJXWebLakp7R&#10;1bJa5oSLiFERjaeVYfS6TN9ohcTyo21ycuRKj3ssoO1EOzEdOcdhNxDVMFql3KTCDpoT6uBh9Bm+&#10;C9x04P9Q0qPHGA2/D9xLSvRni1qu5otFMmU+LJbvkTjxl5HdZYRbgVCMRkrG7V3MRk6Ug7tFzbcq&#10;q/HcydQyeieLNPk8mfPynG89v8bNXwAAAP//AwBQSwMEFAAGAAgAAAAhAG9f/WzgAAAACwEAAA8A&#10;AABkcnMvZG93bnJldi54bWxMj8FOwzAQRO9I/IO1SNxah7RpIMSpKtSWY6FEnN14SSLitWW7afh7&#10;3BMcV/s086ZcT3pgIzrfGxLwME+AITVG9dQKqD92s0dgPkhScjCEAn7Qw7q6vSllocyF3nE8hpbF&#10;EPKFFNCFYAvOfdOhln5uLFL8fRmnZYina7ly8hLD9cDTJFlxLXuKDZ20+NJh8308awE22H3+6g5v&#10;m+1uTOrPfZ327VaI+7tp8wws4BT+YLjqR3WootPJnEl5NgiYPS3ziApIs3QB7Epkq7juJGCZLzLg&#10;Vcn/b6h+AQAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAA&#10;AABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAA&#10;AAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAJDWRML+AQAA1QMAAA4AAAAAAAAA&#10;AAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAG9f/WzgAAAACwEAAA8AAAAA&#10;AAAAAAAAAAAAWAQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAABlBQAAAAA=&#10;" filled="f" stroked="f">
                       <v:textbox style="mso-fit-shape-to-text:t">
                         <w:txbxContent>
-                          <w:p w14:paraId="3606357C" w14:textId="77777777" w:rsidR="00A35B6E" w:rsidRDefault="00A35B6E" w:rsidP="00B56526">
+                          <w:p w14:paraId="3606357C" w14:textId="77777777" w:rsidR="00FA7576" w:rsidRDefault="00FA7576" w:rsidP="00B56526">
                             <w:r w:rsidRPr="00031646">
                               <w:rPr>
                                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:hint="eastAsia"/>
                                 <w:color w:val="C00000"/>
                                 <w:sz w:val="16"/>
                                 <w:szCs w:val="20"/>
                               </w:rPr>
                               <w:t>紅字</w:t>
                             </w:r>
                             <w:r w:rsidRPr="002909FA">
                               <w:rPr>
                                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:hint="eastAsia"/>
                                 <w:color w:val="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
                                 <w:sz w:val="16"/>
                                 <w:szCs w:val="20"/>
                               </w:rPr>
                               <w:t>經修改有異於原始出處者</w:t>
                             </w:r>
                           </w:p>
                         </w:txbxContent>
                       </v:textbox>
                     </v:shape>
                   </w:pict>
                 </mc:Fallback>
               </mc:AlternateContent>
             </w:r>
             <w:r w:rsidRPr="002A1488">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="10"/>
                 <w:szCs w:val="10"/>
               </w:rPr>
               <w:t xml:space="preserve">Filter Source: </w:t>
             </w:r>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r w:rsidRPr="004D29BA">
                 <w:rPr>
                   <w:rStyle w:val="aa"/>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:color w:val="0070C0"/>
                   <w:sz w:val="10"/>
                   <w:szCs w:val="10"/>
                 </w:rPr>
                 <w:t>This filter is built by NUS Medical Library</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidRPr="002A1488">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="10"/>
                 <w:szCs w:val="10"/>
               </w:rPr>
               <w:t xml:space="preserve"> using MESH and EMTREE terms as Index terms and Keywords. Useful to search in Scopus for RCTs.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00B56526" w:rsidRPr="005D46CB" w14:paraId="26524C64" w14:textId="77777777" w:rsidTr="00F205B8">
         <w:trPr>
           <w:trHeight w:val="391"/>
@@ -22815,69 +23458,58 @@
               <w:pStyle w:val="Web"/>
               <w:spacing w:beforeLines="10" w:before="36" w:beforeAutospacing="0" w:afterLines="10" w:after="36" w:afterAutospacing="0" w:line="0" w:lineRule="atLeast"/>
               <w:textAlignment w:val="top"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="2A10968B" w14:textId="77777777" w:rsidR="00B56526" w:rsidRPr="005D46CB" w:rsidRDefault="00B56526" w:rsidP="00F205B8">
             <w:pPr>
               <w:spacing w:beforeLines="10" w:before="36" w:afterLines="10" w:after="36" w:line="0" w:lineRule="atLeast"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="005D46CB">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
-              <w:t>PsycInfo</w:t>
-[...9 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+              <w:t xml:space="preserve">PsycInfo </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:hint="eastAsia"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>(</w:t>
             </w:r>
             <w:r w:rsidRPr="007A2EE4">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>EBSCOhost</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:hint="eastAsia"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="16"/>
@@ -23080,665 +23712,354 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
                 <w:bCs/>
                 <w:sz w:val="10"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>"Psychotherapeutic Outcomes" OR</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:hint="eastAsia"/>
                 <w:bCs/>
                 <w:sz w:val="10"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00D0172A">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
                 <w:bCs/>
                 <w:sz w:val="10"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
-              <w:t>"Placebo" OR "</w:t>
-[...19 lines deleted...]
-              <w:t xml:space="preserve"> Studies"</w:t>
+              <w:t>"Placebo" OR "Followup Studies"</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:hint="eastAsia"/>
                 <w:bCs/>
                 <w:sz w:val="10"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
             <w:r w:rsidRPr="00D0172A">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
                 <w:bCs/>
                 <w:sz w:val="10"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> OR </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:hint="eastAsia"/>
                 <w:bCs/>
                 <w:sz w:val="10"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>(</w:t>
             </w:r>
             <w:r w:rsidRPr="00D0172A">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
                 <w:bCs/>
                 <w:sz w:val="10"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
-              <w:t>placebo* OR random* OR "comparative stud*" OR (clinical N3 trial*) OR (research N3 design) OR (</w:t>
-[...39 lines deleted...]
-              <w:t xml:space="preserve">* N3 stud*) OR </w:t>
+              <w:t xml:space="preserve">placebo* OR random* OR "comparative stud*" OR (clinical N3 trial*) OR (research N3 design) OR (evaluat* N3 stud*) OR (prospectiv* N3 stud*) OR </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:hint="eastAsia"/>
                 <w:bCs/>
                 <w:sz w:val="10"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>(</w:t>
             </w:r>
             <w:r w:rsidRPr="00D0172A">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
                 <w:bCs/>
                 <w:sz w:val="10"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
-              <w:t>(</w:t>
-[...79 lines deleted...]
-              <w:t>*) N3 (blind* OR mask*)</w:t>
+              <w:t>(singl* OR doubl* OR trebl* OR tripl*) N3 (blind* OR mask*)</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:hint="eastAsia"/>
                 <w:bCs/>
                 <w:sz w:val="10"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>))</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
                 <w:bCs/>
                 <w:sz w:val="10"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="6"/>
                 <w:szCs w:val="10"/>
               </w:rPr>
               <w:br/>
             </w:r>
             <w:r w:rsidRPr="002A1488">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="10"/>
                 <w:szCs w:val="10"/>
               </w:rPr>
               <w:t xml:space="preserve">Filter Source: </w:t>
             </w:r>
             <w:r w:rsidRPr="002A1488">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
                 <w:bCs/>
                 <w:sz w:val="10"/>
                 <w:szCs w:val="10"/>
               </w:rPr>
-              <w:t xml:space="preserve">Watson RJ, Richardson PH. Identifying randomized controlled trials of cognitive therapy for depression: comparing the efficiency of </w:t>
-[...1 lines deleted...]
-            <w:proofErr w:type="spellStart"/>
+              <w:t>Watson RJ, Richardson PH. Identifying randomized controlled trials of cognitive therapy for depression: comparing the efficiency of Embase, Medline and PsycINFO bibliographic databases. Br J Med Psychol. 1999 Dec;72 ( Pt 4):535-42.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4781FF4F" w14:textId="77777777" w:rsidR="00B56526" w:rsidRPr="00D0172A" w:rsidRDefault="00B56526" w:rsidP="00F205B8">
+            <w:pPr>
+              <w:spacing w:beforeLines="30" w:before="108" w:afterLines="10" w:after="36" w:line="0" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="標楷體" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+                <w:b/>
+                <w:kern w:val="24"/>
+                <w:sz w:val="12"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D0172A">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="標楷體" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+                <w:b/>
+                <w:kern w:val="24"/>
+                <w:sz w:val="12"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>Eady et al:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="612C4753" w14:textId="77777777" w:rsidR="00B56526" w:rsidRPr="00D0172A" w:rsidRDefault="00B56526" w:rsidP="00F205B8">
+            <w:pPr>
+              <w:spacing w:beforeLines="10" w:before="36" w:afterLines="10" w:after="36" w:line="120" w:lineRule="exact"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
+                <w:bCs/>
+                <w:sz w:val="10"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D0172A">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="10"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>Best sensitivity:</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:hint="eastAsia"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="10"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D0172A">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
+                <w:bCs/>
+                <w:sz w:val="10"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>EBSCOhost</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D0172A">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:hint="eastAsia"/>
+                <w:bCs/>
+                <w:sz w:val="10"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>介面無法直接以單一符號表示包含狹義詞，</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:hint="eastAsia"/>
+                <w:bCs/>
+                <w:sz w:val="10"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>逐一列出數量太龐大，因此不予轉譯</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7AB91BE2" w14:textId="77777777" w:rsidR="00B56526" w:rsidRDefault="00B56526" w:rsidP="00F205B8">
+            <w:pPr>
+              <w:spacing w:beforeLines="10" w:before="36" w:afterLines="10" w:after="36" w:line="0" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
+                <w:bCs/>
+                <w:sz w:val="10"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D0172A">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="10"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>Best optimization of sensitivity and specificity:</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="10"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:hint="eastAsia"/>
+                <w:bCs/>
+                <w:sz w:val="10"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>(</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D0172A">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
+                <w:bCs/>
+                <w:sz w:val="10"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>"double-blind" OR "random* assigned" OR control</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:hint="eastAsia"/>
+                <w:bCs/>
+                <w:sz w:val="10"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2A6F9A0D" w14:textId="77777777" w:rsidR="00B56526" w:rsidRPr="0093188F" w:rsidRDefault="00B56526" w:rsidP="00F205B8">
+            <w:pPr>
+              <w:spacing w:beforeLines="10" w:before="36" w:afterLines="10" w:after="36" w:line="0" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
+                <w:bCs/>
+                <w:color w:val="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+                <w:sz w:val="12"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
+                <w:bCs/>
+                <w:sz w:val="10"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
             <w:r w:rsidRPr="002A1488">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
                 <w:bCs/>
                 <w:sz w:val="10"/>
                 <w:szCs w:val="10"/>
               </w:rPr>
-              <w:t>Embase</w:t>
-[...309 lines deleted...]
-              <w:t>(1):34-40.</w:t>
+              <w:t>Filter Source: Eady AM, Wilczynski NL, Haynes RB. PsycINFO search strategies identified methodologically sound therapy studies and review articles for use by clinicians and researchers. Journal of Clinical Epidemiology.  2008 Jan;61(1):34-40.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="16759C66" w14:textId="77777777" w:rsidR="00B56526" w:rsidRPr="005D46CB" w:rsidRDefault="00B56526" w:rsidP="00F205B8">
             <w:pPr>
               <w:pStyle w:val="Web"/>
               <w:spacing w:beforeLines="10" w:before="36" w:afterLines="10" w:after="36" w:line="0" w:lineRule="atLeast"/>
               <w:textAlignment w:val="top"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008809E5">
               <w:rPr>
                 <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:cs="Times New Roman" w:hint="eastAsia"/>
                 <w:bCs/>
                 <w:color w:val="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
                 <w:kern w:val="24"/>
                 <w:sz w:val="8"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t>本區參考</w:t>
             </w:r>
-            <w:r w:rsidR="00A35B6E">
-[...31 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r w:rsidRPr="008809E5">
+                <w:rPr>
+                  <w:rStyle w:val="aa"/>
+                  <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體"/>
+                  <w:bCs/>
+                  <w:color w:val="7F7FFF" w:themeColor="hyperlink" w:themeTint="80"/>
+                  <w:kern w:val="24"/>
+                  <w:sz w:val="8"/>
+                  <w:szCs w:val="14"/>
+                </w:rPr>
+                <w:t>Cochrane</w:t>
+              </w:r>
+            </w:hyperlink>
             <w:r w:rsidRPr="008809E5">
               <w:rPr>
                 <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:cs="Times New Roman" w:hint="eastAsia"/>
                 <w:bCs/>
                 <w:color w:val="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
                 <w:kern w:val="24"/>
                 <w:sz w:val="8"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t>推薦</w:t>
             </w:r>
             <w:r w:rsidRPr="008809E5">
               <w:rPr>
                 <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:color w:val="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
                 <w:kern w:val="24"/>
                 <w:sz w:val="8"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t>ProQuest</w:t>
             </w:r>
             <w:r w:rsidRPr="008809E5">
               <w:rPr>
                 <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:cs="Times New Roman" w:hint="eastAsia"/>
@@ -23772,267 +24093,132 @@
               </w:rPr>
               <w:t>介面語法</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1984" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
           <w:p w14:paraId="38FDA6F5" w14:textId="77777777" w:rsidR="00B56526" w:rsidRPr="005D46CB" w:rsidRDefault="00B56526" w:rsidP="00F205B8">
             <w:pPr>
               <w:pStyle w:val="Web"/>
               <w:spacing w:beforeLines="10" w:before="36" w:beforeAutospacing="0" w:afterLines="10" w:after="36" w:afterAutospacing="0" w:line="0" w:lineRule="atLeast"/>
               <w:textAlignment w:val="top"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="3617C8FF" w14:textId="37C977C2" w:rsidR="00492E06" w:rsidRPr="00E672E8" w:rsidRDefault="00492E06" w:rsidP="00492E06">
+    <w:p w14:paraId="3617C8FF" w14:textId="5A5794FB" w:rsidR="00492E06" w:rsidRPr="00800AFD" w:rsidRDefault="00492E06" w:rsidP="00800AFD">
       <w:pPr>
-        <w:spacing w:beforeLines="10" w:before="36" w:afterLines="10" w:after="36" w:line="0" w:lineRule="atLeast"/>
+        <w:pStyle w:val="31"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00800AFD">
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
-[...10 lines deleted...]
-          <w:szCs w:val="20"/>
+          <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>附錄</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E672E8">
-[...5 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00800AFD">
         <w:t>2-</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00800AFD">
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:hint="eastAsia"/>
-[...2 lines deleted...]
-          <w:szCs w:val="20"/>
+          <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E672E8">
-[...5 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00800AFD">
         <w:t xml:space="preserve">: </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00800AFD">
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:hint="eastAsia"/>
-[...2 lines deleted...]
-          <w:szCs w:val="20"/>
+          <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>Q</w:t>
       </w:r>
-      <w:r w:rsidRPr="009B42AE">
-[...5 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00800AFD">
         <w:t xml:space="preserve">uasi </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00800AFD">
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:hint="eastAsia"/>
-[...2 lines deleted...]
-          <w:szCs w:val="20"/>
+          <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>E</w:t>
       </w:r>
-      <w:r w:rsidRPr="009B42AE">
-[...5 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00800AFD">
         <w:t>xperiment</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00800AFD">
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:hint="eastAsia"/>
-[...2 lines deleted...]
-          <w:szCs w:val="20"/>
+          <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>a</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00800AFD">
+        <w:t xml:space="preserve">l Study </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00800AFD">
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
-[...2 lines deleted...]
-          <w:szCs w:val="20"/>
+          <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
-        <w:t>l</w:t>
+        <w:t>類實驗 (不同問題類型</w:t>
       </w:r>
-      <w:r w:rsidRPr="009B42AE">
-[...65 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00800AFD">
         <w:t>/</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E672E8">
+      <w:r w:rsidRPr="00800AFD">
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:hint="eastAsia"/>
-[...1 lines deleted...]
-          <w:szCs w:val="20"/>
+          <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>研究設計、資料庫</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E672E8">
-[...4 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00800AFD">
         <w:t>/</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E672E8">
+      <w:r w:rsidRPr="00800AFD">
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:hint="eastAsia"/>
-[...1 lines deleted...]
-          <w:szCs w:val="20"/>
+          <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>平台，套用的</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E672E8">
-[...4 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00800AFD">
         <w:t>Filters</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E672E8">
+      <w:r w:rsidRPr="00800AFD">
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:hint="eastAsia"/>
-[...1 lines deleted...]
-          <w:szCs w:val="20"/>
+          <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
-        <w:t>各異，如有需要請洽詢</w:t>
-[...7 lines deleted...]
-        <w:t>)</w:t>
+        <w:t>各異)</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="a5"/>
         <w:tblW w:w="14882" w:type="dxa"/>
         <w:tblInd w:w="-88" w:type="dxa"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2210"/>
         <w:gridCol w:w="2409"/>
         <w:gridCol w:w="2552"/>
         <w:gridCol w:w="1984"/>
         <w:gridCol w:w="2694"/>
         <w:gridCol w:w="3033"/>
       </w:tblGrid>
       <w:tr w:rsidR="00492E06" w:rsidRPr="005D46CB" w14:paraId="2D8619C7" w14:textId="77777777" w:rsidTr="00492E06">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2210" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4986AF7C" w14:textId="77777777" w:rsidR="00492E06" w:rsidRPr="005D46CB" w:rsidRDefault="00492E06" w:rsidP="00492E06">
@@ -24186,69 +24372,58 @@
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>ost]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2694" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="7C650C04" w14:textId="77777777" w:rsidR="00492E06" w:rsidRPr="005D46CB" w:rsidRDefault="00492E06" w:rsidP="00492E06">
             <w:pPr>
               <w:spacing w:beforeLines="10" w:before="36" w:afterLines="10" w:after="36" w:line="0" w:lineRule="atLeast"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="005D46CB">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
-              <w:t>PsycInfo</w:t>
-[...9 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+              <w:t xml:space="preserve">PsycInfo </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>[</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:hint="eastAsia"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Ov</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="16"/>
@@ -24302,809 +24477,352 @@
               <w:spacing w:beforeLines="10" w:before="36" w:beforeAutospacing="0" w:afterLines="10" w:after="36" w:afterAutospacing="0" w:line="240" w:lineRule="exact"/>
               <w:textAlignment w:val="top"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="標楷體" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:kern w:val="24"/>
                 <w:sz w:val="8"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="標楷體" w:hAnsiTheme="minorHAnsi" w:cs="Arial" w:hint="eastAsia"/>
                 <w:kern w:val="24"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>(</w:t>
             </w:r>
             <w:r w:rsidRPr="009B42AE">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="標楷體" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:kern w:val="24"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
-              <w:t>(pretest* OR posttest* OR "</w:t>
-[...1 lines deleted...]
-            <w:proofErr w:type="spellStart"/>
+              <w:t xml:space="preserve">(pretest* OR posttest* OR "pre test" OR "post test*" OR "quasi experiment*" OR quasiexperiment* OR "repeated measure*" OR "time series"):ti,ab,kw </w:t>
+            </w:r>
             <w:r w:rsidRPr="009B42AE">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="標楷體" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
-                <w:kern w:val="24"/>
-[...5 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+                <w:b/>
+                <w:kern w:val="24"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>OR</w:t>
+            </w:r>
             <w:r w:rsidRPr="009B42AE">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="標楷體" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:kern w:val="24"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
-              <w:t>" OR "</w:t>
-[...150 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:t xml:space="preserve"> "pretest posttest design"/exp OR "pretest posttest control group design"/exp OR "quasi experimental study"/exp OR "time series analysis "/exp</w:t>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="標楷體" w:hAnsiTheme="minorHAnsi" w:cs="Arial" w:hint="eastAsia"/>
                 <w:kern w:val="24"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2409" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="30D6D532" w14:textId="6CEA1A43" w:rsidR="00C83BA2" w:rsidRDefault="00492E06" w:rsidP="00492E06">
+          <w:p w14:paraId="30D6D532" w14:textId="77777777" w:rsidR="00492E06" w:rsidRPr="00645920" w:rsidRDefault="00492E06" w:rsidP="00492E06">
             <w:pPr>
               <w:pStyle w:val="Web"/>
               <w:spacing w:beforeLines="10" w:before="36" w:beforeAutospacing="0" w:afterLines="10" w:after="36" w:afterAutospacing="0" w:line="240" w:lineRule="exact"/>
               <w:textAlignment w:val="top"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009B42AE">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="標楷體" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:kern w:val="24"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
-              <w:t>(pretest* OR posttest* OR "</w:t>
-[...1 lines deleted...]
-            <w:proofErr w:type="spellStart"/>
+              <w:t>(pretest* OR posttest* OR "pre test" OR "post te</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="標楷體" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+                <w:kern w:val="24"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve">st*" OR "quasi experiment*" OR </w:t>
+            </w:r>
             <w:r w:rsidRPr="009B42AE">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="標楷體" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:kern w:val="24"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
-              <w:t>pre test</w:t>
-[...1 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:t>q</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="標楷體" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+                <w:kern w:val="24"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>uasiexperiment*</w:t>
+            </w:r>
             <w:r w:rsidRPr="009B42AE">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="標楷體" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:kern w:val="24"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
-              <w:t>" OR "</w:t>
-[...92 lines deleted...]
-          <w:p w14:paraId="6BFE7E0A" w14:textId="70CFCC92" w:rsidR="00492E06" w:rsidRPr="00C83BA2" w:rsidRDefault="00492E06" w:rsidP="00C83BA2"/>
+              <w:t xml:space="preserve"> OR "repeated measure*" OR "time series").mp</w:t>
+            </w:r>
+          </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2552" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="3CBD9F9A" w14:textId="77777777" w:rsidR="00492E06" w:rsidRPr="00F34001" w:rsidRDefault="00492E06" w:rsidP="00492E06">
             <w:pPr>
               <w:pStyle w:val="Web"/>
               <w:spacing w:beforeLines="10" w:before="36" w:beforeAutospacing="0" w:afterLines="10" w:after="36" w:afterAutospacing="0" w:line="0" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009B42AE">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="標楷體" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:kern w:val="24"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>(pretest*</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="標楷體" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:kern w:val="24"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
-              <w:t>[</w:t>
-[...2 lines deleted...]
-            <w:r>
+              <w:t xml:space="preserve">[tw] OR </w:t>
+            </w:r>
+            <w:r w:rsidRPr="009B42AE">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="標楷體" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:kern w:val="24"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
-              <w:t>tw</w:t>
-[...1 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:t>posttest*</w:t>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="標楷體" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:kern w:val="24"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
-              <w:t xml:space="preserve">] OR </w:t>
+              <w:t xml:space="preserve">[tw] OR </w:t>
             </w:r>
             <w:r w:rsidRPr="009B42AE">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="標楷體" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:kern w:val="24"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
-              <w:t>posttest*</w:t>
+              <w:t>"pre test"</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="標楷體" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:kern w:val="24"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
-              <w:t>[</w:t>
-[...2 lines deleted...]
-            <w:r>
+              <w:t xml:space="preserve">[tw] OR </w:t>
+            </w:r>
+            <w:r w:rsidRPr="009B42AE">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="標楷體" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:kern w:val="24"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
-              <w:t>tw</w:t>
-[...1 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:t>"post test*"</w:t>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="標楷體" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:kern w:val="24"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
-              <w:t xml:space="preserve">] OR </w:t>
+              <w:t xml:space="preserve">[tw] OR </w:t>
             </w:r>
             <w:r w:rsidRPr="009B42AE">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="標楷體" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:kern w:val="24"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
-              <w:t>"</w:t>
-[...1 lines deleted...]
-            <w:proofErr w:type="spellStart"/>
+              <w:t>"quasi experiment*"</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="標楷體" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+                <w:kern w:val="24"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve">[tw] OR quasiexperiment*[tw] OR </w:t>
+            </w:r>
             <w:r w:rsidRPr="009B42AE">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="標楷體" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:kern w:val="24"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
-              <w:t>pre test</w:t>
-[...1 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:t>"repeated measure*"</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="標楷體" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+                <w:kern w:val="24"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve">[tw] OR </w:t>
+            </w:r>
             <w:r w:rsidRPr="009B42AE">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="標楷體" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:kern w:val="24"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
-              <w:t>"</w:t>
+              <w:t>"time series"</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="標楷體" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:kern w:val="24"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
-              <w:t xml:space="preserve">[tw] OR </w:t>
-[...191 lines deleted...]
-              <w:t>])</w:t>
+              <w:t>[tw])</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1984" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="51A0B8E0" w14:textId="77777777" w:rsidR="00492E06" w:rsidRPr="00F34001" w:rsidRDefault="00492E06" w:rsidP="00492E06">
             <w:pPr>
               <w:pStyle w:val="Web"/>
               <w:spacing w:beforeLines="10" w:before="36" w:beforeAutospacing="0" w:afterLines="10" w:after="36" w:afterAutospacing="0" w:line="0" w:lineRule="atLeast"/>
               <w:textAlignment w:val="top"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="標楷體" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:kern w:val="24"/>
                 <w:sz w:val="10"/>
                 <w:szCs w:val="10"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="標楷體" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:kern w:val="24"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>(</w:t>
             </w:r>
             <w:r w:rsidRPr="00891B52">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="標楷體" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:kern w:val="24"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
-              <w:t>(pretest* OR posttest* OR "</w:t>
-[...1 lines deleted...]
-            <w:proofErr w:type="spellStart"/>
+              <w:t>(pretest* OR posttest* OR "pre test" OR "post te</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="標楷體" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+                <w:kern w:val="24"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve">st*" OR "quasi experiment*" OR </w:t>
+            </w:r>
             <w:r w:rsidRPr="00891B52">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="標楷體" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:kern w:val="24"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
-              <w:t>pre test</w:t>
-[...58 lines deleted...]
-              <w:t xml:space="preserve">* OR "repeated measure*" OR "time series") </w:t>
+              <w:t xml:space="preserve">quasiexperiment* OR "repeated measure*" OR "time series") </w:t>
             </w:r>
             <w:r w:rsidRPr="00891B52">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="標楷體" w:hAnsiTheme="minorHAnsi" w:cs="Arial" w:hint="eastAsia"/>
                 <w:b/>
                 <w:kern w:val="24"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve">OR </w:t>
             </w:r>
             <w:r w:rsidRPr="00891B52">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="標楷體" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:kern w:val="24"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>MH ("pretest-posttest design+" OR "pretest-posttest control group design+" OR "quasi-experimental studies+")</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="標楷體" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:kern w:val="24"/>
                 <w:sz w:val="18"/>
@@ -25128,394 +24846,143 @@
               <w:textAlignment w:val="top"/>
               <w:rPr>
                 <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:cs="Arial"/>
                 <w:b/>
                 <w:kern w:val="24"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="標楷體" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:kern w:val="24"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>(</w:t>
             </w:r>
             <w:r w:rsidRPr="00DE5724">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="標楷體" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:kern w:val="24"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
-              <w:t>(pretest* OR posttest* OR "</w:t>
-[...1 lines deleted...]
-            <w:proofErr w:type="spellStart"/>
+              <w:t xml:space="preserve">(pretest* OR posttest* OR "pre test" OR "post test*" OR "quasi experiment*" OR quasiexperiment* OR "repeated measure*" OR "time series").mp </w:t>
+            </w:r>
             <w:r w:rsidRPr="00DE5724">
               <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="標楷體" w:hAnsiTheme="minorHAnsi" w:cs="Arial" w:hint="eastAsia"/>
+                <w:kern w:val="24"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>O</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DE5724">
+              <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="標楷體" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:kern w:val="24"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
-              <w:t>pre test</w:t>
-[...207 lines deleted...]
-              <w:t xml:space="preserve"> "Time Series"/</w:t>
+              <w:t>R exp "Pretesting"/ OR exp "Posttesting"/ OR exp "Quasi Experimental Methods "/ OR exp "Repeated Measures"/ OR exp "Time Series"/</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="標楷體" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:kern w:val="24"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3033" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
           <w:p w14:paraId="682F6BE1" w14:textId="77777777" w:rsidR="00492E06" w:rsidRPr="0067782C" w:rsidRDefault="00492E06" w:rsidP="00492E06">
             <w:pPr>
               <w:pStyle w:val="Web"/>
               <w:spacing w:beforeLines="10" w:before="36" w:beforeAutospacing="0" w:afterLines="10" w:after="36" w:afterAutospacing="0" w:line="0" w:lineRule="atLeast"/>
               <w:textAlignment w:val="top"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="標楷體" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:b/>
                 <w:kern w:val="24"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="標楷體" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:kern w:val="24"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve">TS = </w:t>
             </w:r>
             <w:r w:rsidRPr="009B42AE">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="標楷體" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:kern w:val="24"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
-              <w:t>(pretest* OR posttest* OR "</w:t>
-[...1 lines deleted...]
-            <w:proofErr w:type="spellStart"/>
+              <w:t>(pretest* OR posttest* OR "pre test" OR "post te</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="標楷體" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+                <w:kern w:val="24"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve">st*" OR "quasi experiment*" OR </w:t>
+            </w:r>
             <w:r w:rsidRPr="009B42AE">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="標楷體" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:kern w:val="24"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
-              <w:t>pre test</w:t>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="009B42AE">
+              <w:t>q</w:t>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="標楷體" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:kern w:val="24"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
-              <w:t>" OR "</w:t>
-[...57 lines deleted...]
-              <w:t>*</w:t>
+              <w:t>uasiexperiment*</w:t>
             </w:r>
             <w:r w:rsidRPr="009B42AE">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="標楷體" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:kern w:val="24"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> OR "repeate</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="標楷體" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:kern w:val="24"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>d measure*" OR "time series")</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00492E06" w:rsidRPr="005D46CB" w14:paraId="57C267EC" w14:textId="77777777" w:rsidTr="00492E06">
         <w:trPr>
           <w:trHeight w:val="350"/>
@@ -25605,69 +25072,58 @@
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2694" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="70A1CD33" w14:textId="77777777" w:rsidR="00492E06" w:rsidRDefault="00492E06" w:rsidP="00492E06">
             <w:pPr>
               <w:pStyle w:val="Web"/>
               <w:spacing w:beforeLines="10" w:before="36" w:beforeAutospacing="0" w:afterLines="10" w:after="36" w:afterAutospacing="0" w:line="0" w:lineRule="atLeast"/>
               <w:textAlignment w:val="top"/>
               <w:rPr>
                 <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:cs="Arial"/>
                 <w:b/>
                 <w:kern w:val="24"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="005D46CB">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
-              <w:t>PsycInfo</w:t>
-[...9 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+              <w:t xml:space="preserve">PsycInfo </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>[</w:t>
             </w:r>
             <w:r w:rsidRPr="005D46CB">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>EBSCOh</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="16"/>
@@ -25790,129 +25246,78 @@
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2694" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
           <w:p w14:paraId="373B19C4" w14:textId="77777777" w:rsidR="00492E06" w:rsidRDefault="00492E06" w:rsidP="00492E06">
             <w:pPr>
               <w:pStyle w:val="Web"/>
               <w:spacing w:beforeLines="10" w:before="36" w:beforeAutospacing="0" w:afterLines="10" w:after="36" w:afterAutospacing="0" w:line="0" w:lineRule="atLeast"/>
               <w:textAlignment w:val="top"/>
               <w:rPr>
                 <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:cs="Arial"/>
                 <w:b/>
                 <w:kern w:val="24"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009B42AE">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="標楷體" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:kern w:val="24"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
-              <w:t>(pretest* OR posttest* OR "</w:t>
-[...1 lines deleted...]
-            <w:proofErr w:type="spellStart"/>
+              <w:t>(pretest* OR posttest* OR "pre test" OR "post te</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="標楷體" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+                <w:kern w:val="24"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>st*" OR "quasi experiment*" OR DE (</w:t>
+            </w:r>
             <w:r w:rsidRPr="009B42AE">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="標楷體" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:kern w:val="24"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
-              <w:t>pre test</w:t>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="009B42AE">
+              <w:t>q</w:t>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="標楷體" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:kern w:val="24"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
-              <w:t>" OR "</w:t>
-[...57 lines deleted...]
-              <w:t>*</w:t>
+              <w:t>uasiexperiment*</w:t>
             </w:r>
             <w:r w:rsidRPr="009B42AE">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="標楷體" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:kern w:val="24"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> OR "</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="標楷體" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:kern w:val="24"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>R</w:t>
             </w:r>
             <w:r w:rsidRPr="009B42AE">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="標楷體" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:kern w:val="24"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="16"/>
@@ -25999,74 +25404,62 @@
                 <w:b/>
                 <w:kern w:val="24"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t>"</w:t>
             </w:r>
             <w:r w:rsidRPr="0007385D">
               <w:rPr>
                 <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:cs="Arial"/>
                 <w:b/>
                 <w:kern w:val="24"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t>Pretesting</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:cs="Arial"/>
                 <w:b/>
                 <w:kern w:val="24"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
-              <w:t>" OR "</w:t>
-[...2 lines deleted...]
-            <w:r>
+              <w:t>" OR "Po</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0007385D">
               <w:rPr>
                 <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:cs="Arial"/>
                 <w:b/>
                 <w:kern w:val="24"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
-              <w:t>Po</w:t>
-[...8 lines deleted...]
-              </w:rPr>
               <w:t>sttesting</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:cs="Arial"/>
                 <w:b/>
                 <w:kern w:val="24"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t>" OR "</w:t>
             </w:r>
             <w:r w:rsidRPr="0007385D">
               <w:rPr>
                 <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:cs="Arial"/>
                 <w:b/>
                 <w:kern w:val="24"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t>Quasi Experimental Methods</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:cs="Arial"/>
                 <w:b/>
                 <w:kern w:val="24"/>
@@ -26444,129 +25837,78 @@
               <w:spacing w:beforeLines="10" w:before="36" w:afterLines="10" w:after="36" w:line="0" w:lineRule="atLeast"/>
               <w:textAlignment w:val="top"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="標楷體" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:kern w:val="24"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve">title-abs-key </w:t>
             </w:r>
             <w:r w:rsidRPr="009B42AE">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="標楷體" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:kern w:val="24"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
-              <w:t>(pretest* OR posttest* OR "</w:t>
-[...1 lines deleted...]
-            <w:proofErr w:type="spellStart"/>
+              <w:t>(pretest* OR posttest* OR "pre test" OR "post te</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="標楷體" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+                <w:kern w:val="24"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve">st*" OR "quasi experiment*" OR </w:t>
+            </w:r>
             <w:r w:rsidRPr="009B42AE">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="標楷體" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:kern w:val="24"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
-              <w:t>pre test</w:t>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="009B42AE">
+              <w:t>q</w:t>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="標楷體" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:kern w:val="24"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
-              <w:t>" OR "</w:t>
-[...57 lines deleted...]
-              <w:t>*</w:t>
+              <w:t>uasiexperiment*</w:t>
             </w:r>
             <w:r w:rsidRPr="009B42AE">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="標楷體" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:kern w:val="24"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> OR "repeated measure*" OR "time series")</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00492E06" w:rsidRPr="005D46CB" w14:paraId="22920164" w14:textId="77777777" w:rsidTr="00492E06">
         <w:trPr>
           <w:trHeight w:val="828"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2210" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
@@ -26840,412 +26182,350 @@
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="694CB457" w14:textId="77777777" w:rsidR="007540FB" w:rsidRDefault="007540FB" w:rsidP="007540FB">
       <w:pPr>
         <w:widowControl/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="54425273" w14:textId="77777777" w:rsidR="00F81F90" w:rsidRDefault="00F81F90" w:rsidP="00F81F90">
+    <w:p w14:paraId="54425273" w14:textId="6CFB55FF" w:rsidR="00F81F90" w:rsidRPr="00800AFD" w:rsidRDefault="00F81F90" w:rsidP="00800AFD">
       <w:pPr>
-        <w:spacing w:beforeLines="10" w:before="36" w:afterLines="10" w:after="36" w:line="0" w:lineRule="atLeast"/>
+        <w:pStyle w:val="31"/>
         <w:rPr>
-          <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體"/>
           <w:sz w:val="16"/>
-          <w:szCs w:val="20"/>
+          <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00A33488">
+      <w:r w:rsidRPr="00800AFD">
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:hint="eastAsia"/>
-[...2 lines deleted...]
-          <w:szCs w:val="20"/>
+          <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>附錄</w:t>
       </w:r>
-      <w:r w:rsidRPr="00A33488">
-[...5 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00800AFD">
         <w:t>2-</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00800AFD">
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:hint="eastAsia"/>
-[...2 lines deleted...]
-          <w:szCs w:val="20"/>
+          <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>3</w:t>
       </w:r>
-      <w:r w:rsidRPr="00A33488">
+      <w:r w:rsidRPr="00800AFD">
+        <w:t>: Observational</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00800AFD">
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
-[...18 lines deleted...]
-          <w:szCs w:val="20"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:b w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00F25271">
+      <w:r w:rsidRPr="00800AFD">
+        <w:t>Study</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00800AFD">
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:hint="eastAsia"/>
           <w:sz w:val="16"/>
-          <w:szCs w:val="20"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>下列三</w:t>
+      </w:r>
+      <w:r w:rsidR="00800AFD">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:hint="eastAsia"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="fi-FI" w:eastAsia="zh-TW"/>
+        </w:rPr>
+        <w:t>子項</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00800AFD">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:hint="eastAsia"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>，請依需求範圍選擇</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00800AFD">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:hint="eastAsia"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00800AFD">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
-      <w:r w:rsidRPr="00F25271">
+      <w:r w:rsidRPr="00800AFD">
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:hint="eastAsia"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:hint="eastAsia"/>
           <w:sz w:val="16"/>
-          <w:szCs w:val="20"/>
+          <w:szCs w:val="16"/>
         </w:rPr>
         <w:t>不同問題類型</w:t>
       </w:r>
-      <w:r w:rsidRPr="00F25271">
+      <w:r w:rsidRPr="00800AFD">
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="16"/>
-          <w:szCs w:val="20"/>
+          <w:szCs w:val="16"/>
         </w:rPr>
         <w:t>/</w:t>
       </w:r>
-      <w:r w:rsidRPr="00F25271">
+      <w:r w:rsidRPr="00800AFD">
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:hint="eastAsia"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:hint="eastAsia"/>
           <w:sz w:val="16"/>
-          <w:szCs w:val="20"/>
+          <w:szCs w:val="16"/>
         </w:rPr>
         <w:t>研究</w:t>
       </w:r>
-      <w:r w:rsidRPr="00F25271">
+      <w:r w:rsidRPr="00800AFD">
         <w:rPr>
-          <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
+          <w:rFonts w:hint="eastAsia"/>
           <w:sz w:val="16"/>
-          <w:szCs w:val="20"/>
+          <w:szCs w:val="16"/>
         </w:rPr>
         <w:t>設計、資料庫</w:t>
       </w:r>
-      <w:r w:rsidRPr="00F25271">
+      <w:r w:rsidRPr="00800AFD">
         <w:rPr>
-          <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體"/>
           <w:sz w:val="16"/>
-          <w:szCs w:val="20"/>
+          <w:szCs w:val="16"/>
         </w:rPr>
         <w:t>/</w:t>
       </w:r>
-      <w:r w:rsidRPr="00F25271">
+      <w:r w:rsidRPr="00800AFD">
         <w:rPr>
-          <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
+          <w:rFonts w:hint="eastAsia"/>
           <w:sz w:val="16"/>
-          <w:szCs w:val="20"/>
+          <w:szCs w:val="16"/>
         </w:rPr>
         <w:t>平台，套用的</w:t>
       </w:r>
-      <w:r w:rsidRPr="00F25271">
+      <w:r w:rsidRPr="00800AFD">
         <w:rPr>
-          <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體"/>
           <w:sz w:val="16"/>
-          <w:szCs w:val="20"/>
+          <w:szCs w:val="16"/>
         </w:rPr>
         <w:t>Filters</w:t>
       </w:r>
-      <w:r w:rsidRPr="00F25271">
+      <w:r w:rsidRPr="00800AFD">
         <w:rPr>
-          <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
+          <w:rFonts w:hint="eastAsia"/>
           <w:sz w:val="16"/>
-          <w:szCs w:val="20"/>
+          <w:szCs w:val="16"/>
         </w:rPr>
-        <w:t>各異，請謹慎，如有需要請洽詢；</w:t>
+        <w:t>各異；</w:t>
       </w:r>
-      <w:r w:rsidRPr="00F25271">
+      <w:r w:rsidRPr="00800AFD">
         <w:rPr>
-          <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
+          <w:rFonts w:hint="eastAsia"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="16"/>
-          <w:szCs w:val="20"/>
+          <w:szCs w:val="16"/>
         </w:rPr>
-        <w:t>紅字是有異於原始</w:t>
+        <w:t>紅是有異於原始</w:t>
       </w:r>
-      <w:r w:rsidRPr="00F25271">
+      <w:r w:rsidRPr="00800AFD">
         <w:rPr>
-          <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="16"/>
-          <w:szCs w:val="20"/>
+          <w:szCs w:val="16"/>
         </w:rPr>
         <w:t>Filter</w:t>
       </w:r>
-      <w:r w:rsidRPr="00F25271">
+      <w:r w:rsidRPr="00800AFD">
         <w:rPr>
-          <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
+          <w:rFonts w:hint="eastAsia"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="16"/>
-          <w:szCs w:val="20"/>
+          <w:szCs w:val="16"/>
         </w:rPr>
         <w:t>；</w:t>
       </w:r>
-      <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="00F25271">
+      <w:r w:rsidRPr="00800AFD">
         <w:rPr>
-          <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
+          <w:rFonts w:hint="eastAsia"/>
           <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
           <w:sz w:val="16"/>
-          <w:szCs w:val="20"/>
+          <w:szCs w:val="16"/>
         </w:rPr>
-        <w:t>灰字可</w:t>
+        <w:t>灰可視研究題目刪除</w:t>
       </w:r>
-      <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="00F25271">
+      <w:r w:rsidRPr="00800AFD">
         <w:rPr>
-          <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
-          <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
           <w:sz w:val="16"/>
-          <w:szCs w:val="20"/>
-[...7 lines deleted...]
-          <w:szCs w:val="20"/>
+          <w:szCs w:val="16"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0F61D761" w14:textId="77777777" w:rsidR="00F81F90" w:rsidRPr="00C5038A" w:rsidRDefault="00F81F90" w:rsidP="00F81F90">
+    <w:p w14:paraId="0F61D761" w14:textId="77777777" w:rsidR="00F81F90" w:rsidRPr="00800AFD" w:rsidRDefault="00F81F90" w:rsidP="00800AFD">
       <w:pPr>
-        <w:spacing w:beforeLines="10" w:before="36" w:afterLines="10" w:after="36" w:line="0" w:lineRule="atLeast"/>
+        <w:pStyle w:val="31"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00800AFD">
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
-[...2 lines deleted...]
-          <w:szCs w:val="20"/>
+          <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
-      </w:pPr>
-      <w:r w:rsidRPr="00CF6AC3">
+        <w:t xml:space="preserve">附錄2-3-1: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00800AFD">
+        <w:t xml:space="preserve">Observational Study: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00800AFD">
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:hint="eastAsia"/>
-[...37 lines deleted...]
-          <w:szCs w:val="20"/>
+          <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>Co</w:t>
       </w:r>
-      <w:r>
-[...5 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00800AFD">
         <w:t>hort Study, Case Control Study, Cross-sectional Study</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00800AFD">
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:hint="eastAsia"/>
-[...2 lines deleted...]
-          <w:szCs w:val="20"/>
+          <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>等合併至少三種</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="a5"/>
         <w:tblW w:w="14882" w:type="dxa"/>
         <w:tblInd w:w="-5" w:type="dxa"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2480"/>
         <w:gridCol w:w="2480"/>
         <w:gridCol w:w="2480"/>
         <w:gridCol w:w="2480"/>
         <w:gridCol w:w="2481"/>
         <w:gridCol w:w="2481"/>
       </w:tblGrid>
       <w:tr w:rsidR="00F81F90" w:rsidRPr="006C2A4B" w14:paraId="2D3CF9E7" w14:textId="77777777" w:rsidTr="00E65CE4">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2480" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3790504C" w14:textId="77777777" w:rsidR="00F81F90" w:rsidRPr="00E248BC" w:rsidRDefault="00F81F90" w:rsidP="00E65CE4">
             <w:pPr>
               <w:spacing w:beforeLines="10" w:before="36" w:afterLines="10" w:after="36" w:line="0" w:lineRule="atLeast"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00E248BC">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
-              <w:t>Embase</w:t>
-[...9 lines deleted...]
-              <w:t xml:space="preserve"> [Elsevier]</w:t>
+              <w:t>Embase [Elsevier]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2480" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="366545F5" w14:textId="77777777" w:rsidR="00F81F90" w:rsidRPr="00E248BC" w:rsidRDefault="00F81F90" w:rsidP="00E65CE4">
             <w:pPr>
               <w:spacing w:beforeLines="10" w:before="36" w:afterLines="10" w:after="36" w:line="0" w:lineRule="atLeast"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E248BC">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Medline [Ovid]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2480" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="66399361" w14:textId="77777777" w:rsidR="00F81F90" w:rsidRPr="00C83BA2" w:rsidRDefault="00F81F90" w:rsidP="00E65CE4">
+          <w:p w14:paraId="66399361" w14:textId="77777777" w:rsidR="00F81F90" w:rsidRPr="00E248BC" w:rsidRDefault="00F81F90" w:rsidP="00E65CE4">
             <w:pPr>
               <w:spacing w:beforeLines="10" w:before="36" w:afterLines="10" w:after="36" w:line="0" w:lineRule="atLeast"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C83BA2">
+            <w:r w:rsidRPr="00E248BC">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Medline [PubMed]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2480" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="49D7E61A" w14:textId="77777777" w:rsidR="00F81F90" w:rsidRPr="00E248BC" w:rsidRDefault="00F81F90" w:rsidP="00E65CE4">
             <w:pPr>
               <w:spacing w:beforeLines="10" w:before="36" w:afterLines="10" w:after="36" w:line="0" w:lineRule="atLeast"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
@@ -27253,109 +26533,98 @@
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>CINAHL [EBSCOhost]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2481" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="7AA34291" w14:textId="77777777" w:rsidR="00F81F90" w:rsidRPr="00E248BC" w:rsidRDefault="00F81F90" w:rsidP="00E65CE4">
             <w:pPr>
               <w:spacing w:beforeLines="10" w:before="36" w:afterLines="10" w:after="36" w:line="0" w:lineRule="atLeast"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00E248BC">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
-              <w:t>PsycInfo</w:t>
-[...9 lines deleted...]
-              <w:t xml:space="preserve"> [EBSCOhost]</w:t>
+              <w:t>PsycInfo [EBSCOhost]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2481" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="643DADAF" w14:textId="77777777" w:rsidR="00F81F90" w:rsidRPr="00E248BC" w:rsidRDefault="00F81F90" w:rsidP="00E65CE4">
             <w:pPr>
               <w:spacing w:beforeLines="10" w:before="36" w:afterLines="10" w:after="36" w:line="0" w:lineRule="atLeast"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E248BC">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Web of Science</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F81F90" w:rsidRPr="005D46CB" w14:paraId="1A238442" w14:textId="77777777" w:rsidTr="00E65CE4">
+      <w:tr w:rsidR="00391C22" w:rsidRPr="005D46CB" w14:paraId="1A238442" w14:textId="77777777" w:rsidTr="00E65CE4">
         <w:trPr>
           <w:trHeight w:val="3429"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2480" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
-          <w:p w14:paraId="174BD8E7" w14:textId="77777777" w:rsidR="00F81F90" w:rsidRDefault="00F81F90" w:rsidP="00E65CE4">
+          <w:p w14:paraId="6DD2108B" w14:textId="77777777" w:rsidR="00391C22" w:rsidRDefault="00391C22" w:rsidP="00391C22">
             <w:pPr>
               <w:spacing w:beforeLines="10" w:before="36" w:afterLines="10" w:after="36" w:line="0" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="新細明體"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Calibri"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>(</w:t>
             </w:r>
             <w:r w:rsidRPr="00F66418">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Calibri"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>'epidemiology'/de</w:t>
             </w:r>
             <w:r>
@@ -27376,118 +26645,108 @@
             </w:r>
             <w:r w:rsidRPr="0041177F">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="新細明體"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>y</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="新細明體"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>'</w:t>
             </w:r>
             <w:r w:rsidRPr="0041177F">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="新細明體"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>/</w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="新細明體"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>exp</w:t>
-[...2 lines deleted...]
-            <w:r>
+              <w:t>exp OR '</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0041177F">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="新細明體"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve"> OR '</w:t>
+              <w:t>cohort analysis</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="新細明體"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>'</w:t>
             </w:r>
             <w:r w:rsidRPr="0041177F">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="新細明體"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>cohort analysis</w:t>
+              <w:t>/</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="新細明體"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
+              <w:t xml:space="preserve">de OR </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00436F42">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cs="Calibri"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
               <w:t>'</w:t>
             </w:r>
-            <w:r w:rsidRPr="0041177F">
-[...14 lines deleted...]
-            </w:r>
             <w:r w:rsidRPr="00436F42">
               <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cs="Calibri"/>
-[...6 lines deleted...]
-              <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Calibri"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>cross-sectional study'/de</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="53CCE26B" w14:textId="52D4C188" w:rsidR="00F81F90" w:rsidRDefault="00F81F90" w:rsidP="00E65CE4">
+          <w:p w14:paraId="2ED18E85" w14:textId="77777777" w:rsidR="00391C22" w:rsidRDefault="00391C22" w:rsidP="00391C22">
             <w:pPr>
               <w:spacing w:beforeLines="10" w:before="36" w:afterLines="10" w:after="36" w:line="0" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="新細明體"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="新細明體"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>'</w:t>
             </w:r>
             <w:r w:rsidRPr="0041177F">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="新細明體"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>follow up</w:t>
             </w:r>
             <w:r>
@@ -27756,91 +27015,51 @@
             </w:r>
             <w:r w:rsidRPr="001F4427">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Calibri"/>
                 <w:color w:val="FF0000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>*</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Calibri"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>'</w:t>
             </w:r>
             <w:r w:rsidRPr="001F4427">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Calibri"/>
                 <w:color w:val="FF0000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve"> OR </w:t>
-[...39 lines deleted...]
-              <w:t>*</w:t>
+              <w:t xml:space="preserve"> OR crosssection* OR crossection*</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="新細明體"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> OR '</w:t>
             </w:r>
             <w:r w:rsidRPr="0041177F">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="新細明體"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>follow up</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="新細明體"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">' OR </w:t>
             </w:r>
@@ -27901,466 +27120,354 @@
               <w:t>observational</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="新細明體"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> OR </w:t>
             </w:r>
             <w:r w:rsidRPr="004D02B4">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="新細明體"/>
                 <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>'adverse effect$' OR</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="新細明體"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve"> 'controlled before and a</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="00F5768E">
+              <w:t xml:space="preserve"> 'controlled before and after' OR '</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0041177F">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="新細明體"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>ft</w:t>
+              <w:t>Interrupted time series</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="新細明體"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>er' OR '</w:t>
+              <w:t>' OR c</w:t>
             </w:r>
             <w:r w:rsidRPr="0041177F">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="新細明體"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>Interrupted time series</w:t>
+              <w:t>orrelational</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="新細明體"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>' OR c</w:t>
+              <w:t xml:space="preserve"> OR '</w:t>
             </w:r>
             <w:r w:rsidRPr="0041177F">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="新細明體"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>orrelational</w:t>
+              <w:t>ecological stud</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="新細明體"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve"> OR '</w:t>
+              <w:t>*' OR 'd</w:t>
             </w:r>
             <w:r w:rsidRPr="0041177F">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="新細明體"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>ecological stud</w:t>
+              <w:t>escriptive stud</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="新細明體"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>*' OR 'd</w:t>
-[...24 lines deleted...]
-              <w:t>ti,ab</w:t>
+              <w:t>*'):ti,ab</w:t>
             </w:r>
             <w:r w:rsidRPr="004D02B4">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="新細明體"/>
                 <w:color w:val="FF0000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>,kw</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="004D02B4">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="新細明體"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="6D8765A7" w14:textId="77777777" w:rsidR="00F81F90" w:rsidRDefault="00F81F90" w:rsidP="00E65CE4">
+          <w:p w14:paraId="38555F0E" w14:textId="77777777" w:rsidR="00391C22" w:rsidRDefault="00391C22" w:rsidP="00391C22">
             <w:pPr>
               <w:spacing w:beforeLines="10" w:before="36" w:afterLines="10" w:after="36" w:line="0" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="新細明體"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="7E53B65E" w14:textId="77777777" w:rsidR="00F81F90" w:rsidRDefault="00F81F90" w:rsidP="00E65CE4">
+          <w:p w14:paraId="3E2C74A7" w14:textId="77777777" w:rsidR="00391C22" w:rsidRDefault="00391C22" w:rsidP="00391C22">
             <w:pPr>
               <w:spacing w:beforeLines="10" w:before="36" w:afterLines="10" w:after="36" w:line="0" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0002118C">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve">Source: </w:t>
             </w:r>
             <w:r w:rsidRPr="0002118C">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>modified from</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> Cochrane, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r w:rsidRPr="00565648">
                 <w:rPr>
                   <w:rStyle w:val="aa"/>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                   <w:sz w:val="16"/>
                   <w:szCs w:val="16"/>
                 </w:rPr>
                 <w:t>https://www.cochrane.org/MR000041/METHOD_search-strategies-identify-observational-studies-medline-and-embase</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
-          <w:p w14:paraId="6C883A58" w14:textId="77777777" w:rsidR="00F81F90" w:rsidRPr="0002118C" w:rsidRDefault="00F81F90" w:rsidP="00E65CE4">
+          <w:p w14:paraId="6C883A58" w14:textId="77777777" w:rsidR="00391C22" w:rsidRPr="0002118C" w:rsidRDefault="00391C22" w:rsidP="00391C22">
             <w:pPr>
               <w:pStyle w:val="Web"/>
               <w:spacing w:beforeLines="10" w:before="36" w:beforeAutospacing="0" w:afterLines="10" w:after="36" w:afterAutospacing="0" w:line="0" w:lineRule="atLeast"/>
               <w:ind w:left="180" w:hangingChars="100" w:hanging="180"/>
               <w:textAlignment w:val="top"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2480" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
-          <w:p w14:paraId="41332819" w14:textId="77777777" w:rsidR="00F81F90" w:rsidRPr="0024380B" w:rsidRDefault="00F81F90" w:rsidP="00E65CE4">
+          <w:p w14:paraId="43F314D1" w14:textId="77777777" w:rsidR="00391C22" w:rsidRPr="0024380B" w:rsidRDefault="00391C22" w:rsidP="00391C22">
             <w:pPr>
               <w:spacing w:beforeLines="10" w:before="36" w:afterLines="10" w:after="36" w:line="0" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0024380B">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve">(Epidemiologic Studies/ OR </w:t>
-[...1 lines deleted...]
-            <w:proofErr w:type="spellStart"/>
+              <w:t>(Epidemiologic Studies/ OR exp Case-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003A1049">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Calibri"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Control</w:t>
+            </w:r>
             <w:r w:rsidRPr="0024380B">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>exp</w:t>
-[...1 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:t xml:space="preserve"> Studies/</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> OR </w:t>
+            </w:r>
             <w:r w:rsidRPr="0024380B">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve"> Case-</w:t>
-[...7 lines deleted...]
-              <w:t>Control</w:t>
+              <w:t>exp Cohort Studies/</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> OR</w:t>
             </w:r>
             <w:r w:rsidRPr="0024380B">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve"> Studies/</w:t>
-[...1 lines deleted...]
-            <w:r>
+              <w:t xml:space="preserve"> Cross-Sectional Studies/ OR </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0041177F">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve"> OR </w:t>
-[...1 lines deleted...]
-            <w:proofErr w:type="spellStart"/>
+              <w:t>(</w:t>
+            </w:r>
             <w:r w:rsidRPr="0024380B">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>exp</w:t>
-[...1 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:t xml:space="preserve">(epidemiologic ADJ (study or studies)) </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>OR "</w:t>
+            </w:r>
             <w:r w:rsidRPr="0024380B">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve"> Cohort Studies/</w:t>
+              <w:t>case control</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve"> OR</w:t>
+              <w:t xml:space="preserve">" OR </w:t>
             </w:r>
             <w:r w:rsidRPr="0024380B">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve"> Cross-Sectional Studies/ OR </w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="0041177F">
+              <w:t xml:space="preserve">(cohort </w:t>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>(</w:t>
-[...65 lines deleted...]
-              <w:t>*" OR "cross section</w:t>
+              <w:t>ADJ (study or studies)) OR "cohort analy*" OR "cross section</w:t>
             </w:r>
             <w:r w:rsidRPr="001F4427">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Calibri"/>
                 <w:color w:val="FF0000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>*</w:t>
             </w:r>
             <w:r w:rsidRPr="00436F42">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Calibri"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>"</w:t>
             </w:r>
             <w:r w:rsidRPr="001F4427">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Calibri"/>
                 <w:color w:val="FF0000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve"> OR </w:t>
-[...39 lines deleted...]
-              <w:t>*</w:t>
+              <w:t xml:space="preserve"> OR crosssection* OR crossection*</w:t>
             </w:r>
             <w:r w:rsidRPr="0024380B">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">OR </w:t>
             </w:r>
             <w:r w:rsidRPr="0024380B">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>(</w:t>
             </w:r>
@@ -28388,69 +27495,51 @@
               </w:rPr>
               <w:t>"</w:t>
             </w:r>
             <w:r w:rsidRPr="0024380B">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">ADJ (study or studies)) OR longitudinal OR retrospective* OR prospective* </w:t>
             </w:r>
             <w:r w:rsidRPr="0024380B">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>OR (</w:t>
-[...17 lines deleted...]
-              <w:t>* ADJ3 (study or studies))</w:t>
+              <w:t>OR (observ* ADJ3 (study or studies))</w:t>
             </w:r>
             <w:r w:rsidRPr="004D02B4">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> OR </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>"</w:t>
             </w:r>
             <w:r w:rsidRPr="0041177F">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
@@ -28470,934 +27559,432 @@
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>?</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>"</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>).</w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
-            <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="0024380B">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>ti</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>,</w:t>
-[...2 lines deleted...]
-            <w:r>
+              <w:t>,ab</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0024380B">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>ab</w:t>
-[...7 lines deleted...]
-              </w:rPr>
               <w:t>.)</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="629610BC" w14:textId="77777777" w:rsidR="00F81F90" w:rsidRDefault="00F81F90" w:rsidP="00E65CE4">
+          <w:p w14:paraId="5F725DC8" w14:textId="77777777" w:rsidR="00391C22" w:rsidRDefault="00391C22" w:rsidP="00391C22">
             <w:pPr>
               <w:pStyle w:val="Web"/>
               <w:spacing w:beforeLines="10" w:before="36" w:beforeAutospacing="0" w:afterLines="10" w:after="36" w:afterAutospacing="0" w:line="0" w:lineRule="atLeast"/>
               <w:textAlignment w:val="top"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="42A9F937" w14:textId="77777777" w:rsidR="00F81F90" w:rsidRPr="0041177F" w:rsidRDefault="00F81F90" w:rsidP="00E65CE4">
+          <w:p w14:paraId="42A9F937" w14:textId="4184A2EA" w:rsidR="00391C22" w:rsidRPr="0041177F" w:rsidRDefault="00391C22" w:rsidP="00391C22">
             <w:pPr>
               <w:pStyle w:val="Web"/>
               <w:spacing w:beforeLines="10" w:before="36" w:beforeAutospacing="0" w:afterLines="10" w:after="36" w:afterAutospacing="0" w:line="0" w:lineRule="atLeast"/>
               <w:textAlignment w:val="top"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0002118C">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Source: modified from</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> Cochrane, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r w:rsidRPr="00565648">
                 <w:rPr>
                   <w:rStyle w:val="aa"/>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                   <w:sz w:val="16"/>
                   <w:szCs w:val="16"/>
                 </w:rPr>
                 <w:t>https://www.cochrane.org/MR000041/METHOD_search-strategies-identify-observational-studies-medline-and-embase</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2480" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
-          <w:p w14:paraId="24971328" w14:textId="0F0DB81F" w:rsidR="00C83BA2" w:rsidRPr="0024380B" w:rsidRDefault="00C83BA2" w:rsidP="00C83BA2">
+          <w:p w14:paraId="51BB59C3" w14:textId="77777777" w:rsidR="00391C22" w:rsidRPr="0024380B" w:rsidRDefault="00391C22" w:rsidP="00391C22">
             <w:pPr>
               <w:spacing w:beforeLines="10" w:before="36" w:afterLines="10" w:after="36" w:line="0" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0024380B">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>(Epidemiologic Studie</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>s[</w:t>
-[...2 lines deleted...]
-            <w:r>
+              <w:t>s[mh:noexp] OR</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0024380B">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>mh:noexp</w:t>
-[...1 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:t xml:space="preserve"> Case-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003A1049">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Calibri"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Control</w:t>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>] OR</w:t>
+              <w:t xml:space="preserve"> Studies[mh] OR Cohort Studies[mh] </w:t>
             </w:r>
             <w:r w:rsidRPr="0024380B">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve"> Case-</w:t>
-[...7 lines deleted...]
-              <w:t>Control</w:t>
+              <w:t>OR (epidemiologic</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve"> Studies[</w:t>
-[...2 lines deleted...]
-            <w:r>
+              <w:t>[tiab]</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0024380B">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>mh</w:t>
-[...1 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:t xml:space="preserve"> A</w:t>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>] OR Cohort Studies[</w:t>
-[...2 lines deleted...]
-            <w:r>
+              <w:t>ND</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0024380B">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>mh</w:t>
-[...1 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:t xml:space="preserve"> (study</w:t>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve">] </w:t>
+              <w:t>[tiab]</w:t>
             </w:r>
             <w:r w:rsidRPr="0024380B">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>OR (epidemiologic</w:t>
+              <w:t xml:space="preserve"> or studies</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>[</w:t>
-[...2 lines deleted...]
-            <w:r>
+              <w:t>[tiab]</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0024380B">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>tiab</w:t>
-[...1 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:t xml:space="preserve">)) </w:t>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>]</w:t>
+              <w:t>OR "</w:t>
             </w:r>
             <w:r w:rsidRPr="0024380B">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve"> A</w:t>
+              <w:t>case control</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>ND</w:t>
+              <w:t xml:space="preserve">"[tiab] OR </w:t>
             </w:r>
             <w:r w:rsidRPr="0024380B">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve"> (study</w:t>
+              <w:t>(cohort</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>[</w:t>
-[...2 lines deleted...]
-            <w:r>
+              <w:t>[tiab]</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0024380B">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>tiab</w:t>
-[...1 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>]</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="0024380B">
+              <w:t>AND (study[tiab] or studies[tiab])) OR "cohort ana</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C83BA2">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve"> or studies</w:t>
-[...205 lines deleted...]
-              <w:t>] "cross section</w:t>
+              <w:t>ly*"[tiab] "cross section</w:t>
             </w:r>
             <w:r w:rsidRPr="00C83BA2">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Calibri"/>
                 <w:color w:val="FF0000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>*</w:t>
             </w:r>
             <w:r w:rsidRPr="00C83BA2">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Calibri"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>"</w:t>
             </w:r>
             <w:r w:rsidRPr="00C83BA2">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>[</w:t>
-[...17 lines deleted...]
-              <w:t>]</w:t>
+              <w:t>[tiab]</w:t>
             </w:r>
             <w:r w:rsidRPr="00C83BA2">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Calibri"/>
                 <w:color w:val="FF0000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve"> OR </w:t>
-[...1 lines deleted...]
-            <w:proofErr w:type="spellStart"/>
+              <w:t xml:space="preserve"> OR crosssection*</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C83BA2">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>[tiab]</w:t>
+            </w:r>
             <w:r w:rsidRPr="00C83BA2">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Calibri"/>
                 <w:color w:val="FF0000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>crosssection</w:t>
-[...1 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:t xml:space="preserve"> OR crossection*</w:t>
+            </w:r>
             <w:r w:rsidRPr="00C83BA2">
               <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Calibri"/>
-[...7 lines deleted...]
-              <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>[</w:t>
-[...72 lines deleted...]
-              <w:t>]</w:t>
+              <w:t>[tiab]</w:t>
             </w:r>
             <w:r w:rsidRPr="00C83BA2">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Calibri" w:hint="eastAsia"/>
                 <w:color w:val="FF0000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00C83BA2">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>OR ("follow up"[</w:t>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="00C83BA2">
+              <w:t>OR ("follow up"[tiab] AND (study[tiab] or studies[tiab])) OR longitudinal[tiab]</w:t>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>tiab</w:t>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="00C83BA2">
+              <w:t xml:space="preserve"> OR retrospective*[tiab] OR prospective*[tiab] OR (observ*[tiab] AND</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0024380B">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>] AND (study[</w:t>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="00C83BA2">
+              <w:t xml:space="preserve"> (study</w:t>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>tiab</w:t>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="00C83BA2">
+              <w:t>[tiab]</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0024380B">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>] or studies[</w:t>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="00C83BA2">
+              <w:t xml:space="preserve"> or studies</w:t>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>tiab</w:t>
-[...174 lines deleted...]
-              <w:t>]</w:t>
+              <w:t>[tiab]</w:t>
             </w:r>
             <w:r w:rsidRPr="0024380B">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>))</w:t>
             </w:r>
             <w:r w:rsidRPr="004D02B4">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> OR </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
@@ -29414,161 +28001,142 @@
             </w:r>
             <w:r w:rsidRPr="0041177F">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="新細明體"/>
                 <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>ect</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>*"</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>[</w:t>
-[...2 lines deleted...]
-            <w:r>
+              <w:t>[tiab]</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0024380B">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>tiab</w:t>
-[...2 lines deleted...]
-            <w:r>
+              <w:t>)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1B6F8128" w14:textId="77777777" w:rsidR="00391C22" w:rsidRPr="004461EE" w:rsidRDefault="00391C22" w:rsidP="00391C22">
+            <w:pPr>
+              <w:spacing w:beforeLines="10" w:before="36" w:afterLines="10" w:after="36" w:line="0" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:highlight w:val="yellow"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="5AF63F8D" w14:textId="1FBAA3EA" w:rsidR="00391C22" w:rsidRPr="000F4A4A" w:rsidRDefault="00391C22" w:rsidP="00391C22">
+            <w:pPr>
+              <w:spacing w:beforeLines="10" w:before="36" w:afterLines="10" w:after="36" w:line="0" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C83BA2">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
-                <w:sz w:val="18"/>
-[...36 lines deleted...]
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve">Source: modified from Cochrane, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r w:rsidRPr="00C83BA2">
                 <w:rPr>
                   <w:rStyle w:val="aa"/>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="新細明體"/>
                   <w:sz w:val="16"/>
                   <w:szCs w:val="16"/>
                 </w:rPr>
                 <w:t>https://www.cochrane.org/MR000041/METHOD_search-strategies-identify-observational-studies-medline-and-embase</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2480" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
-          <w:p w14:paraId="33F0D8F8" w14:textId="77777777" w:rsidR="00F81F90" w:rsidRPr="00997900" w:rsidRDefault="00F81F90" w:rsidP="00E65CE4">
+          <w:p w14:paraId="33F0D8F8" w14:textId="77777777" w:rsidR="00391C22" w:rsidRPr="00997900" w:rsidRDefault="00391C22" w:rsidP="00391C22">
             <w:pPr>
               <w:spacing w:beforeLines="10" w:before="36" w:afterLines="10" w:after="36" w:line="0" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="標楷體" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:kern w:val="24"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2481" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
-          <w:p w14:paraId="39C06647" w14:textId="77777777" w:rsidR="00F81F90" w:rsidRPr="005D46CB" w:rsidRDefault="00F81F90" w:rsidP="00E65CE4">
+          <w:p w14:paraId="39C06647" w14:textId="77777777" w:rsidR="00391C22" w:rsidRPr="005D46CB" w:rsidRDefault="00391C22" w:rsidP="00391C22">
             <w:pPr>
               <w:spacing w:beforeLines="10" w:before="36" w:afterLines="10" w:after="36" w:line="0" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="標楷體" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:b/>
                 <w:kern w:val="24"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2481" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="252096E0" w14:textId="77777777" w:rsidR="00F81F90" w:rsidRDefault="00F81F90" w:rsidP="00E65CE4">
+          <w:p w14:paraId="252096E0" w14:textId="77777777" w:rsidR="00391C22" w:rsidRDefault="00391C22" w:rsidP="00391C22">
             <w:pPr>
               <w:spacing w:beforeLines="10" w:before="36" w:afterLines="10" w:after="36" w:line="0" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>TS=(</w:t>
             </w:r>
             <w:r w:rsidRPr="0024380B">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>(</w:t>
             </w:r>
             <w:r w:rsidRPr="003A1049">
@@ -29611,151 +28179,93 @@
               </w:rPr>
               <w:t>case control</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">" OR </w:t>
             </w:r>
             <w:r w:rsidRPr="0024380B">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">(cohort </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve">NEAR/0 (study or studies)) OR "cohort </w:t>
-[...17 lines deleted...]
-              <w:t>*" OR</w:t>
+              <w:t>NEAR/0 (study or studies)) OR "cohort analy*" OR</w:t>
             </w:r>
             <w:r w:rsidRPr="0024380B">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> "cross section</w:t>
             </w:r>
             <w:r w:rsidRPr="00C33CB7">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:hint="eastAsia"/>
                 <w:color w:val="FF0000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>*</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>"</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:hint="eastAsia"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="001F4427">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Calibri"/>
                 <w:color w:val="FF0000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve">OR </w:t>
-[...39 lines deleted...]
-              <w:t>*</w:t>
+              <w:t>OR crosssection* OR crossection*</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Calibri" w:hint="eastAsia"/>
                 <w:color w:val="FF0000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">OR </w:t>
             </w:r>
             <w:r w:rsidRPr="0024380B">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>(</w:t>
@@ -29784,69 +28294,51 @@
               </w:rPr>
               <w:t>"</w:t>
             </w:r>
             <w:r w:rsidRPr="0024380B">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">NEAR/0 (study or studies)) OR longitudinal OR retrospective* OR prospective* </w:t>
             </w:r>
             <w:r w:rsidRPr="0024380B">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>OR (</w:t>
-[...17 lines deleted...]
-              <w:t xml:space="preserve">* </w:t>
+              <w:t xml:space="preserve">OR (observ* </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>NEAR/2</w:t>
             </w:r>
             <w:r w:rsidRPr="0024380B">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> (study or studies))</w:t>
             </w:r>
             <w:r w:rsidRPr="004D02B4">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> OR </w:t>
@@ -29883,98 +28375,98 @@
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="新細明體" w:hint="eastAsia"/>
                 <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>*</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>"</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="6E48C41F" w14:textId="77777777" w:rsidR="00F81F90" w:rsidRPr="00891B52" w:rsidRDefault="00F81F90" w:rsidP="00E65CE4">
+          <w:p w14:paraId="6E48C41F" w14:textId="77777777" w:rsidR="00391C22" w:rsidRPr="00891B52" w:rsidRDefault="00391C22" w:rsidP="00391C22">
             <w:pPr>
               <w:pStyle w:val="Web"/>
               <w:spacing w:beforeLines="10" w:before="36" w:beforeAutospacing="0" w:afterLines="10" w:after="36" w:afterAutospacing="0" w:line="0" w:lineRule="atLeast"/>
               <w:textAlignment w:val="top"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="7898D4AA" w14:textId="77777777" w:rsidR="00F81F90" w:rsidRPr="00F05732" w:rsidRDefault="00F81F90" w:rsidP="00E65CE4">
+          <w:p w14:paraId="7898D4AA" w14:textId="77777777" w:rsidR="00391C22" w:rsidRPr="00F05732" w:rsidRDefault="00391C22" w:rsidP="00391C22">
             <w:pPr>
               <w:pStyle w:val="Web"/>
               <w:spacing w:beforeLines="10" w:before="36" w:beforeAutospacing="0" w:afterLines="10" w:after="36" w:afterAutospacing="0" w:line="0" w:lineRule="atLeast"/>
               <w:textAlignment w:val="top"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0002118C">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve">Source: </w:t>
             </w:r>
             <w:r w:rsidRPr="0002118C">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>modified from</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> Cochrane, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r w:rsidRPr="00565648">
                 <w:rPr>
                   <w:rStyle w:val="aa"/>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                   <w:sz w:val="16"/>
                   <w:szCs w:val="16"/>
                 </w:rPr>
                 <w:t>https://www.cochrane.org/MR000041/METHOD_search-strategies-identify-observational-studies-medline-and-embase</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00F81F90" w:rsidRPr="005D46CB" w14:paraId="6FF1EA6E" w14:textId="77777777" w:rsidTr="00E65CE4">
         <w:trPr>
           <w:trHeight w:val="365"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2480" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
           <w:p w14:paraId="5F958D40" w14:textId="77777777" w:rsidR="00F81F90" w:rsidRDefault="00F81F90" w:rsidP="00E65CE4">
             <w:pPr>
               <w:spacing w:beforeLines="10" w:before="36" w:afterLines="10" w:after="36" w:line="0" w:lineRule="atLeast"/>
@@ -30254,151 +28746,93 @@
               </w:rPr>
               <w:t>case control</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">" OR </w:t>
             </w:r>
             <w:r w:rsidRPr="0024380B">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">(cohort </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve">W/0 (study or studies)) OR "cohort </w:t>
-[...17 lines deleted...]
-              <w:t>*" OR</w:t>
+              <w:t>W/0 (study or studies)) OR "cohort analy*" OR</w:t>
             </w:r>
             <w:r w:rsidRPr="0024380B">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> "cross section</w:t>
             </w:r>
             <w:r w:rsidRPr="00C33CB7">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:hint="eastAsia"/>
                 <w:color w:val="FF0000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>*</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>"</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:hint="eastAsia"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="001F4427">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Calibri"/>
                 <w:color w:val="FF0000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve">OR </w:t>
-[...39 lines deleted...]
-              <w:t>*</w:t>
+              <w:t>OR crosssection* OR crossection*</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Calibri" w:hint="eastAsia"/>
                 <w:color w:val="FF0000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">OR </w:t>
             </w:r>
             <w:r w:rsidRPr="0024380B">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>(</w:t>
@@ -30427,69 +28861,51 @@
               </w:rPr>
               <w:t>"</w:t>
             </w:r>
             <w:r w:rsidRPr="0024380B">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">W/0 (study or studies)) OR longitudinal OR retrospective* OR prospective* </w:t>
             </w:r>
             <w:r w:rsidRPr="0024380B">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>OR (</w:t>
-[...17 lines deleted...]
-              <w:t xml:space="preserve">* </w:t>
+              <w:t xml:space="preserve">OR (observ* </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:hint="eastAsia"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>W</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>/2</w:t>
             </w:r>
             <w:r w:rsidRPr="0024380B">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> (study or studies))</w:t>
             </w:r>
@@ -30581,364 +28997,263 @@
             </w:pPr>
             <w:r w:rsidRPr="0002118C">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve">Source: </w:t>
             </w:r>
             <w:r w:rsidRPr="0002118C">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>modified from</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> Cochrane, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r w:rsidRPr="00565648">
                 <w:rPr>
                   <w:rStyle w:val="aa"/>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                   <w:sz w:val="16"/>
                   <w:szCs w:val="16"/>
                 </w:rPr>
                 <w:t>https://www.cochrane.org/MR000041/METHOD_search-strategies-identify-observational-studies-medline-and-embase</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="2DCC71AF" w14:textId="775F637C" w:rsidR="005549E7" w:rsidRDefault="005549E7" w:rsidP="00F81F90">
+    <w:p w14:paraId="2DCC71AF" w14:textId="688E6E05" w:rsidR="00800AFD" w:rsidRDefault="00800AFD" w:rsidP="00F81F90">
       <w:pPr>
         <w:widowControl/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3D5655F7" w14:textId="77777777" w:rsidR="00F81F90" w:rsidRPr="00C5038A" w:rsidRDefault="00F81F90" w:rsidP="00F81F90">
+    <w:p w14:paraId="3B1FA0AA" w14:textId="77777777" w:rsidR="00800AFD" w:rsidRDefault="00800AFD">
       <w:pPr>
         <w:widowControl/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
-          <w:color w:val="FF0000"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
+          <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="005549E7">
-[...51 lines deleted...]
-      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Cohort Study </w:t>
+        <w:br w:type="page"/>
       </w:r>
-      <w:r>
+    </w:p>
+    <w:p w14:paraId="136A3A23" w14:textId="47637459" w:rsidR="00800AFD" w:rsidRDefault="00F81F90" w:rsidP="00800AFD">
+      <w:pPr>
+        <w:pStyle w:val="31"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00800AFD">
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:hint="eastAsia"/>
-[...2 lines deleted...]
-          <w:szCs w:val="20"/>
+          <w:rFonts w:hint="eastAsia"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">附錄2-3-2: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00800AFD">
+        <w:t xml:space="preserve">Observational Study: Cohort Study </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00800AFD">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>+</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C5038A">
+      <w:r w:rsidRPr="00800AFD">
+        <w:t xml:space="preserve"> Case Controlled Study </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3D5655F7" w14:textId="011EF84C" w:rsidR="00F81F90" w:rsidRPr="00800AFD" w:rsidRDefault="00F81F90" w:rsidP="00800AFD">
+      <w:pPr>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
-[...2 lines deleted...]
-          <w:szCs w:val="20"/>
+          <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體"/>
+          <w:sz w:val="14"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00A33488">
+      </w:pPr>
+      <w:r w:rsidRPr="00800AFD">
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
-[...19 lines deleted...]
-          <w:szCs w:val="20"/>
+          <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體"/>
+          <w:sz w:val="18"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
-      <w:r w:rsidRPr="00707E6F">
+      <w:r w:rsidRPr="00800AFD">
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:hint="eastAsia"/>
-[...1 lines deleted...]
-          <w:szCs w:val="20"/>
+          <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
+          <w:sz w:val="18"/>
         </w:rPr>
         <w:t>不同問題類型</w:t>
       </w:r>
-      <w:r w:rsidRPr="00707E6F">
+      <w:r w:rsidRPr="00800AFD">
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
-[...1 lines deleted...]
-          <w:szCs w:val="20"/>
+          <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體"/>
+          <w:sz w:val="18"/>
         </w:rPr>
         <w:t>/</w:t>
       </w:r>
-      <w:r w:rsidRPr="00707E6F">
-[...7 lines deleted...]
-      <w:r w:rsidRPr="00707E6F">
+      <w:r w:rsidRPr="00800AFD">
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
-          <w:sz w:val="14"/>
-          <w:szCs w:val="20"/>
+          <w:sz w:val="18"/>
         </w:rPr>
-        <w:t>設計、資料庫</w:t>
+        <w:t>研究設計、資料庫</w:t>
       </w:r>
-      <w:r w:rsidRPr="00707E6F">
+      <w:r w:rsidRPr="00800AFD">
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體"/>
-          <w:sz w:val="14"/>
-          <w:szCs w:val="20"/>
+          <w:sz w:val="18"/>
         </w:rPr>
         <w:t>/</w:t>
       </w:r>
-      <w:r w:rsidRPr="00707E6F">
+      <w:r w:rsidRPr="00800AFD">
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
-          <w:sz w:val="14"/>
-          <w:szCs w:val="20"/>
+          <w:sz w:val="18"/>
         </w:rPr>
         <w:t>平台，套用的</w:t>
       </w:r>
-      <w:r w:rsidRPr="00707E6F">
+      <w:r w:rsidRPr="00800AFD">
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體"/>
-          <w:sz w:val="14"/>
-          <w:szCs w:val="20"/>
+          <w:sz w:val="18"/>
         </w:rPr>
         <w:t>Filters</w:t>
       </w:r>
-      <w:r w:rsidRPr="00707E6F">
+      <w:r w:rsidRPr="00800AFD">
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
-          <w:sz w:val="14"/>
-          <w:szCs w:val="20"/>
+          <w:sz w:val="18"/>
         </w:rPr>
-        <w:t>各異，請謹慎，如有需要請洽詢；</w:t>
+        <w:t>各異；</w:t>
       </w:r>
-      <w:r w:rsidRPr="00707E6F">
+      <w:r w:rsidRPr="00800AFD">
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
           <w:color w:val="FF0000"/>
-          <w:sz w:val="14"/>
-          <w:szCs w:val="20"/>
+          <w:sz w:val="18"/>
         </w:rPr>
         <w:t>紅字是有異於原始</w:t>
       </w:r>
-      <w:r w:rsidRPr="00707E6F">
+      <w:r w:rsidRPr="00800AFD">
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體"/>
           <w:color w:val="FF0000"/>
-          <w:sz w:val="14"/>
-          <w:szCs w:val="20"/>
+          <w:sz w:val="18"/>
         </w:rPr>
         <w:t>Filter</w:t>
       </w:r>
-      <w:r w:rsidRPr="00707E6F">
+      <w:r w:rsidRPr="00800AFD">
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
-          <w:color w:val="FF0000"/>
-[...1 lines deleted...]
-          <w:szCs w:val="20"/>
+          <w:sz w:val="18"/>
         </w:rPr>
         <w:t>；</w:t>
       </w:r>
-      <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="00707E6F">
+      <w:r w:rsidRPr="00800AFD">
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
-          <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
-[...1 lines deleted...]
-          <w:szCs w:val="20"/>
+          <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+          <w:sz w:val="18"/>
         </w:rPr>
-        <w:t>灰字可</w:t>
+        <w:t>灰字可視研究題目刪除</w:t>
       </w:r>
-      <w:proofErr w:type="gramEnd"/>
-[...9 lines deleted...]
-      <w:r w:rsidRPr="00707E6F">
+      <w:r w:rsidRPr="00800AFD">
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體"/>
-          <w:sz w:val="14"/>
-          <w:szCs w:val="20"/>
+          <w:sz w:val="18"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="a5"/>
         <w:tblW w:w="14882" w:type="dxa"/>
         <w:tblInd w:w="-5" w:type="dxa"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2480"/>
         <w:gridCol w:w="2480"/>
         <w:gridCol w:w="2480"/>
         <w:gridCol w:w="2480"/>
         <w:gridCol w:w="2481"/>
         <w:gridCol w:w="2481"/>
       </w:tblGrid>
       <w:tr w:rsidR="00F81F90" w:rsidRPr="006C2A4B" w14:paraId="04DD6E4A" w14:textId="77777777" w:rsidTr="00E65CE4">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2480" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="173206F1" w14:textId="77777777" w:rsidR="00F81F90" w:rsidRPr="00E248BC" w:rsidRDefault="00F81F90" w:rsidP="00E65CE4">
             <w:pPr>
               <w:spacing w:beforeLines="10" w:before="36" w:afterLines="10" w:after="36" w:line="0" w:lineRule="atLeast"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00E248BC">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
-              <w:t>Embase</w:t>
-[...9 lines deleted...]
-              <w:t xml:space="preserve"> [Elsevier]</w:t>
+              <w:t>Embase [Elsevier]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2480" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="75410026" w14:textId="77777777" w:rsidR="00F81F90" w:rsidRPr="00E248BC" w:rsidRDefault="00F81F90" w:rsidP="00E65CE4">
             <w:pPr>
               <w:spacing w:beforeLines="10" w:before="36" w:afterLines="10" w:after="36" w:line="0" w:lineRule="atLeast"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E248BC">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="16"/>
@@ -30993,69 +29308,58 @@
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>CINAHL [EBSCOhost]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2481" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="1FF041A7" w14:textId="77777777" w:rsidR="00F81F90" w:rsidRPr="00E248BC" w:rsidRDefault="00F81F90" w:rsidP="00E65CE4">
             <w:pPr>
               <w:spacing w:beforeLines="10" w:before="36" w:afterLines="10" w:after="36" w:line="0" w:lineRule="atLeast"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00E248BC">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
-              <w:t>PsycInfo</w:t>
-[...9 lines deleted...]
-              <w:t xml:space="preserve"> [EBSCOhost]</w:t>
+              <w:t>PsycInfo [EBSCOhost]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2481" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="5F135CD6" w14:textId="77777777" w:rsidR="00F81F90" w:rsidRPr="00E248BC" w:rsidRDefault="00F81F90" w:rsidP="00E65CE4">
             <w:pPr>
               <w:spacing w:beforeLines="10" w:before="36" w:afterLines="10" w:after="36" w:line="0" w:lineRule="atLeast"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E248BC">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
@@ -31075,212 +29379,108 @@
           </w:tcPr>
           <w:p w14:paraId="3DDCB99E" w14:textId="5302F3DA" w:rsidR="00F81F90" w:rsidRPr="009A5685" w:rsidRDefault="00F81F90" w:rsidP="00E65CE4">
             <w:pPr>
               <w:spacing w:beforeLines="10" w:before="36" w:afterLines="10" w:after="36" w:line="0" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="新細明體"/>
                 <w:color w:val="C00000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi" w:cs="新細明體"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>(</w:t>
             </w:r>
             <w:r w:rsidRPr="0002118C">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="新細明體"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>'cohort analysis'/</w:t>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="0002118C">
+              <w:t>'cohort analysis'/exp OR 'longitudinal study'/exp OR 'prospective study'/exp OR 'follow up'/exp OR cohort*</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CF6AC3">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="新細明體"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
-              </w:rPr>
-[...69 lines deleted...]
-                <w:szCs w:val="18"/>
                 <w:shd w:val="pct15" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
-              <w:t xml:space="preserve"> OR 'case control study'/</w:t>
-[...19 lines deleted...]
-              <w:t xml:space="preserve"> OR (case* </w:t>
+              <w:t xml:space="preserve"> OR 'case control study'/exp OR (case* </w:t>
             </w:r>
             <w:r w:rsidRPr="00CF6AC3">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi" w:cs="新細明體"/>
                 <w:color w:val="FF0000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:shd w:val="pct15" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
               <w:t>NEXT/5</w:t>
             </w:r>
             <w:r w:rsidRPr="00CF6AC3">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="新細明體"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:shd w:val="pct15" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
               <w:t xml:space="preserve"> (control* </w:t>
             </w:r>
             <w:r w:rsidRPr="00CF6AC3">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="新細明體"/>
                 <w:color w:val="FF0000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:shd w:val="pct15" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
               <w:t>OR</w:t>
             </w:r>
             <w:r w:rsidRPr="00CF6AC3">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="新細明體"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:shd w:val="pct15" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00CF6AC3">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="新細明體"/>
                 <w:color w:val="FF0000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:shd w:val="pct15" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
-              <w:t>crosscover</w:t>
-[...10 lines deleted...]
-              <w:t xml:space="preserve"> OR cross-over</w:t>
+              <w:t>crosscover OR cross-over</w:t>
             </w:r>
             <w:r w:rsidRPr="00CF6AC3">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="新細明體"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:shd w:val="pct15" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
               <w:t>))</w:t>
             </w:r>
             <w:r w:rsidRPr="00CF6AC3">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi" w:cs="新細明體"/>
                 <w:color w:val="FF0000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:shd w:val="pct15" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
               <w:t xml:space="preserve"> OR </w:t>
             </w:r>
             <w:r w:rsidRPr="00CF6AC3">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="新細明體"/>
                 <w:color w:val="FF0000"/>
                 <w:sz w:val="18"/>
@@ -31433,51 +29633,51 @@
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="新細明體"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="1983EE06" w14:textId="77777777" w:rsidR="00F81F90" w:rsidRPr="0002118C" w:rsidRDefault="00F81F90" w:rsidP="00E65CE4">
             <w:pPr>
               <w:pStyle w:val="Web"/>
               <w:spacing w:beforeLines="10" w:before="36" w:beforeAutospacing="0" w:afterLines="10" w:after="36" w:afterAutospacing="0" w:line="0" w:lineRule="atLeast"/>
               <w:textAlignment w:val="top"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0002118C">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve">Source: BMJ, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r w:rsidRPr="0002118C">
                 <w:rPr>
                   <w:rStyle w:val="aa"/>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                   <w:sz w:val="16"/>
                   <w:szCs w:val="16"/>
                 </w:rPr>
                 <w:t>http://bestpractice.bmj.com/info/toolkit/learn-ebm/study-design-search-filters/</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="754F16FF" w14:textId="77777777" w:rsidR="00F81F90" w:rsidRDefault="00F81F90" w:rsidP="00E65CE4">
             <w:pPr>
               <w:spacing w:beforeLines="10" w:before="36" w:afterLines="10" w:after="36" w:line="0" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
@@ -31500,114 +29700,76 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2480" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
           <w:p w14:paraId="7CC36910" w14:textId="24826B64" w:rsidR="00F81F90" w:rsidRPr="0002118C" w:rsidRDefault="00F81F90" w:rsidP="00E65CE4">
             <w:pPr>
               <w:pStyle w:val="Web"/>
               <w:spacing w:beforeLines="10" w:before="36" w:beforeAutospacing="0" w:afterLines="10" w:after="36" w:afterAutospacing="0" w:line="0" w:lineRule="atLeast"/>
               <w:ind w:left="180" w:hangingChars="100" w:hanging="180"/>
               <w:textAlignment w:val="top"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0002118C">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve">1. </w:t>
-[...1 lines deleted...]
-            <w:proofErr w:type="spellStart"/>
+              <w:t>1. ex</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>p cohort studies/ OR cohort*.tw</w:t>
+            </w:r>
             <w:r w:rsidRPr="0002118C">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>ex</w:t>
-[...1 lines deleted...]
-            <w:r>
+              <w:t xml:space="preserve"> OR controlled clinical trial.pt </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CF6AC3">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
-              </w:rPr>
-[...23 lines deleted...]
-                <w:szCs w:val="18"/>
                 <w:shd w:val="pct15" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
-              <w:t xml:space="preserve">OR </w:t>
-[...19 lines deleted...]
-              <w:t xml:space="preserve"> case-control studies/ OR ((case* </w:t>
+              <w:t xml:space="preserve">OR exp case-control studies/ OR ((case* </w:t>
             </w:r>
             <w:r w:rsidRPr="00CF6AC3">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:color w:val="FF0000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:shd w:val="pct15" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
               <w:t>ADJ5</w:t>
             </w:r>
             <w:r w:rsidRPr="00CF6AC3">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:shd w:val="pct15" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
               <w:t xml:space="preserve"> (control* </w:t>
             </w:r>
             <w:r w:rsidRPr="00CF6AC3">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:color w:val="FF0000"/>
                 <w:sz w:val="18"/>
@@ -31666,82 +29828,61 @@
               <w:t xml:space="preserve">) </w:t>
             </w:r>
             <w:r w:rsidRPr="00C850F7">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:color w:val="FF0000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>OR "control group*"</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
             <w:r w:rsidRPr="00EB4378">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>.</w:t>
-[...10 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:t>.tw</w:t>
+            </w:r>
             <w:r w:rsidRPr="00F25271">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve"> OR (risk* OR incidence*).</w:t>
-[...11 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:t xml:space="preserve"> OR (risk* OR incidence*).tw</w:t>
+            </w:r>
             <w:r w:rsidRPr="00EB4378">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:color w:val="FF0000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="6FA27DD3" w14:textId="77777777" w:rsidR="00F81F90" w:rsidRPr="0002118C" w:rsidRDefault="00F81F90" w:rsidP="00E65CE4">
             <w:pPr>
               <w:pStyle w:val="Web"/>
               <w:spacing w:beforeLines="10" w:before="36" w:beforeAutospacing="0" w:afterLines="10" w:after="36" w:afterAutospacing="0" w:line="0" w:lineRule="atLeast"/>
               <w:textAlignment w:val="top"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00094972">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
@@ -31779,69 +29920,51 @@
               <w:t>3. l</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">imit </w:t>
             </w:r>
             <w:r w:rsidRPr="009A5685">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
             <w:r w:rsidRPr="0002118C">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve"> to </w:t>
-[...17 lines deleted...]
-              <w:t>="1966-1989"</w:t>
+              <w:t xml:space="preserve"> to yr="1966-1989"</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="78ABBA33" w14:textId="77777777" w:rsidR="00F81F90" w:rsidRDefault="00F81F90" w:rsidP="00E65CE4">
             <w:pPr>
               <w:pStyle w:val="Web"/>
               <w:spacing w:beforeLines="10" w:before="36" w:beforeAutospacing="0" w:afterLines="10" w:after="36" w:afterAutospacing="0" w:line="0" w:lineRule="atLeast"/>
               <w:textAlignment w:val="top"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0002118C">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">4. </w:t>
             </w:r>
             <w:r w:rsidRPr="00426B66">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
@@ -31866,69 +29989,58 @@
                 <w:highlight w:val="yellow"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="6F1338C0" w14:textId="77777777" w:rsidR="00F81F90" w:rsidRPr="00426B66" w:rsidRDefault="00F81F90" w:rsidP="00E65CE4">
             <w:pPr>
               <w:pStyle w:val="Web"/>
               <w:spacing w:beforeLines="10" w:before="36" w:beforeAutospacing="0" w:afterLines="10" w:after="36" w:afterAutospacing="0" w:line="0" w:lineRule="atLeast"/>
               <w:textAlignment w:val="top"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00426B66">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
               <w:t>(</w:t>
             </w:r>
-            <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="00426B66">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:hint="eastAsia"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
-              <w:t>黃標要改用</w:t>
-[...9 lines deleted...]
-              <w:t>實際產生的序號</w:t>
+              <w:t>黃標要改用實際產生的序號</w:t>
             </w:r>
             <w:r w:rsidRPr="00426B66">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="4F751243" w14:textId="77777777" w:rsidR="00F81F90" w:rsidRPr="0002118C" w:rsidRDefault="00F81F90" w:rsidP="00E65CE4">
             <w:pPr>
               <w:pStyle w:val="Web"/>
               <w:spacing w:beforeLines="10" w:before="36" w:beforeAutospacing="0" w:afterLines="10" w:after="36" w:afterAutospacing="0" w:line="0" w:lineRule="atLeast"/>
               <w:textAlignment w:val="top"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="594A7F90" w14:textId="77777777" w:rsidR="00F81F90" w:rsidRDefault="00F81F90" w:rsidP="00E65CE4">
             <w:pPr>
@@ -32152,51 +30264,51 @@
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006A16B4">
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="227EE455" wp14:editId="790A5C67">
                   <wp:extent cx="1668145" cy="1135380"/>
                   <wp:effectExtent l="0" t="0" r="8255" b="7620"/>
                   <wp:docPr id="10" name="圖片 10" descr="C:\Users\user\AppData\Local\Temp\snap_screen_20180608165831.png"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="圖片 2" descr="C:\Users\user\AppData\Local\Temp\snap_screen_20180608165831.png"/>
                           <pic:cNvPicPr>
                             <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                           </pic:cNvPicPr>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId35">
+                          <a:blip r:embed="rId46">
                             <a:extLst>
                               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                               </a:ext>
                             </a:extLst>
                           </a:blip>
                           <a:srcRect/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr bwMode="auto">
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="1668145" cy="1135380"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:noFill/>
                           <a:ln>
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
@@ -32215,51 +30327,51 @@
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="5E1E5FE2" w14:textId="77777777" w:rsidR="00F81F90" w:rsidRPr="0002118C" w:rsidRDefault="00F81F90" w:rsidP="00E65CE4">
             <w:pPr>
               <w:pStyle w:val="Web"/>
               <w:spacing w:beforeLines="10" w:before="36" w:beforeAutospacing="0" w:afterLines="10" w:after="36" w:afterAutospacing="0" w:line="0" w:lineRule="atLeast"/>
               <w:textAlignment w:val="top"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0002118C">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve">Source: modified from BMJ, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r w:rsidRPr="0002118C">
                 <w:rPr>
                   <w:rStyle w:val="aa"/>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                   <w:sz w:val="16"/>
                   <w:szCs w:val="16"/>
                 </w:rPr>
                 <w:t>http://bestpractice.bmj.com/info/toolkit/learn-ebm/study-design-search-filters/</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2480" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
@@ -32274,560 +30386,296 @@
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>(</w:t>
             </w:r>
             <w:r w:rsidRPr="0002118C">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>cohort studies</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
+              <w:t>[mh]</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0002118C">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> OR cohort*</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>[tw]</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0002118C">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> OR controlled clinical trial</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
               <w:t>[</w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
-            <w:r>
+            <w:r w:rsidRPr="0002118C">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>mh</w:t>
-[...1 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:t>pt</w:t>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>]</w:t>
             </w:r>
             <w:r w:rsidRPr="0002118C">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve"> OR cohort*</w:t>
+              <w:t xml:space="preserve"> OR case-control studies</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>[</w:t>
-[...2 lines deleted...]
-            <w:r>
+              <w:t>[mh]</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CF6AC3">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
-              </w:rPr>
-[...3 lines deleted...]
-            <w:r>
+                <w:shd w:val="pct15" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> OR </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00EB4378">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
-              </w:rPr>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="0002118C">
+                <w:shd w:val="pct15" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>(case*[tw] A</w:t>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
-              </w:rPr>
-[...2 lines deleted...]
-            <w:r>
+                <w:shd w:val="pct15" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ND </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00EB4378">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
-              </w:rPr>
-[...58 lines deleted...]
-                <w:szCs w:val="18"/>
                 <w:shd w:val="pct15" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
-              <w:t xml:space="preserve"> OR </w:t>
-[...66 lines deleted...]
-              <w:t xml:space="preserve">] </w:t>
+              <w:t xml:space="preserve">(control*[tw] </w:t>
             </w:r>
             <w:r w:rsidRPr="00EB4378">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:color w:val="FF0000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:shd w:val="pct15" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
-              <w:t>OR crossover[</w:t>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="00EB4378">
+              <w:t>OR crossover[tw] OR cross-over[tw]</w:t>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:color w:val="FF0000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:shd w:val="pct15" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
-              <w:t>tw</w:t>
-[...1 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:t xml:space="preserve"> OR comparison*[tw]</w:t>
+            </w:r>
             <w:r w:rsidRPr="00EB4378">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:shd w:val="pct15" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FE77AF">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">) </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FE77AF">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:color w:val="FF0000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
-                <w:shd w:val="pct15" w:color="auto" w:fill="FFFFFF"/>
-[...3 lines deleted...]
-            <w:proofErr w:type="spellStart"/>
+              </w:rPr>
+              <w:t>"control group"[tw] OR "control groups"[tw]</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
             <w:r w:rsidRPr="00EB4378">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:color w:val="FF0000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
-                <w:shd w:val="pct15" w:color="auto" w:fill="FFFFFF"/>
-[...125 lines deleted...]
-                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">OR </w:t>
             </w:r>
             <w:r w:rsidRPr="00A30801">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>risk*[</w:t>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="00A30801">
+              <w:t xml:space="preserve">risk*[tw] OR incidence*[tw] OR </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00426B66">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
-                <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00A30801">
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>(</w:t>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
-                <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00A30801">
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">epidemiologic methods[mh:noexp] AND </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0002118C">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
-                <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00A30801">
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A04071">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
-                <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
-[...5 lines deleted...]
-            <w:r w:rsidRPr="00426B66">
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>("1966"[</w:t>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>(</w:t>
-[...1 lines deleted...]
-            <w:r>
+              <w:t>dp</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A04071">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>epidemiologic methods[</w:t>
-[...1 lines deleted...]
-            <w:proofErr w:type="spellStart"/>
+              <w:t>]</w:t>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>mh:noexp</w:t>
-[...2 lines deleted...]
-            <w:r>
+              <w:t>:</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A04071">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve">] AND </w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="0002118C">
+              <w:t>"1989"[</w:t>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
-[...15 lines deleted...]
-              </w:rPr>
               <w:t>dp</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
-[...33 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00A04071">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>])</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>))</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="20401F57" w14:textId="77777777" w:rsidR="00F81F90" w:rsidRDefault="00F81F90" w:rsidP="00E65CE4">
             <w:pPr>
               <w:pStyle w:val="Web"/>
               <w:spacing w:beforeLines="10" w:before="36" w:beforeAutospacing="0" w:afterLines="10" w:after="36" w:afterAutospacing="0" w:line="0" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
@@ -32842,51 +30690,51 @@
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="148CBF6F" w14:textId="77777777" w:rsidR="00F81F90" w:rsidRPr="0002118C" w:rsidRDefault="00F81F90" w:rsidP="00E65CE4">
             <w:pPr>
               <w:pStyle w:val="Web"/>
               <w:spacing w:beforeLines="10" w:before="36" w:beforeAutospacing="0" w:afterLines="10" w:after="36" w:afterAutospacing="0" w:line="0" w:lineRule="atLeast"/>
               <w:textAlignment w:val="top"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0002118C">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve">Source: modified from BMJ, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r w:rsidRPr="0002118C">
                 <w:rPr>
                   <w:rStyle w:val="aa"/>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                   <w:sz w:val="16"/>
                   <w:szCs w:val="16"/>
                 </w:rPr>
                 <w:t>http://bestpractice.bmj.com/info/toolkit/learn-ebm/study-design-search-filters/</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="7698CF20" w14:textId="77777777" w:rsidR="00F81F90" w:rsidRPr="00233870" w:rsidRDefault="00F81F90" w:rsidP="00E65CE4">
             <w:pPr>
               <w:pStyle w:val="Web"/>
               <w:spacing w:beforeLines="10" w:before="36" w:beforeAutospacing="0" w:afterLines="10" w:after="36" w:afterAutospacing="0" w:line="0" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
@@ -32921,69 +30769,51 @@
               <w:t>(</w:t>
             </w:r>
             <w:r w:rsidRPr="00CF3E4C">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>MH "Prospective studies"</w:t>
             </w:r>
             <w:r w:rsidRPr="00CF6AC3">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
                 <w:shd w:val="pct15" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
               <w:t xml:space="preserve"> OR MH "Case Control Studies+"</w:t>
             </w:r>
             <w:r w:rsidRPr="00CF3E4C">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve"> OR MH "Correlational Studies" OR MH "</w:t>
-[...17 lines deleted...]
-              <w:t xml:space="preserve"> P</w:t>
+              <w:t xml:space="preserve"> OR MH "Correlational Studies" OR MH "Nonconcurrent P</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>rospective Studies" OR (cohort W</w:t>
             </w:r>
             <w:r w:rsidRPr="00CF3E4C">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">1 (study or studies)) OR (observational </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>W</w:t>
             </w:r>
@@ -33122,51 +30952,51 @@
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="3B555C07" w14:textId="77777777" w:rsidR="00F81F90" w:rsidRPr="00997900" w:rsidRDefault="00F81F90" w:rsidP="00E65CE4">
             <w:pPr>
               <w:pStyle w:val="Web"/>
               <w:spacing w:beforeLines="10" w:before="36" w:beforeAutospacing="0" w:afterLines="10" w:after="36" w:afterAutospacing="0" w:line="0" w:lineRule="atLeast"/>
               <w:textAlignment w:val="top"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="標楷體" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:kern w:val="24"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0002118C">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="標楷體" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:kern w:val="24"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve">Source: SIGN, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r w:rsidRPr="0002118C">
                 <w:rPr>
                   <w:rStyle w:val="aa"/>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="標楷體" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                   <w:kern w:val="24"/>
                   <w:sz w:val="16"/>
                   <w:szCs w:val="16"/>
                 </w:rPr>
                 <w:t>http://www.sign.ac.uk/assets/search-filters-observational-studies.docx</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2481" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
           <w:p w14:paraId="54B85D2C" w14:textId="77777777" w:rsidR="00F81F90" w:rsidRDefault="00F81F90" w:rsidP="00E65CE4">
             <w:pPr>
               <w:pStyle w:val="Web"/>
               <w:spacing w:beforeLines="10" w:before="36" w:beforeAutospacing="0" w:afterLines="10" w:after="36" w:afterAutospacing="0" w:line="0" w:lineRule="atLeast"/>
               <w:textAlignment w:val="top"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
@@ -33311,51 +31141,51 @@
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="58192613" w14:textId="77777777" w:rsidR="00F81F90" w:rsidRPr="00927356" w:rsidRDefault="00F81F90" w:rsidP="00E65CE4">
             <w:pPr>
               <w:pStyle w:val="Web"/>
               <w:spacing w:beforeLines="10" w:before="36" w:beforeAutospacing="0" w:afterLines="10" w:after="36" w:afterAutospacing="0" w:line="0" w:lineRule="atLeast"/>
               <w:textAlignment w:val="top"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="標楷體" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:kern w:val="24"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00927356">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="標楷體" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:kern w:val="24"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve">Source: modified from </w:t>
             </w:r>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r w:rsidRPr="00927356">
                 <w:rPr>
                   <w:rStyle w:val="aa"/>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="標楷體" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                   <w:kern w:val="24"/>
                   <w:sz w:val="16"/>
                   <w:szCs w:val="16"/>
                 </w:rPr>
                 <w:t>http://libguides.sph.uth.tmc.edu/ovid_psycinfo_filters</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p w14:paraId="57D684B6" w14:textId="77777777" w:rsidR="00F81F90" w:rsidRPr="005D46CB" w:rsidRDefault="00F81F90" w:rsidP="00E65CE4">
             <w:pPr>
               <w:pStyle w:val="Web"/>
               <w:spacing w:beforeLines="10" w:before="36" w:beforeAutospacing="0" w:afterLines="10" w:after="36" w:afterAutospacing="0" w:line="0" w:lineRule="atLeast"/>
               <w:textAlignment w:val="top"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="標楷體" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:b/>
                 <w:kern w:val="24"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
@@ -33439,71 +31269,51 @@
               <w:t>TS =</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> ((cohort NEAR/</w:t>
             </w:r>
             <w:r w:rsidRPr="00CF3E4C">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>1 (study or studies</w:t>
             </w:r>
             <w:r w:rsidRPr="001123B9">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:color w:val="FF0000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve"> OR </w:t>
-[...19 lines deleted...]
-              <w:t>*</w:t>
+              <w:t xml:space="preserve"> OR analys*</w:t>
             </w:r>
             <w:r w:rsidRPr="00CF3E4C">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">) </w:t>
             </w:r>
             <w:r w:rsidRPr="00707E6F">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
                 <w:shd w:val="pct15" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
               <w:t xml:space="preserve">OR </w:t>
@@ -33640,51 +31450,51 @@
             <w:r w:rsidRPr="0002118C">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>modified from</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="0002118C">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="標楷體" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:kern w:val="24"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve">SIGN, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r w:rsidRPr="0002118C">
                 <w:rPr>
                   <w:rStyle w:val="aa"/>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="標楷體" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                   <w:kern w:val="24"/>
                   <w:sz w:val="16"/>
                   <w:szCs w:val="16"/>
                 </w:rPr>
                 <w:t>http://www.sign.ac.uk/assets/search-filters-observational-studies.docx</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00F81F90" w:rsidRPr="005D46CB" w14:paraId="2EC8DBBA" w14:textId="77777777" w:rsidTr="00E65CE4">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2480" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
           <w:p w14:paraId="4E61C2FC" w14:textId="77777777" w:rsidR="00F81F90" w:rsidRDefault="00F81F90" w:rsidP="00E65CE4">
             <w:pPr>
@@ -33925,71 +31735,51 @@
               <w:t xml:space="preserve">title-abs-key </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>((cohort PRE/</w:t>
             </w:r>
             <w:r w:rsidRPr="00CF3E4C">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>1 (study or studies</w:t>
             </w:r>
             <w:r w:rsidRPr="001123B9">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:color w:val="FF0000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve"> OR </w:t>
-[...19 lines deleted...]
-              <w:t>*</w:t>
+              <w:t xml:space="preserve"> OR analys*</w:t>
             </w:r>
             <w:r w:rsidRPr="00CF3E4C">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">) </w:t>
             </w:r>
             <w:r w:rsidRPr="00707E6F">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
                 <w:shd w:val="pct15" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
               <w:t xml:space="preserve">OR </w:t>
@@ -34143,51 +31933,51 @@
             <w:r w:rsidRPr="0002118C">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>modified from</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="0002118C">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="標楷體" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:kern w:val="24"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve">SIGN, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r w:rsidRPr="0002118C">
                 <w:rPr>
                   <w:rStyle w:val="aa"/>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="標楷體" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                   <w:kern w:val="24"/>
                   <w:sz w:val="16"/>
                   <w:szCs w:val="16"/>
                 </w:rPr>
                 <w:t>http://www.sign.ac.uk/assets/search-filters-observational-studies.docx</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p w14:paraId="3A85EB79" w14:textId="77777777" w:rsidR="00F81F90" w:rsidRPr="006524B7" w:rsidRDefault="00F81F90" w:rsidP="00E65CE4">
             <w:pPr>
               <w:pStyle w:val="Web"/>
               <w:spacing w:beforeLines="10" w:before="36" w:beforeAutospacing="0" w:afterLines="10" w:after="36" w:afterAutospacing="0" w:line="0" w:lineRule="atLeast"/>
               <w:textAlignment w:val="top"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
@@ -34205,268 +31995,208 @@
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="169C05B3" w14:textId="77777777" w:rsidR="00F81F90" w:rsidRDefault="00F81F90" w:rsidP="00F81F90">
       <w:pPr>
         <w:spacing w:beforeLines="10" w:before="36" w:afterLines="10" w:after="36" w:line="0" w:lineRule="atLeast"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:cs="新細明體"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7A936669" w14:textId="77777777" w:rsidR="00F81F90" w:rsidRPr="00E672E8" w:rsidRDefault="00F81F90" w:rsidP="00F81F90">
+    <w:p w14:paraId="23996D67" w14:textId="77777777" w:rsidR="00800AFD" w:rsidRDefault="00F81F90" w:rsidP="00800AFD">
       <w:pPr>
-        <w:pStyle w:val="Web"/>
-[...1 lines deleted...]
-        <w:textAlignment w:val="top"/>
+        <w:pStyle w:val="31"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00800AFD">
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
-[...2 lines deleted...]
-          <w:szCs w:val="20"/>
+          <w:rFonts w:hint="eastAsia"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">附錄2-3-2: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00800AFD">
+        <w:t>Observational Study: Cross-Sectional Study</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="12DC504A" w14:textId="1C283B60" w:rsidR="00800AFD" w:rsidRPr="00800AFD" w:rsidRDefault="00800AFD" w:rsidP="00800AFD">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體"/>
+          <w:sz w:val="14"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00CF6AC3">
+      <w:r w:rsidRPr="00800AFD">
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:hint="eastAsia"/>
-[...64 lines deleted...]
-          <w:szCs w:val="20"/>
+          <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體"/>
+          <w:sz w:val="18"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E672E8">
+      <w:r w:rsidRPr="00800AFD">
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:hint="eastAsia"/>
-[...1 lines deleted...]
-          <w:szCs w:val="20"/>
+          <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
+          <w:sz w:val="18"/>
         </w:rPr>
-        <w:t>不同研究問題類型</w:t>
+        <w:t>不同問題類型</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E672E8">
+      <w:r w:rsidRPr="00800AFD">
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
-[...1 lines deleted...]
-          <w:szCs w:val="20"/>
+          <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體"/>
+          <w:sz w:val="18"/>
         </w:rPr>
         <w:t>/</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E672E8">
-[...7 lines deleted...]
-      <w:r w:rsidRPr="00E672E8">
+      <w:r w:rsidRPr="00800AFD">
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
-          <w:sz w:val="20"/>
-          <w:szCs w:val="20"/>
+          <w:sz w:val="18"/>
         </w:rPr>
-        <w:t>設計、資料庫</w:t>
+        <w:t>研究設計、資料庫</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E672E8">
+      <w:r w:rsidRPr="00800AFD">
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體"/>
-          <w:sz w:val="20"/>
-          <w:szCs w:val="20"/>
+          <w:sz w:val="18"/>
         </w:rPr>
         <w:t>/</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E672E8">
+      <w:r w:rsidRPr="00800AFD">
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
-          <w:sz w:val="20"/>
-          <w:szCs w:val="20"/>
+          <w:sz w:val="18"/>
         </w:rPr>
         <w:t>平台，套用的</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E672E8">
+      <w:r w:rsidRPr="00800AFD">
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體"/>
-          <w:sz w:val="20"/>
-          <w:szCs w:val="20"/>
+          <w:sz w:val="18"/>
         </w:rPr>
         <w:t>Filters</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E672E8">
+      <w:r w:rsidRPr="00800AFD">
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
-          <w:sz w:val="20"/>
-          <w:szCs w:val="20"/>
+          <w:sz w:val="18"/>
         </w:rPr>
-        <w:t>各異，請謹慎，如有需要請洽詢；</w:t>
+        <w:t>各異；</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E672E8">
+      <w:r w:rsidRPr="00800AFD">
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
           <w:color w:val="FF0000"/>
-          <w:sz w:val="20"/>
-          <w:szCs w:val="20"/>
+          <w:sz w:val="18"/>
         </w:rPr>
         <w:t>紅字是有異於原始</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E672E8">
+      <w:r w:rsidRPr="00800AFD">
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體"/>
-          <w:color w:val="1F497D" w:themeColor="text2"/>
-[...1 lines deleted...]
-          <w:szCs w:val="20"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="18"/>
         </w:rPr>
-        <w:t xml:space="preserve">) </w:t>
+        <w:t>Filter</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00800AFD">
+        <w:rPr>
+          <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>；</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00800AFD">
+        <w:rPr>
+          <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
+          <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>灰字可視研究題目刪除</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00800AFD">
+        <w:rPr>
+          <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>)</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="a5"/>
         <w:tblW w:w="14882" w:type="dxa"/>
         <w:tblInd w:w="-5" w:type="dxa"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2480"/>
         <w:gridCol w:w="2480"/>
         <w:gridCol w:w="2480"/>
         <w:gridCol w:w="2480"/>
         <w:gridCol w:w="2481"/>
         <w:gridCol w:w="2481"/>
       </w:tblGrid>
       <w:tr w:rsidR="00F81F90" w:rsidRPr="006C2A4B" w14:paraId="6B1CD897" w14:textId="77777777" w:rsidTr="00E65CE4">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2480" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="03CCC7CE" w14:textId="77777777" w:rsidR="00F81F90" w:rsidRPr="00E248BC" w:rsidRDefault="00F81F90" w:rsidP="00E65CE4">
             <w:pPr>
               <w:spacing w:beforeLines="10" w:before="36" w:afterLines="10" w:after="36" w:line="0" w:lineRule="atLeast"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00E248BC">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
-              <w:t>Embase</w:t>
-[...9 lines deleted...]
-              <w:t xml:space="preserve"> [Elsevier]</w:t>
+              <w:t>Embase [Elsevier]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2480" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6219CE79" w14:textId="77777777" w:rsidR="00F81F90" w:rsidRPr="00E248BC" w:rsidRDefault="00F81F90" w:rsidP="00E65CE4">
             <w:pPr>
               <w:spacing w:beforeLines="10" w:before="36" w:afterLines="10" w:after="36" w:line="0" w:lineRule="atLeast"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E248BC">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="16"/>
@@ -34521,69 +32251,58 @@
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>CINAHL [EBSCOhost]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2481" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="117F0605" w14:textId="77777777" w:rsidR="00F81F90" w:rsidRPr="00E248BC" w:rsidRDefault="00F81F90" w:rsidP="00E65CE4">
             <w:pPr>
               <w:spacing w:beforeLines="10" w:before="36" w:afterLines="10" w:after="36" w:line="0" w:lineRule="atLeast"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00E248BC">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
-              <w:t>PsycInfo</w:t>
-[...9 lines deleted...]
-              <w:t xml:space="preserve"> [EBSCOhost]</w:t>
+              <w:t>PsycInfo [EBSCOhost]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2481" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="511699F3" w14:textId="77777777" w:rsidR="00F81F90" w:rsidRPr="00E248BC" w:rsidRDefault="00F81F90" w:rsidP="00E65CE4">
             <w:pPr>
               <w:spacing w:beforeLines="10" w:before="36" w:afterLines="10" w:after="36" w:line="0" w:lineRule="atLeast"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E248BC">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
@@ -34644,143 +32363,93 @@
             </w:r>
             <w:r w:rsidRPr="001F4427">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Calibri"/>
                 <w:color w:val="FF0000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>*</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Calibri"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>'</w:t>
             </w:r>
             <w:r w:rsidRPr="001F4427">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Calibri"/>
                 <w:color w:val="FF0000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve"> OR </w:t>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="001F4427">
+              <w:t xml:space="preserve"> OR crosssection* OR crossection*</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="新細明體"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> OR 'd</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0041177F">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="新細明體"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>escriptive stud</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="新細明體"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>*'</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00436F42">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Calibri"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>):ti,ab</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004A1D2B">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Calibri"/>
                 <w:color w:val="FF0000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>crosssection</w:t>
-[...78 lines deleted...]
-              </w:rPr>
               <w:t>,kw</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00436F42">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cs="Calibri"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="4B3B4645" w14:textId="77777777" w:rsidR="00F81F90" w:rsidRDefault="00F81F90" w:rsidP="00E65CE4">
             <w:pPr>
               <w:spacing w:beforeLines="10" w:before="36" w:afterLines="10" w:after="36" w:line="0" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="新細明體"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="3C0397A3" w14:textId="77777777" w:rsidR="00F81F90" w:rsidRDefault="00F81F90" w:rsidP="00E65CE4">
             <w:pPr>
               <w:spacing w:beforeLines="10" w:before="36" w:afterLines="10" w:after="36" w:line="0" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="新細明體"/>
                 <w:sz w:val="18"/>
@@ -34833,51 +32502,51 @@
               <w:pStyle w:val="Web"/>
               <w:spacing w:beforeLines="10" w:before="36" w:beforeAutospacing="0" w:afterLines="10" w:after="36" w:afterAutospacing="0" w:line="0" w:lineRule="atLeast"/>
               <w:textAlignment w:val="top"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0002118C">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Source: modified from</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> Cochrane, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r w:rsidRPr="00565648">
                 <w:rPr>
                   <w:rStyle w:val="aa"/>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                   <w:sz w:val="16"/>
                   <w:szCs w:val="16"/>
                 </w:rPr>
                 <w:t>https://www.cochrane.org/MR000041/METHOD_search-strategies-identify-observational-studies-medline-and-embase</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p w14:paraId="333E87AF" w14:textId="77777777" w:rsidR="00F81F90" w:rsidRPr="0002118C" w:rsidRDefault="00F81F90" w:rsidP="00E65CE4">
             <w:pPr>
               <w:pStyle w:val="Web"/>
               <w:spacing w:beforeLines="10" w:before="36" w:beforeAutospacing="0" w:afterLines="10" w:after="36" w:afterAutospacing="0" w:line="0" w:lineRule="atLeast"/>
               <w:textAlignment w:val="top"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
@@ -34920,120 +32589,68 @@
             </w:r>
             <w:r w:rsidRPr="001F4427">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Calibri"/>
                 <w:color w:val="FF0000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>*</w:t>
             </w:r>
             <w:r w:rsidRPr="00436F42">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Calibri"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>"</w:t>
             </w:r>
             <w:r w:rsidRPr="001F4427">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Calibri"/>
                 <w:color w:val="FF0000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve"> OR </w:t>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="001F4427">
+              <w:t xml:space="preserve"> OR crosssection* OR crossection*</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00436F42">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Calibri"/>
-                <w:color w:val="FF0000"/>
-[...6 lines deleted...]
-            <w:r w:rsidRPr="001F4427">
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>).ti</w:t>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Calibri"/>
-                <w:color w:val="FF0000"/>
-[...45 lines deleted...]
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Calibri"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>,ab</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
-            <w:proofErr w:type="gramEnd"/>
             <w:r w:rsidRPr="00436F42">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Calibri"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
             <w:r w:rsidRPr="00436F42">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cs="Calibri"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="5FC78983" w14:textId="77777777" w:rsidR="00F81F90" w:rsidRDefault="00F81F90" w:rsidP="00E65CE4">
             <w:pPr>
               <w:pStyle w:val="Web"/>
               <w:spacing w:beforeLines="10" w:before="36" w:beforeAutospacing="0" w:afterLines="10" w:after="36" w:afterAutospacing="0" w:line="0" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
@@ -35129,242 +32746,126 @@
               <w:pStyle w:val="Web"/>
               <w:spacing w:beforeLines="10" w:before="36" w:beforeAutospacing="0" w:afterLines="10" w:after="36" w:afterAutospacing="0" w:line="0" w:lineRule="atLeast"/>
               <w:textAlignment w:val="top"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0002118C">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Source: modified from</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> Cochrane, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r w:rsidRPr="00565648">
                 <w:rPr>
                   <w:rStyle w:val="aa"/>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                   <w:sz w:val="16"/>
                   <w:szCs w:val="16"/>
                 </w:rPr>
                 <w:t>https://www.cochrane.org/MR000041/METHOD_search-strategies-identify-observational-studies-medline-and-embase</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2480" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
           <w:p w14:paraId="369B7B4D" w14:textId="77777777" w:rsidR="00F81F90" w:rsidRPr="00436F42" w:rsidRDefault="00F81F90" w:rsidP="00E65CE4">
             <w:pPr>
               <w:spacing w:beforeLines="10" w:before="36" w:afterLines="10" w:after="36" w:line="0" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Calibri"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00436F42">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cs="Calibri"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>(</w:t>
             </w:r>
             <w:r w:rsidRPr="00436F42">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Calibri"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>Cross-Sectional Studies[</w:t>
-[...17 lines deleted...]
-              <w:t xml:space="preserve">] OR </w:t>
+              <w:t xml:space="preserve">Cross-Sectional Studies[mh:noexp] OR </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Calibri"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>"cross section</w:t>
             </w:r>
             <w:r w:rsidRPr="001F4427">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Calibri"/>
                 <w:color w:val="FF0000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>*</w:t>
             </w:r>
             <w:r w:rsidRPr="00436F42">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Calibri"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>"[</w:t>
-[...17 lines deleted...]
-              <w:t>]</w:t>
+              <w:t>"[tiab]</w:t>
             </w:r>
             <w:r w:rsidRPr="001F4427">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Calibri"/>
                 <w:color w:val="FF0000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve"> OR </w:t>
-[...79 lines deleted...]
-              <w:t>]</w:t>
+              <w:t xml:space="preserve"> OR crosssection*[tiab] OR crossection*[tiab]</w:t>
             </w:r>
             <w:r w:rsidRPr="00436F42">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Calibri"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="05D60B9F" w14:textId="77777777" w:rsidR="00F81F90" w:rsidRPr="0088327D" w:rsidRDefault="00F81F90" w:rsidP="00E65CE4">
             <w:pPr>
               <w:pStyle w:val="Web"/>
               <w:spacing w:beforeLines="10" w:before="36" w:beforeAutospacing="0" w:afterLines="10" w:after="36" w:afterAutospacing="0" w:line="0" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-PH"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="7F8893A5" w14:textId="77777777" w:rsidR="00F81F90" w:rsidRDefault="00F81F90" w:rsidP="00E65CE4">
             <w:pPr>
               <w:pStyle w:val="Web"/>
@@ -35441,51 +32942,51 @@
               <w:pStyle w:val="Web"/>
               <w:spacing w:beforeLines="10" w:before="36" w:beforeAutospacing="0" w:afterLines="10" w:after="36" w:afterAutospacing="0" w:line="0" w:lineRule="atLeast"/>
               <w:textAlignment w:val="top"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0002118C">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Source: modified from</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> Cochrane, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId55" w:history="1">
               <w:r w:rsidRPr="0002118C">
                 <w:rPr>
                   <w:rStyle w:val="aa"/>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                   <w:sz w:val="16"/>
                   <w:szCs w:val="16"/>
                 </w:rPr>
                 <w:t>http://bestpractice.bmj.com/info/toolkit/learn-ebm/study-design-search-filters/</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2480" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
@@ -35595,234 +33096,154 @@
               </w:rPr>
               <w:t>cross section</w:t>
             </w:r>
             <w:r w:rsidRPr="001F4427">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:color w:val="FF0000"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>*</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">" </w:t>
             </w:r>
             <w:r w:rsidRPr="001F4427">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Calibri"/>
                 <w:color w:val="FF0000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve">OR </w:t>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="001F4427">
+              <w:t>OR crosssection* OR crossection*</w:t>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Calibri"/>
                 <w:color w:val="FF0000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>crosssection</w:t>
-[...1 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>OR c</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00436F42">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>orrelational</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> OR </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>"d</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>escriptive stud*</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>"</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> OR AB</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00436F42">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>("</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>cross section</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001F4427">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:color w:val="FF0000"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>*</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">" </w:t>
+            </w:r>
             <w:r w:rsidRPr="001F4427">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Calibri"/>
                 <w:color w:val="FF0000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve">* OR </w:t>
-[...162 lines deleted...]
-              <w:t>*</w:t>
+              <w:t>OR crosssection* OR crossection*</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Calibri"/>
                 <w:color w:val="FF0000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>OR c</w:t>
             </w:r>
             <w:r w:rsidRPr="00436F42">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>orrelational</w:t>
             </w:r>
             <w:r>
@@ -35890,51 +33311,51 @@
               <w:pStyle w:val="Web"/>
               <w:spacing w:beforeLines="10" w:before="36" w:beforeAutospacing="0" w:afterLines="10" w:after="36" w:afterAutospacing="0" w:line="0" w:lineRule="atLeast"/>
               <w:textAlignment w:val="top"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0002118C">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Source: modified from</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> Cochrane, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r w:rsidRPr="0002118C">
                 <w:rPr>
                   <w:rStyle w:val="aa"/>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                   <w:sz w:val="16"/>
                   <w:szCs w:val="16"/>
                 </w:rPr>
                 <w:t>http://bestpractice.bmj.com/info/toolkit/learn-ebm/study-design-search-filters/</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2481" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
@@ -35999,91 +33420,51 @@
               <w:t>*</w:t>
             </w:r>
             <w:r w:rsidRPr="00436F42">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Calibri"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>"</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Calibri"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="001F4427">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Calibri"/>
                 <w:color w:val="FF0000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve">OR </w:t>
-[...39 lines deleted...]
-              <w:t>*</w:t>
+              <w:t>OR crosssection* OR crossection*</w:t>
             </w:r>
             <w:r w:rsidRPr="00436F42">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cs="Calibri"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="40280AF7" w14:textId="77777777" w:rsidR="00F81F90" w:rsidRDefault="00F81F90" w:rsidP="00E65CE4">
             <w:pPr>
               <w:pStyle w:val="Web"/>
               <w:spacing w:beforeLines="10" w:before="36" w:beforeAutospacing="0" w:afterLines="10" w:after="36" w:afterAutospacing="0" w:line="0" w:lineRule="atLeast"/>
               <w:textAlignment w:val="top"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="5B3979B9" w14:textId="77777777" w:rsidR="00F81F90" w:rsidRDefault="00F81F90" w:rsidP="00E65CE4">
             <w:pPr>
               <w:pStyle w:val="Web"/>
@@ -36107,51 +33488,51 @@
             </w:pPr>
             <w:r w:rsidRPr="0002118C">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve">Source: </w:t>
             </w:r>
             <w:r w:rsidRPr="0002118C">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>modified from</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> Cochrane, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r w:rsidRPr="0002118C">
                 <w:rPr>
                   <w:rStyle w:val="aa"/>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                   <w:sz w:val="16"/>
                   <w:szCs w:val="16"/>
                 </w:rPr>
                 <w:t>http://bestpractice.bmj.com/info/toolkit/learn-ebm/study-design-search-filters/</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00F81F90" w:rsidRPr="005D46CB" w14:paraId="1ABE01E3" w14:textId="77777777" w:rsidTr="00E65CE4">
         <w:trPr>
           <w:trHeight w:val="280"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2480" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
           <w:p w14:paraId="060C59A4" w14:textId="77777777" w:rsidR="00F81F90" w:rsidRPr="00436F42" w:rsidRDefault="00F81F90" w:rsidP="00E65CE4">
             <w:pPr>
               <w:spacing w:beforeLines="10" w:before="36" w:afterLines="10" w:after="36" w:line="0" w:lineRule="atLeast"/>
@@ -36390,91 +33771,51 @@
               <w:t>*</w:t>
             </w:r>
             <w:r w:rsidRPr="00436F42">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Calibri"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>"</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Calibri"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="001F4427">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Calibri"/>
                 <w:color w:val="FF0000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve">OR </w:t>
-[...39 lines deleted...]
-              <w:t>*</w:t>
+              <w:t>OR crosssection* OR crossection*</w:t>
             </w:r>
             <w:r w:rsidRPr="00436F42">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cs="Calibri"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="2890349A" w14:textId="77777777" w:rsidR="00F81F90" w:rsidRDefault="00F81F90" w:rsidP="00E65CE4">
             <w:pPr>
               <w:pStyle w:val="Web"/>
               <w:spacing w:beforeLines="10" w:before="36" w:beforeAutospacing="0" w:afterLines="10" w:after="36" w:afterAutospacing="0" w:line="0" w:lineRule="atLeast"/>
               <w:textAlignment w:val="top"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="3F3ECF3D" w14:textId="77777777" w:rsidR="00F81F90" w:rsidRDefault="00F81F90" w:rsidP="00E65CE4">
             <w:pPr>
               <w:pStyle w:val="Web"/>
@@ -36497,51 +33838,51 @@
             </w:pPr>
             <w:r w:rsidRPr="0002118C">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve">Source: </w:t>
             </w:r>
             <w:r w:rsidRPr="0002118C">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>modified from</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> Cochrane, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r w:rsidRPr="0002118C">
                 <w:rPr>
                   <w:rStyle w:val="aa"/>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                   <w:sz w:val="16"/>
                   <w:szCs w:val="16"/>
                 </w:rPr>
                 <w:t>http://bestpractice.bmj.com/info/toolkit/learn-ebm/study-design-search-filters/</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="0AD4B5A3" w14:textId="77777777" w:rsidR="00F81F90" w:rsidRPr="005D46CB" w:rsidRDefault="00F81F90" w:rsidP="00F81F90">
       <w:pPr>
         <w:spacing w:beforeLines="10" w:before="36" w:afterLines="10" w:after="36" w:line="0" w:lineRule="atLeast"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi"/>
           <w:bCs/>
           <w:kern w:val="24"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
@@ -36560,301 +33901,216 @@
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="0E9CE545" w14:textId="77777777" w:rsidR="00F81F90" w:rsidRDefault="00F81F90" w:rsidP="00F81F90">
       <w:pPr>
         <w:widowControl/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:bCs/>
           <w:kern w:val="24"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:bCs/>
           <w:kern w:val="24"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="34144FA0" w14:textId="77777777" w:rsidR="00F81F90" w:rsidRPr="00D462AA" w:rsidRDefault="00F81F90" w:rsidP="00F81F90">
+    <w:p w14:paraId="34144FA0" w14:textId="4E7A9B75" w:rsidR="00F81F90" w:rsidRPr="00D462AA" w:rsidRDefault="00F81F90" w:rsidP="00800AFD">
       <w:pPr>
-        <w:pStyle w:val="Web"/>
-[...1 lines deleted...]
-        <w:textAlignment w:val="top"/>
+        <w:pStyle w:val="31"/>
         <w:rPr>
-          <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體"/>
           <w:color w:val="1F497D" w:themeColor="text2"/>
           <w:sz w:val="22"/>
-          <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E672E8">
+      <w:r w:rsidRPr="00800AFD">
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:hint="eastAsia"/>
-[...2 lines deleted...]
-          <w:szCs w:val="20"/>
+          <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>附錄</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E672E8">
-[...5 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00800AFD">
         <w:t>2-</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00800AFD">
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:hint="eastAsia"/>
-[...2 lines deleted...]
-          <w:szCs w:val="20"/>
+          <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>4</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E672E8">
+      <w:r w:rsidRPr="00800AFD">
+        <w:t xml:space="preserve">: Qualitative Study </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00800AFD">
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
-[...37 lines deleted...]
-          <w:szCs w:val="20"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:b w:val="0"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E672E8">
+      <w:r w:rsidRPr="00800AFD">
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:hint="eastAsia"/>
-[...1 lines deleted...]
-          <w:szCs w:val="20"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:hint="eastAsia"/>
+          <w:b w:val="0"/>
         </w:rPr>
         <w:t>不同研究問題類型</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E672E8">
+      <w:r w:rsidRPr="00800AFD">
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
-[...1 lines deleted...]
-          <w:szCs w:val="20"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:b w:val="0"/>
         </w:rPr>
         <w:t>/</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E672E8">
+      <w:r w:rsidRPr="00800AFD">
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:hint="eastAsia"/>
-[...1 lines deleted...]
-          <w:szCs w:val="20"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:hint="eastAsia"/>
+          <w:b w:val="0"/>
         </w:rPr>
         <w:t>研究</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E672E8">
+      <w:r w:rsidRPr="00800AFD">
         <w:rPr>
-          <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
-[...1 lines deleted...]
-          <w:szCs w:val="20"/>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:b w:val="0"/>
         </w:rPr>
         <w:t>設計、資料庫</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E672E8">
+      <w:r w:rsidRPr="00800AFD">
         <w:rPr>
-          <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體"/>
-[...1 lines deleted...]
-          <w:szCs w:val="20"/>
+          <w:b w:val="0"/>
         </w:rPr>
         <w:t>/</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E672E8">
+      <w:r w:rsidRPr="00800AFD">
         <w:rPr>
-          <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
-[...1 lines deleted...]
-          <w:szCs w:val="20"/>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:b w:val="0"/>
         </w:rPr>
         <w:t>平台，套用的</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E672E8">
+      <w:r w:rsidRPr="00800AFD">
         <w:rPr>
-          <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體"/>
-[...1 lines deleted...]
-          <w:szCs w:val="20"/>
+          <w:b w:val="0"/>
         </w:rPr>
         <w:t>Filters</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E672E8">
+      <w:r w:rsidRPr="00800AFD">
         <w:rPr>
-          <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
-[...1 lines deleted...]
-          <w:szCs w:val="20"/>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:b w:val="0"/>
         </w:rPr>
-        <w:t>各異，請謹慎，如有需要請洽詢</w:t>
+        <w:t>各異</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E672E8">
+      <w:r w:rsidRPr="00800AFD">
         <w:rPr>
-          <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體"/>
+          <w:b w:val="0"/>
           <w:color w:val="1F497D" w:themeColor="text2"/>
-          <w:sz w:val="20"/>
-          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體"/>
           <w:color w:val="1F497D" w:themeColor="text2"/>
-          <w:sz w:val="20"/>
-          <w:szCs w:val="20"/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:r w:rsidRPr="00D462AA">
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi" w:hint="eastAsia"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi" w:hint="eastAsia"/>
           <w:kern w:val="24"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t>此區為成大</w:t>
-[...19 lines deleted...]
-        <w:t>圖</w:t>
+        <w:t>此區為成大醫圖</w:t>
       </w:r>
       <w:r w:rsidRPr="00D462AA">
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:kern w:val="24"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>自行</w:t>
       </w:r>
       <w:r w:rsidRPr="00D462AA">
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi" w:hint="eastAsia"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi" w:hint="eastAsia"/>
           <w:kern w:val="24"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>彙整，</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi" w:hint="eastAsia"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi" w:hint="eastAsia"/>
           <w:kern w:val="24"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>可再加入研究所屬領域中較常使用的質性研究方法。亦</w:t>
       </w:r>
       <w:r w:rsidRPr="00D462AA">
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:kern w:val="24"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>可參考</w:t>
       </w:r>
       <w:r w:rsidRPr="00D462AA">
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:kern w:val="24"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
       <w:r w:rsidRPr="00D462AA">
         <w:rPr>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId48" w:history="1">
+      <w:hyperlink r:id="rId59" w:history="1">
         <w:r w:rsidRPr="00D462AA">
           <w:rPr>
             <w:rStyle w:val="aa"/>
-            <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+            <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
             <w:kern w:val="24"/>
             <w:sz w:val="16"/>
             <w:szCs w:val="18"/>
           </w:rPr>
           <w:t>https://hiruweb.mcmaster.ca/hkr/hedges/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="a5"/>
         <w:tblW w:w="14882" w:type="dxa"/>
         <w:tblInd w:w="-5" w:type="dxa"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2480"/>
         <w:gridCol w:w="2480"/>
         <w:gridCol w:w="2480"/>
         <w:gridCol w:w="2480"/>
         <w:gridCol w:w="2481"/>
         <w:gridCol w:w="2481"/>
       </w:tblGrid>
       <w:tr w:rsidR="00F81F90" w:rsidRPr="005D46CB" w14:paraId="7AE7BC03" w14:textId="77777777" w:rsidTr="00E65CE4">
@@ -37014,69 +34270,58 @@
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>ost]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2481" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="7E59339C" w14:textId="77777777" w:rsidR="00F81F90" w:rsidRPr="005D46CB" w:rsidRDefault="00F81F90" w:rsidP="00E65CE4">
             <w:pPr>
               <w:spacing w:beforeLines="10" w:before="36" w:afterLines="10" w:after="36" w:line="0" w:lineRule="atLeast"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="005D46CB">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
-              <w:t>PsycInfo</w:t>
-[...9 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+              <w:t xml:space="preserve">PsycInfo </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>[Ovid]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2481" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="3F1DF25D" w14:textId="77777777" w:rsidR="00F81F90" w:rsidRPr="005D46CB" w:rsidRDefault="00F81F90" w:rsidP="00E65CE4">
             <w:pPr>
               <w:spacing w:beforeLines="10" w:before="36" w:afterLines="10" w:after="36" w:line="0" w:lineRule="atLeast"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="16"/>
@@ -37109,254 +34354,181 @@
               <w:spacing w:beforeLines="10" w:before="36" w:beforeAutospacing="0" w:afterLines="10" w:after="36" w:afterAutospacing="0" w:line="240" w:lineRule="exact"/>
               <w:textAlignment w:val="top"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="標楷體" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:kern w:val="24"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="標楷體" w:hAnsiTheme="minorHAnsi" w:cs="Arial" w:hint="eastAsia"/>
                 <w:kern w:val="24"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>(</w:t>
             </w:r>
             <w:r w:rsidRPr="0024305D">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="標楷體" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:kern w:val="24"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
-              <w:t>'qualitative research'/</w:t>
-[...1 lines deleted...]
-            <w:proofErr w:type="spellStart"/>
+              <w:t xml:space="preserve">'qualitative research'/exp OR 'interview'/exp OR </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="標楷體" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+                <w:kern w:val="24"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>(</w:t>
+            </w:r>
             <w:r w:rsidRPr="0024305D">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="標楷體" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:kern w:val="24"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
-              <w:t>exp</w:t>
-[...1 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:t>qualitative</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="標楷體" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+                <w:kern w:val="24"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
             <w:r w:rsidRPr="0024305D">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="標楷體" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:kern w:val="24"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
-              <w:t xml:space="preserve"> OR 'interview'/</w:t>
-[...1 lines deleted...]
-            <w:proofErr w:type="spellStart"/>
+              <w:t>OR interview*</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="標楷體" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+                <w:kern w:val="24"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> OR themes</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="標楷體" w:hAnsiTheme="minorHAnsi" w:cs="Arial" w:hint="eastAsia"/>
+                <w:kern w:val="24"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> OR </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="標楷體" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+                <w:kern w:val="24"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>experience*)</w:t>
+            </w:r>
             <w:r w:rsidRPr="0024305D">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="標楷體" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:kern w:val="24"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
-              <w:t>exp</w:t>
-[...93 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:t>:ti,ab,kw</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2480" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="488C0967" w14:textId="77777777" w:rsidR="00F81F90" w:rsidRPr="0024305D" w:rsidRDefault="00F81F90" w:rsidP="00E65CE4">
             <w:pPr>
               <w:pStyle w:val="Web"/>
               <w:spacing w:beforeLines="10" w:before="36" w:beforeAutospacing="0" w:afterLines="10" w:after="36" w:afterAutospacing="0" w:line="240" w:lineRule="exact"/>
               <w:textAlignment w:val="top"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="標楷體" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:kern w:val="24"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="標楷體" w:hAnsiTheme="minorHAnsi" w:cs="Arial" w:hint="eastAsia"/>
                 <w:kern w:val="24"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>(</w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="0024305D">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="標楷體" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:kern w:val="24"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
-              <w:t>exp</w:t>
-[...1 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:t>exp "Qualitative Research"/ OR interview.pt OR (qualitative OR interview* OR themes</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="標楷體" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+                <w:kern w:val="24"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> OR  experience*</w:t>
+            </w:r>
             <w:r w:rsidRPr="0024305D">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="標楷體" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:kern w:val="24"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
-              <w:t xml:space="preserve"> "Qualitative Research"/ OR interview.pt OR (qualitative OR interview* OR themes</w:t>
-[...29 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:t>).ti,ab,kf</w:t>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="標楷體" w:hAnsiTheme="minorHAnsi" w:cs="Arial" w:hint="eastAsia"/>
                 <w:kern w:val="24"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2480" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="3F51942D" w14:textId="77777777" w:rsidR="00F81F90" w:rsidRPr="0024305D" w:rsidRDefault="00F81F90" w:rsidP="00E65CE4">
             <w:pPr>
               <w:pStyle w:val="Web"/>
               <w:spacing w:beforeLines="10" w:before="36" w:beforeAutospacing="0" w:afterLines="10" w:after="36" w:afterAutospacing="0" w:line="0" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="標楷體" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:kern w:val="24"/>
@@ -37367,225 +34539,123 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="標楷體" w:hAnsiTheme="minorHAnsi" w:cs="Arial" w:hint="eastAsia"/>
                 <w:kern w:val="24"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>(</w:t>
             </w:r>
             <w:r w:rsidRPr="0024305D">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="標楷體" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:kern w:val="24"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>"Qualitative Research"</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="標楷體" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:kern w:val="24"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
+              <w:t>[mh]</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0024305D">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="標楷體" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+                <w:kern w:val="24"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> OR interview</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="標楷體" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+                <w:kern w:val="24"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
               <w:t>[</w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
-            <w:r>
+            <w:r w:rsidRPr="0024305D">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="標楷體" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:kern w:val="24"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
-              <w:t>mh</w:t>
-[...1 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:t>pt</w:t>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="標楷體" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:kern w:val="24"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>]</w:t>
             </w:r>
             <w:r w:rsidRPr="0024305D">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="標楷體" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:kern w:val="24"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
-              <w:t xml:space="preserve"> OR interview</w:t>
+              <w:t xml:space="preserve"> OR qualitative</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="標楷體" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:kern w:val="24"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
-              <w:t>[</w:t>
-[...1 lines deleted...]
-            <w:proofErr w:type="spellStart"/>
+              <w:t>[tiab]</w:t>
+            </w:r>
             <w:r w:rsidRPr="0024305D">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="標楷體" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:kern w:val="24"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
-              <w:t>pt</w:t>
-[...1 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:t xml:space="preserve"> OR interview*</w:t>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="標楷體" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:kern w:val="24"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
-              <w:t>]</w:t>
-[...115 lines deleted...]
-              <w:t>]</w:t>
+              <w:t>[tiab] OR themes[tiab] OR experience*[tiab]</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="標楷體" w:hAnsiTheme="minorHAnsi" w:cs="Arial" w:hint="eastAsia"/>
                 <w:kern w:val="24"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2480" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
           <w:p w14:paraId="37AE616F" w14:textId="77777777" w:rsidR="00F81F90" w:rsidRDefault="00F81F90" w:rsidP="00E65CE4">
             <w:pPr>
               <w:pStyle w:val="Web"/>
               <w:spacing w:beforeLines="10" w:before="36" w:beforeAutospacing="0" w:afterLines="10" w:after="36" w:afterAutospacing="0" w:line="0" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="標楷體" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:kern w:val="24"/>
                 <w:sz w:val="18"/>
@@ -37686,173 +34756,131 @@
           <w:tcPr>
             <w:tcW w:w="2481" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
           <w:p w14:paraId="470876BB" w14:textId="77777777" w:rsidR="00F81F90" w:rsidRDefault="00F81F90" w:rsidP="00E65CE4">
             <w:pPr>
               <w:pStyle w:val="Web"/>
               <w:spacing w:beforeLines="10" w:before="36" w:beforeAutospacing="0" w:afterLines="10" w:after="36" w:afterAutospacing="0" w:line="240" w:lineRule="exact"/>
               <w:textAlignment w:val="top"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="標楷體" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:kern w:val="24"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="標楷體" w:hAnsiTheme="minorHAnsi" w:cs="Arial" w:hint="eastAsia"/>
                 <w:kern w:val="24"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>(</w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="0024305D">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="標楷體" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:kern w:val="24"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
-              <w:t>exp</w:t>
-[...1 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:t>exp "</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00356EFF">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="標楷體" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+                <w:kern w:val="24"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>Qualitative Methods</w:t>
+            </w:r>
             <w:r w:rsidRPr="0024305D">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="標楷體" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:kern w:val="24"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
-              <w:t xml:space="preserve"> "</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="00356EFF">
+              <w:t xml:space="preserve">"/ OR exp </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="標楷體" w:hAnsiTheme="minorHAnsi" w:cs="Arial" w:hint="eastAsia"/>
+                <w:kern w:val="24"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>"I</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0024305D">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="標楷體" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:kern w:val="24"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
-              <w:t>Qualitative Methods</w:t>
+              <w:t>nterview</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="標楷體" w:hAnsiTheme="minorHAnsi" w:cs="Arial" w:hint="eastAsia"/>
+                <w:kern w:val="24"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>"/</w:t>
             </w:r>
             <w:r w:rsidRPr="0024305D">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="標楷體" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:kern w:val="24"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
-              <w:t xml:space="preserve">"/ OR </w:t>
-[...1 lines deleted...]
-            <w:proofErr w:type="spellStart"/>
+              <w:t xml:space="preserve"> OR (qualitative OR interview* OR themes</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="標楷體" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+                <w:kern w:val="24"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> OR  experience*</w:t>
+            </w:r>
             <w:r w:rsidRPr="0024305D">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="標楷體" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:kern w:val="24"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
-              <w:t>exp</w:t>
-[...75 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:t>).ti,ab,kf</w:t>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="標楷體" w:hAnsiTheme="minorHAnsi" w:cs="Arial" w:hint="eastAsia"/>
                 <w:kern w:val="24"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="2ABFC5B7" w14:textId="77777777" w:rsidR="00F81F90" w:rsidRDefault="00F81F90" w:rsidP="00E65CE4">
             <w:pPr>
               <w:pStyle w:val="Web"/>
               <w:spacing w:beforeLines="10" w:before="36" w:beforeAutospacing="0" w:afterLines="10" w:after="36" w:afterAutospacing="0" w:line="240" w:lineRule="exact"/>
               <w:textAlignment w:val="top"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="標楷體" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:kern w:val="24"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="1A10D8E5" w14:textId="77777777" w:rsidR="00F81F90" w:rsidRPr="00E83DB5" w:rsidRDefault="00F81F90" w:rsidP="00E65CE4">
             <w:pPr>
@@ -37896,196 +34924,105 @@
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>ixed methods:</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="135D93C0" w14:textId="77777777" w:rsidR="00F81F90" w:rsidRPr="00645920" w:rsidRDefault="00F81F90" w:rsidP="00E65CE4">
             <w:pPr>
               <w:pStyle w:val="Web"/>
               <w:spacing w:beforeLines="10" w:before="36" w:beforeAutospacing="0" w:afterLines="10" w:after="36" w:afterAutospacing="0" w:line="200" w:lineRule="exact"/>
               <w:textAlignment w:val="top"/>
               <w:rPr>
                 <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:cs="Arial"/>
                 <w:b/>
                 <w:kern w:val="24"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AE531A">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="標楷體" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:kern w:val="24"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
-              <w:t>(</w:t>
-[...1 lines deleted...]
-            <w:proofErr w:type="spellStart"/>
+              <w:t>(exp "Q</w:t>
+            </w:r>
             <w:r w:rsidRPr="00AE531A">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="標楷體" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:kern w:val="24"/>
                 <w:sz w:val="18"/>
-                <w:szCs w:val="16"/>
-[...3 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ualitative Methods"/ OR exp "Interview"/ </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="標楷體" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:kern w:val="24"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>exp "</w:t>
+            </w:r>
             <w:r w:rsidRPr="00AE531A">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="標楷體" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:kern w:val="24"/>
                 <w:sz w:val="18"/>
-                <w:szCs w:val="16"/>
-[...3 lines deleted...]
-            <w:r w:rsidRPr="00AE531A">
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Experienc</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E83DB5">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="標楷體" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:kern w:val="24"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve">ualitative Methods"/ OR </w:t>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="00AE531A">
+              <w:t>es (Events)"/ OR exp "</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E83DB5">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:kern w:val="24"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Mixed Methods Research"/ OR</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E83DB5">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="標楷體" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:kern w:val="24"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>exp</w:t>
-[...105 lines deleted...]
-              <w:t>)</w:t>
+              <w:t xml:space="preserve"> (qualitative OR interview* OR themes OR experience* OR "mixed method*").ti,ab,kf)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2481" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
           <w:p w14:paraId="07F9D5F7" w14:textId="77777777" w:rsidR="00F81F90" w:rsidRPr="0067782C" w:rsidRDefault="00F81F90" w:rsidP="00E65CE4">
             <w:pPr>
               <w:pStyle w:val="Web"/>
               <w:spacing w:beforeLines="10" w:before="36" w:beforeAutospacing="0" w:afterLines="10" w:after="36" w:afterAutospacing="0" w:line="0" w:lineRule="atLeast"/>
               <w:textAlignment w:val="top"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="標楷體" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:b/>
                 <w:kern w:val="24"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0024305D">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="標楷體" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:kern w:val="24"/>
@@ -38569,193 +35506,131 @@
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="3596B4BB" w14:textId="77777777" w:rsidR="00F81F90" w:rsidRDefault="00F81F90" w:rsidP="00F81F90">
       <w:pPr>
         <w:widowControl/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:bCs/>
           <w:kern w:val="24"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:bCs/>
           <w:kern w:val="24"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="30F301A6" w14:textId="77777777" w:rsidR="005549E7" w:rsidRDefault="005549E7" w:rsidP="005549E7">
+    <w:p w14:paraId="30F301A6" w14:textId="50AAA4B8" w:rsidR="005549E7" w:rsidRPr="00800AFD" w:rsidRDefault="005549E7" w:rsidP="00800AFD">
       <w:pPr>
-        <w:spacing w:beforeLines="50" w:before="180" w:line="0" w:lineRule="atLeast"/>
+        <w:pStyle w:val="31"/>
         <w:rPr>
-          <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體"/>
-[...2 lines deleted...]
-          <w:szCs w:val="20"/>
+          <w:b w:val="0"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E672E8">
+      <w:r w:rsidRPr="00800AFD">
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:hint="eastAsia"/>
-[...2 lines deleted...]
-          <w:szCs w:val="20"/>
+          <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>附錄</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E672E8">
-[...5 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00800AFD">
         <w:t>2-</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00800AFD">
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:hint="eastAsia"/>
-[...2 lines deleted...]
-          <w:szCs w:val="20"/>
+          <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>5</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E672E8">
+      <w:r w:rsidRPr="00800AFD">
+        <w:t xml:space="preserve">: Systematic Review </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00800AFD">
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
-[...28 lines deleted...]
-          <w:szCs w:val="20"/>
+          <w:b w:val="0"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E672E8">
+      <w:r w:rsidRPr="00800AFD">
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:hint="eastAsia"/>
-[...1 lines deleted...]
-          <w:szCs w:val="20"/>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:b w:val="0"/>
         </w:rPr>
         <w:t>不同研究問題類型</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E672E8">
+      <w:r w:rsidRPr="00800AFD">
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
-[...1 lines deleted...]
-          <w:szCs w:val="20"/>
+          <w:b w:val="0"/>
         </w:rPr>
         <w:t>/</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E672E8">
+      <w:r w:rsidRPr="00800AFD">
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:hint="eastAsia"/>
-[...1 lines deleted...]
-          <w:szCs w:val="20"/>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:b w:val="0"/>
         </w:rPr>
-        <w:t>研究</w:t>
+        <w:t>研究設計、資料庫</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E672E8">
+      <w:r w:rsidRPr="00800AFD">
         <w:rPr>
-          <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
-[...9 lines deleted...]
-          <w:szCs w:val="20"/>
+          <w:b w:val="0"/>
         </w:rPr>
         <w:t>/</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E672E8">
+      <w:r w:rsidRPr="00800AFD">
         <w:rPr>
-          <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
-[...1 lines deleted...]
-          <w:szCs w:val="20"/>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:b w:val="0"/>
         </w:rPr>
         <w:t>平台，套用的</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E672E8">
+      <w:r w:rsidRPr="00800AFD">
         <w:rPr>
-          <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體"/>
-[...1 lines deleted...]
-          <w:szCs w:val="20"/>
+          <w:b w:val="0"/>
         </w:rPr>
         <w:t>Filters</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E672E8">
+      <w:r w:rsidRPr="00800AFD">
         <w:rPr>
-          <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
-[...1 lines deleted...]
-          <w:szCs w:val="20"/>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:b w:val="0"/>
         </w:rPr>
-        <w:t>各異，請謹慎，如有需要請洽詢</w:t>
+        <w:t>各異</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E672E8">
+      <w:r w:rsidRPr="00800AFD">
         <w:rPr>
-          <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體"/>
-[...2 lines deleted...]
-          <w:szCs w:val="20"/>
+          <w:b w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">) </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="a5"/>
         <w:tblW w:w="14882" w:type="dxa"/>
         <w:tblInd w:w="-5" w:type="dxa"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2480"/>
         <w:gridCol w:w="2480"/>
         <w:gridCol w:w="2480"/>
         <w:gridCol w:w="2480"/>
         <w:gridCol w:w="2481"/>
         <w:gridCol w:w="2481"/>
       </w:tblGrid>
       <w:tr w:rsidR="005549E7" w:rsidRPr="005D46CB" w14:paraId="414765B8" w14:textId="77777777" w:rsidTr="00CB1F73">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2480" w:type="dxa"/>
             <w:vAlign w:val="center"/>
@@ -38977,471 +35852,51 @@
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2480" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
           <w:p w14:paraId="6B160AA6" w14:textId="77777777" w:rsidR="005549E7" w:rsidRPr="00415387" w:rsidRDefault="005549E7" w:rsidP="00CB1F73">
             <w:pPr>
               <w:pStyle w:val="Web"/>
               <w:spacing w:beforeLines="10" w:before="36" w:beforeAutospacing="0" w:afterLines="10" w:after="36" w:afterAutospacing="0" w:line="0" w:lineRule="atLeast"/>
               <w:textAlignment w:val="top"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="標楷體" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:kern w:val="24"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00415387">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="標楷體" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:kern w:val="24"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
-              <w:t>((("review"/</w:t>
-[...419 lines deleted...]
-              <w:t xml:space="preserve">) </w:t>
+              <w:t xml:space="preserve">((("review"/exp OR (literature NEAR/3 review*):ti,ab) AND ((medline or medlars or embase or pubmed or cinahl or amed or psychlit or psyclit or psychinfo or psycinfo or scisearch or cochrane):ti,ab OR "RETRACTED ARTICLE"/de)) OR ((systematic* NEAR/2 (review* or overview)) OR meta$anal* or "meta anal*" or "meta-anal*" or metaanal* or metanal*):ti,ab OR "meta analysis"/exp OR "systematic review"/exp) </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="47A37518" w14:textId="77777777" w:rsidR="005549E7" w:rsidRPr="00415387" w:rsidRDefault="005549E7" w:rsidP="00CB1F73">
             <w:pPr>
               <w:pStyle w:val="Web"/>
               <w:spacing w:beforeLines="10" w:before="36" w:beforeAutospacing="0" w:afterLines="10" w:after="36" w:afterAutospacing="0" w:line="0" w:lineRule="atLeast"/>
               <w:textAlignment w:val="top"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="標楷體" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:kern w:val="24"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00415387">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="標楷體" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:kern w:val="24"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="64CFFE0C" w14:textId="77777777" w:rsidR="005549E7" w:rsidRPr="00415387" w:rsidRDefault="005549E7" w:rsidP="00CB1F73">
@@ -39474,748 +35929,148 @@
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="標楷體" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:kern w:val="24"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00415387">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="標楷體" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:kern w:val="24"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Source: modify SR filter from BMJ Best Practice</w:t>
             </w:r>
             <w:r w:rsidRPr="00415387">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="標楷體" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:kern w:val="24"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:br/>
             </w:r>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r w:rsidRPr="00415387">
                 <w:rPr>
                   <w:rStyle w:val="aa"/>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="標楷體" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                   <w:kern w:val="24"/>
                   <w:sz w:val="16"/>
                   <w:szCs w:val="16"/>
                 </w:rPr>
                 <w:t>https://bestpractice.bmj.com/info/toolkit/learn-ebm/study-design-search-filters/</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2480" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
           <w:p w14:paraId="551E43D8" w14:textId="77777777" w:rsidR="005549E7" w:rsidRPr="00415387" w:rsidRDefault="005549E7" w:rsidP="00CB1F73">
             <w:pPr>
               <w:pStyle w:val="Web"/>
               <w:spacing w:beforeLines="10" w:before="36" w:beforeAutospacing="0" w:afterLines="10" w:after="36" w:afterAutospacing="0" w:line="0" w:lineRule="atLeast"/>
               <w:textAlignment w:val="top"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="標楷體" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:kern w:val="24"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00415387">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="標楷體" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:kern w:val="24"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
-              <w:t>((review.pt. AND ((</w:t>
-[...599 lines deleted...]
-              <w:t>)</w:t>
+              <w:t>((review.pt. AND ((medline or medlars or embase or pubmed or cochrane or scisearch or psychinfo or psycinfo or psychlit or psyclit or cinahl or (hand adj2 search$) or (manual$ adj2 search$) or "electronic database$" or "bibliographic database$" or "computeri?ed database$" or "online database$" or pooling or pooled or "mantel haenszel" or peto or dersimonian or "der simonian" or "fixed effect").tw,sh. or "retraction of publication".pt or "retracted publication".pt)) OR "meta-analysis".pt. or "meta-analysis".sh. OR (meta-analys$ or "meta analys$" or metaanalys$ or (systematic$ adj5 review$) or (systematic$ adj5 overview$) or (quantitativ$ adj5 review$) or (quantitativ$ adj5 overview$) or (quantitativ$ adj5 synthesis$) or (methodologic$ adj5 review$) or (methodologic$ adj5 overview$)).tw,sh OR "integrative research review$".tw or "research integration".tw)</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="051D91C9" w14:textId="77777777" w:rsidR="005549E7" w:rsidRPr="00415387" w:rsidRDefault="005549E7" w:rsidP="00CB1F73">
             <w:pPr>
               <w:pStyle w:val="Web"/>
               <w:spacing w:beforeLines="10" w:before="36" w:beforeAutospacing="0" w:afterLines="10" w:after="36" w:afterAutospacing="0" w:line="0" w:lineRule="atLeast"/>
               <w:textAlignment w:val="top"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="標楷體" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:kern w:val="24"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00415387">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="標楷體" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:kern w:val="24"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="5A6E771A" w14:textId="77777777" w:rsidR="005549E7" w:rsidRPr="00415387" w:rsidRDefault="005549E7" w:rsidP="00CB1F73">
             <w:pPr>
               <w:pStyle w:val="Web"/>
               <w:spacing w:beforeLines="10" w:before="36" w:beforeAutospacing="0" w:afterLines="10" w:after="36" w:afterAutospacing="0" w:line="0" w:lineRule="atLeast"/>
               <w:textAlignment w:val="top"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="標楷體" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:kern w:val="24"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00415387">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="標楷體" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:kern w:val="24"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Source: modify SR filter from BMJ Best Practice</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="5ADC0B4B" w14:textId="77777777" w:rsidR="005549E7" w:rsidRPr="00415387" w:rsidRDefault="00A35B6E" w:rsidP="00CB1F73">
+          <w:p w14:paraId="5ADC0B4B" w14:textId="77777777" w:rsidR="005549E7" w:rsidRPr="00415387" w:rsidRDefault="00000000" w:rsidP="00CB1F73">
             <w:pPr>
               <w:pStyle w:val="Web"/>
               <w:spacing w:beforeLines="10" w:before="36" w:beforeAutospacing="0" w:afterLines="10" w:after="36" w:afterAutospacing="0" w:line="0" w:lineRule="atLeast"/>
               <w:textAlignment w:val="top"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="標楷體" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:kern w:val="24"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r w:rsidR="005549E7" w:rsidRPr="00415387">
                 <w:rPr>
                   <w:rStyle w:val="aa"/>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="標楷體" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                   <w:kern w:val="24"/>
                   <w:sz w:val="16"/>
                   <w:szCs w:val="16"/>
                 </w:rPr>
                 <w:t>https://bestpractice.bmj.com/info/toolkit/learn-ebm/study-design-search-filters/</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2480" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
           <w:p w14:paraId="46AA16D6" w14:textId="77777777" w:rsidR="005549E7" w:rsidRPr="00415387" w:rsidRDefault="005549E7" w:rsidP="00CB1F73">
             <w:pPr>
               <w:pStyle w:val="Web"/>
               <w:spacing w:beforeLines="10" w:before="36" w:beforeAutospacing="0" w:afterLines="10" w:after="36" w:afterAutospacing="0" w:line="0" w:lineRule="atLeast"/>
               <w:textAlignment w:val="top"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="標楷體" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
@@ -40238,897 +36093,590 @@
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="標楷體" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:kern w:val="24"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>(r</w:t>
             </w:r>
             <w:r w:rsidRPr="00415387">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="標楷體" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:kern w:val="24"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>eview</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="標楷體" w:hAnsiTheme="minorHAnsi" w:cs="Arial" w:hint="eastAsia"/>
                 <w:kern w:val="24"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>[</w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00415387">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="標楷體" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:kern w:val="24"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>pt</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="標楷體" w:hAnsiTheme="minorHAnsi" w:cs="Arial" w:hint="eastAsia"/>
                 <w:kern w:val="24"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>]</w:t>
             </w:r>
             <w:r w:rsidRPr="00415387">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="標楷體" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:kern w:val="24"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> AND </w:t>
             </w:r>
             <w:r w:rsidRPr="00106BAF">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="標楷體" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:kern w:val="24"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>(</w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00EE405C">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="標楷體" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:kern w:val="24"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
-              <w:t>medline</w:t>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="00EE405C">
+              <w:t xml:space="preserve">medline OR medlars OR embase OR pubmed OR cochrane OR scisearch OR psychinfo OR psycinfo OR psychlit OR psyclit OR cinahl OR </w:t>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="標楷體" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:kern w:val="24"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
+              <w:t>(h</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00415387">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="標楷體" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+                <w:kern w:val="24"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>and</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="標楷體" w:hAnsiTheme="minorHAnsi" w:cs="Arial" w:hint="eastAsia"/>
+                <w:kern w:val="24"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="標楷體" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+                <w:kern w:val="24"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve">AND </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00415387">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="標楷體" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+                <w:kern w:val="24"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>search</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="標楷體" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+                <w:kern w:val="24"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>*)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="標楷體" w:hAnsiTheme="minorHAnsi" w:cs="Arial" w:hint="eastAsia"/>
+                <w:kern w:val="24"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
               <w:t xml:space="preserve"> OR </w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00EE405C">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="標楷體" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:kern w:val="24"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
-              <w:t>medlars</w:t>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="00EE405C">
+              <w:t>(</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="標楷體" w:hAnsiTheme="minorHAnsi" w:cs="Arial" w:hint="eastAsia"/>
+                <w:kern w:val="24"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>m</w:t>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="標楷體" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:kern w:val="24"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
+              <w:t xml:space="preserve">anual* AND search*) OR </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00415387">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="標楷體" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+                <w:kern w:val="24"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>"electronic database</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="標楷體" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+                <w:kern w:val="24"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>*" OR "bibliographic database*" OR "computerised database*</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00415387">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="標楷體" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+                <w:kern w:val="24"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>"</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="標楷體" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+                <w:kern w:val="24"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> OR "computerized database*</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00415387">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="標楷體" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+                <w:kern w:val="24"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>"</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="標楷體" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+                <w:kern w:val="24"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
               <w:t xml:space="preserve"> OR </w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00EE405C">
+            <w:r w:rsidRPr="00415387">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="標楷體" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:kern w:val="24"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
-              <w:t>embase</w:t>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="00EE405C">
+              <w:t>"online database</w:t>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="標楷體" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:kern w:val="24"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
+              <w:t>*</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00415387">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="標楷體" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+                <w:kern w:val="24"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>"</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="標楷體" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+                <w:kern w:val="24"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
               <w:t xml:space="preserve"> OR </w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00EE405C">
+            <w:r w:rsidRPr="00415387">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="標楷體" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:kern w:val="24"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
-              <w:t>pubmed</w:t>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="00EE405C">
+              <w:t>pooling</w:t>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="標楷體" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:kern w:val="24"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> OR </w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00EE405C">
+            <w:r w:rsidRPr="00415387">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="標楷體" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:kern w:val="24"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
-              <w:t>cochrane</w:t>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="00EE405C">
+              <w:t>pooled</w:t>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="標楷體" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:kern w:val="24"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> OR </w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00EE405C">
+            <w:r w:rsidRPr="00415387">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="標楷體" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:kern w:val="24"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
-              <w:t>scisearch</w:t>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="00EE405C">
+              <w:t>"mantel haenszel"</w:t>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="標楷體" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:kern w:val="24"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> OR </w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00EE405C">
+            <w:r w:rsidRPr="00415387">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="標楷體" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:kern w:val="24"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
-              <w:t>psychinfo</w:t>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="00EE405C">
+              <w:t>peto</w:t>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="標楷體" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:kern w:val="24"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> OR </w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00EE405C">
+            <w:r w:rsidRPr="00415387">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="標楷體" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:kern w:val="24"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
-              <w:t>psycinfo</w:t>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="00EE405C">
+              <w:t>dersimonian</w:t>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="標楷體" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:kern w:val="24"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> OR </w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00EE405C">
+            <w:r w:rsidRPr="00415387">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="標楷體" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:kern w:val="24"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
-              <w:t>psychlit</w:t>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="00EE405C">
+              <w:t>"der simonian"</w:t>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="標楷體" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:kern w:val="24"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> OR </w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00EE405C">
+            <w:r w:rsidRPr="00415387">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="標楷體" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:kern w:val="24"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
-              <w:t>psyclit</w:t>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="00EE405C">
+              <w:t>"fixed effect"</w:t>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="標楷體" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:kern w:val="24"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> OR </w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00EE405C">
+            <w:r w:rsidRPr="00415387">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="標楷體" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:kern w:val="24"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
-              <w:t>cinahl</w:t>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="00EE405C">
+              <w:t>"retraction of publication"</w:t>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="標楷體" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:kern w:val="24"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
+              <w:t>[</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00415387">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="標楷體" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+                <w:kern w:val="24"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>pt</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="標楷體" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+                <w:kern w:val="24"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve">] OR </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00415387">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="標楷體" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+                <w:kern w:val="24"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>"retracted publication"</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="標楷體" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+                <w:kern w:val="24"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>[</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00415387">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="標楷體" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+                <w:kern w:val="24"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>pt</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="標楷體" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+                <w:kern w:val="24"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>]</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00106BAF">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="標楷體" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+                <w:kern w:val="24"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>))</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="標楷體" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+                <w:kern w:val="24"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
               <w:t xml:space="preserve"> OR </w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00415387">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="標楷體" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:kern w:val="24"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
-              <w:t>(h</w:t>
+              <w:t>"meta-analysis"</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="標楷體" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+                <w:kern w:val="24"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>[</w:t>
             </w:r>
             <w:r w:rsidRPr="00415387">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="標楷體" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:kern w:val="24"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
-              <w:t>and</w:t>
-[...8 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+              <w:t>pt</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="標楷體" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:kern w:val="24"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
-              <w:t xml:space="preserve">AND </w:t>
+              <w:t xml:space="preserve">] OR </w:t>
             </w:r>
             <w:r w:rsidRPr="00415387">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="標楷體" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:kern w:val="24"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
-              <w:t>search</w:t>
+              <w:t>meta-analys</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="標楷體" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:kern w:val="24"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
-              <w:t>*)</w:t>
-[...3 lines deleted...]
-                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="標楷體" w:hAnsiTheme="minorHAnsi" w:cs="Arial" w:hint="eastAsia"/>
+              <w:t xml:space="preserve">* OR </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00415387">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="標楷體" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+                <w:kern w:val="24"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>"meta analys</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="標楷體" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+                <w:kern w:val="24"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>*</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00415387">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="標楷體" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+                <w:kern w:val="24"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>"</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="標楷體" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:kern w:val="24"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> OR </w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00415387">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="標楷體" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:kern w:val="24"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
-              <w:t>(</w:t>
-[...514 lines deleted...]
-              </w:rPr>
               <w:t>metaanalys</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="標楷體" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:kern w:val="24"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve">* OR </w:t>
             </w:r>
             <w:r w:rsidRPr="00106BAF">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="標楷體" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:kern w:val="24"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve">((systematic* OR quantitative* OR methodologic*) AND (review* OR overview*)) OR </w:t>
             </w:r>
             <w:r w:rsidRPr="00415387">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="標楷體" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:kern w:val="24"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
@@ -41175,555 +36723,135 @@
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="1AD8450E" w14:textId="77777777" w:rsidR="005549E7" w:rsidRPr="00415387" w:rsidRDefault="005549E7" w:rsidP="00CB1F73">
             <w:pPr>
               <w:pStyle w:val="Web"/>
               <w:spacing w:beforeLines="10" w:before="36" w:beforeAutospacing="0" w:afterLines="10" w:after="36" w:afterAutospacing="0" w:line="0" w:lineRule="atLeast"/>
               <w:textAlignment w:val="top"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="標楷體" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:kern w:val="24"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00415387">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="標楷體" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:kern w:val="24"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Source: modify SR filter from BMJ Best Practice</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="75DDFC0E" w14:textId="77777777" w:rsidR="005549E7" w:rsidRPr="00833D44" w:rsidRDefault="00A35B6E" w:rsidP="00CB1F73">
+          <w:p w14:paraId="75DDFC0E" w14:textId="77777777" w:rsidR="005549E7" w:rsidRPr="00833D44" w:rsidRDefault="00000000" w:rsidP="00CB1F73">
             <w:pPr>
               <w:pStyle w:val="Web"/>
               <w:spacing w:beforeLines="10" w:before="36" w:beforeAutospacing="0" w:afterLines="10" w:after="36" w:afterAutospacing="0" w:line="0" w:lineRule="atLeast"/>
               <w:textAlignment w:val="top"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="標楷體" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:kern w:val="24"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId62" w:history="1">
               <w:r w:rsidR="005549E7" w:rsidRPr="00415387">
                 <w:rPr>
                   <w:rStyle w:val="aa"/>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="標楷體" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                   <w:kern w:val="24"/>
                   <w:sz w:val="16"/>
                   <w:szCs w:val="16"/>
                 </w:rPr>
                 <w:t>https://bestpractice.bmj.com/info/toolkit/learn-ebm/study-design-search-filters/</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2480" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
           <w:p w14:paraId="601B9A59" w14:textId="77777777" w:rsidR="005549E7" w:rsidRDefault="005549E7" w:rsidP="00CB1F73">
             <w:pPr>
               <w:pStyle w:val="Web"/>
               <w:spacing w:beforeLines="10" w:before="36" w:beforeAutospacing="0" w:afterLines="10" w:after="36" w:afterAutospacing="0" w:line="0" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="標楷體" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:kern w:val="24"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00415387">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="標楷體" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:kern w:val="24"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
-              <w:t>((TI (systematic* n3 review*)) or (AB (systematic* n3 review*)) or (TI (systematic* n3 bibliographic*)) or (AB (systematic* n3 bibliographic*)) or (TI (systematic* n3 literature)) or (AB (systematic* n3 literature)) or (TI (comprehensive* n3 literature)) or (AB (comprehensive* n3 literature)) or (TI (comprehensive* n3 bibliographic*)) or (AB (comprehensive* n3 bibliographic*)) or (TI (integrative n3 review)) or (AB (integrative n3 review)) or (JN “Cochrane Database of Systematic Reviews”) or (TI (information n2 synthesis)) or (TI (data n2 synthesis)) or (AB (information n2 synthesis)) or (AB (data n2 synthesis)) or (TI (data n2 extract*)) or (AB (data n2 extract*)) or (TI (</w:t>
-[...419 lines deleted...]
-              <w:t>*)))</w:t>
+              <w:t>((TI (systematic* n3 review*)) or (AB (systematic* n3 review*)) or (TI (systematic* n3 bibliographic*)) or (AB (systematic* n3 bibliographic*)) or (TI (systematic* n3 literature)) or (AB (systematic* n3 literature)) or (TI (comprehensive* n3 literature)) or (AB (comprehensive* n3 literature)) or (TI (comprehensive* n3 bibliographic*)) or (AB (comprehensive* n3 bibliographic*)) or (TI (integrative n3 review)) or (AB (integrative n3 review)) or (JN “Cochrane Database of Systematic Reviews”) or (TI (information n2 synthesis)) or (TI (data n2 synthesis)) or (AB (information n2 synthesis)) or (AB (data n2 synthesis)) or (TI (data n2 extract*)) or (AB (data n2 extract*)) or (TI (medline or pubmed or psyclit or cinahl or (psycinfo not “psycinfo database”) or “web of science” or scopus or embase)) or (AB (medline or pubmed or psyclit or cinahl or (psycinfo not “psycinfo database”) or “web of science” or scopus or embase)) or (MH “Systematic Review”) or (MH “Meta Analysis”) or (TI (meta-analy* or metaanaly*)) or (AB (meta-analy* or metaanaly*)))</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="1DFD2C83" w14:textId="77777777" w:rsidR="005549E7" w:rsidRPr="00415387" w:rsidRDefault="005549E7" w:rsidP="00CB1F73">
             <w:pPr>
               <w:pStyle w:val="Web"/>
               <w:spacing w:beforeLines="10" w:before="36" w:beforeAutospacing="0" w:afterLines="10" w:after="36" w:afterAutospacing="0" w:line="0" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="標楷體" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:kern w:val="24"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="14A171D0" w14:textId="77777777" w:rsidR="005549E7" w:rsidRPr="00415387" w:rsidRDefault="005549E7" w:rsidP="00CB1F73">
             <w:pPr>
               <w:pStyle w:val="Web"/>
               <w:spacing w:beforeLines="10" w:before="36" w:beforeAutospacing="0" w:afterLines="10" w:after="36" w:afterAutospacing="0" w:line="0" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="標楷體" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:kern w:val="24"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00415387">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="標楷體" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:kern w:val="24"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve">Source: SR filter from </w:t>
             </w:r>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId63" w:history="1">
               <w:r w:rsidRPr="00415387">
                 <w:rPr>
                   <w:rStyle w:val="aa"/>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="標楷體" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                   <w:kern w:val="24"/>
                   <w:sz w:val="16"/>
                   <w:szCs w:val="16"/>
                 </w:rPr>
                 <w:t>https://libguides.sph.uth.tmc.edu/search_filters/cinahl_filters</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p w14:paraId="1097F256" w14:textId="77777777" w:rsidR="005549E7" w:rsidRPr="00415387" w:rsidRDefault="005549E7" w:rsidP="00CB1F73">
             <w:pPr>
               <w:pStyle w:val="Web"/>
               <w:spacing w:beforeLines="10" w:before="36" w:beforeAutospacing="0" w:afterLines="10" w:after="36" w:afterAutospacing="0" w:line="0" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="標楷體" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:kern w:val="24"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="30388271" w14:textId="77777777" w:rsidR="005549E7" w:rsidRPr="00415387" w:rsidRDefault="005549E7" w:rsidP="00CB1F73">
@@ -41796,568 +36924,108 @@
             <w:r w:rsidRPr="00D15BC8">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="標楷體" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:kern w:val="24"/>
                 <w:sz w:val="10"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>nd (</w:t>
             </w:r>
             <w:r w:rsidRPr="00D15BC8">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="標楷體" w:hAnsiTheme="minorHAnsi" w:cs="Arial" w:hint="eastAsia"/>
                 <w:kern w:val="24"/>
                 <w:sz w:val="10"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>TS=</w:t>
             </w:r>
             <w:r w:rsidRPr="00D15BC8">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="標楷體" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:kern w:val="24"/>
                 <w:sz w:val="10"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
-              <w:t>(</w:t>
-[...1 lines deleted...]
-            <w:proofErr w:type="spellStart"/>
+              <w:t>(medline or medlars or embase or pubmed or cochrane or scisearch or psychinfo or psycinfo or psychlit or psyclit or cinahl or (hand NEAR/3 search*) or (manual* NEAR/3 search*) or "electronic database*" or "bibliographic database*" or "computeri*ed database*" or "online database*" or pooling or pooled or "mantel haenszel" or peto or dersimonian or "der simonian" or "fixed effect") or DT=("Retracted Publication"))</w:t>
+            </w:r>
             <w:r w:rsidRPr="00D15BC8">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="標楷體" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+                <w:b/>
                 <w:kern w:val="24"/>
                 <w:sz w:val="10"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
-              <w:t>medline</w:t>
-[...1 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:t>)</w:t>
+            </w:r>
             <w:r w:rsidRPr="00D15BC8">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="標楷體" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:kern w:val="24"/>
                 <w:sz w:val="10"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
-              <w:t xml:space="preserve"> or </w:t>
-[...1 lines deleted...]
-            <w:proofErr w:type="spellStart"/>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
             <w:r w:rsidRPr="00D15BC8">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="標楷體" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+                <w:b/>
                 <w:kern w:val="24"/>
                 <w:sz w:val="10"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
-              <w:t>medlars</w:t>
-[...1 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:t>OR</w:t>
+            </w:r>
             <w:r w:rsidRPr="00D15BC8">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="標楷體" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:kern w:val="24"/>
                 <w:sz w:val="10"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
-              <w:t xml:space="preserve"> or </w:t>
-[...1 lines deleted...]
-            <w:proofErr w:type="spellStart"/>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
             <w:r w:rsidRPr="00D15BC8">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="標楷體" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+                <w:b/>
                 <w:kern w:val="24"/>
                 <w:sz w:val="10"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
-              <w:t>embase</w:t>
-[...1 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:t>TS=(</w:t>
+            </w:r>
             <w:r w:rsidRPr="00D15BC8">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="標楷體" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:kern w:val="24"/>
                 <w:sz w:val="10"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
-              <w:t xml:space="preserve"> or </w:t>
-[...456 lines deleted...]
-              <w:t>* NEAR/4 synthesis*) or (methodologic* NEAR/4 review*) or (methodologic* NEAR/4 overview*)</w:t>
+              <w:t>meta-analys* or "meta analys*" or metaanalys* or (systematic* NEAR/4 review*) or (systematic* NEAR/4 overview*) or (quantitativ* NEAR/4 review*) or (quantitativ* NEAR/4 overview*) or (quantitativ* NEAR/4 synthesis*) or (methodologic* NEAR/4 review*) or (methodologic* NEAR/4 overview*)</w:t>
             </w:r>
             <w:r w:rsidRPr="00D15BC8">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="標楷體" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:b/>
                 <w:kern w:val="24"/>
                 <w:sz w:val="10"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
             <w:r w:rsidRPr="00D15BC8">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="標楷體" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:kern w:val="24"/>
                 <w:sz w:val="10"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00D15BC8">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="標楷體" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:b/>
                 <w:kern w:val="24"/>
@@ -42435,51 +37103,51 @@
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="10"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D15BC8">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="標楷體" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:kern w:val="24"/>
                 <w:sz w:val="10"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Source: modify SR filter from BMJ Best Practice</w:t>
             </w:r>
             <w:r w:rsidRPr="00D15BC8">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="標楷體" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:kern w:val="24"/>
                 <w:sz w:val="10"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:br/>
             </w:r>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId64" w:history="1">
               <w:r w:rsidRPr="00D15BC8">
                 <w:rPr>
                   <w:rStyle w:val="aa"/>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="標楷體" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                   <w:kern w:val="24"/>
                   <w:sz w:val="10"/>
                   <w:szCs w:val="16"/>
                 </w:rPr>
                 <w:t>https://bestpractice.bmj.com/info/toolkit/learn-ebm/study-design-search-filters/</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2481" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="05B2DD69" w14:textId="77777777" w:rsidR="005549E7" w:rsidRPr="00E142B8" w:rsidRDefault="005549E7" w:rsidP="00CB1F73">
             <w:pPr>
               <w:pStyle w:val="Web"/>
               <w:spacing w:beforeLines="10" w:before="36" w:beforeAutospacing="0" w:afterLines="10" w:after="36" w:afterAutospacing="0" w:line="160" w:lineRule="exact"/>
               <w:textAlignment w:val="top"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="楷體-繁" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="12"/>
@@ -42598,190 +37266,80 @@
               </w:rPr>
               <w:t>整合分析</w:t>
             </w:r>
             <w:r w:rsidRPr="00E142B8">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="12"/>
                 <w:szCs w:val="12"/>
               </w:rPr>
               <w:t xml:space="preserve"> OR </w:t>
             </w:r>
             <w:r w:rsidRPr="00E142B8">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="12"/>
                 <w:szCs w:val="12"/>
               </w:rPr>
               <w:t>元分析</w:t>
             </w:r>
             <w:r w:rsidRPr="00E142B8">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="12"/>
                 <w:szCs w:val="12"/>
               </w:rPr>
-              <w:t xml:space="preserve"> OR meta* OR "systematic* review*" OR "systematic* overview*" OR "</w:t>
-[...1 lines deleted...]
-            <w:proofErr w:type="spellStart"/>
+              <w:t xml:space="preserve"> OR meta* OR "systematic* review*" OR "systematic* overview*" OR "quantitativ* review*" OR "quantitativ* overview*" OR "quantitativ* synthes*" OR "methodologic* review*" OR "methodologic* overview*" OR "integrative research review*" OR "research* integration*" OR "systematic* literature*" OR "comprehensive review*" OR "integrative review" OR "evidence synthes*" OR "pool* analys*" OR "survey paper*"</w:t>
+            </w:r>
             <w:r w:rsidRPr="00E142B8">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="楷體-繁" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="12"/>
+                <w:szCs w:val="12"/>
+              </w:rPr>
+              <w:t>)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="39E4BA92" w14:textId="77777777" w:rsidR="005549E7" w:rsidRDefault="005549E7" w:rsidP="00CB1F73">
+            <w:pPr>
+              <w:pStyle w:val="Web"/>
+              <w:spacing w:beforeLines="10" w:before="36" w:beforeAutospacing="0" w:afterLines="10" w:after="36" w:afterAutospacing="0" w:line="160" w:lineRule="exact"/>
+              <w:textAlignment w:val="top"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="12"/>
                 <w:szCs w:val="12"/>
               </w:rPr>
-              <w:t>quantitativ</w:t>
-[...120 lines deleted...]
-            <w:proofErr w:type="gramStart"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi" w:hint="eastAsia"/>
                 <w:sz w:val="12"/>
                 <w:szCs w:val="12"/>
               </w:rPr>
               <w:t>註</w:t>
             </w:r>
-            <w:proofErr w:type="gramEnd"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi" w:hint="eastAsia"/>
                 <w:sz w:val="12"/>
                 <w:szCs w:val="12"/>
               </w:rPr>
               <w:t>: "</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi" w:hint="eastAsia"/>
                 <w:sz w:val="12"/>
                 <w:szCs w:val="12"/>
               </w:rPr>
               <w:t>系統性</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi" w:hint="eastAsia"/>
                 <w:sz w:val="12"/>
                 <w:szCs w:val="12"/>
               </w:rPr>
               <w:t>"</w:t>
             </w:r>
             <w:r>
@@ -43031,578 +37589,98 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2481" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="47C7CCB5" w14:textId="77777777" w:rsidR="005549E7" w:rsidRDefault="005549E7" w:rsidP="00CB1F73">
             <w:pPr>
               <w:pStyle w:val="Web"/>
               <w:spacing w:beforeLines="10" w:before="36" w:beforeAutospacing="0" w:afterLines="10" w:after="36" w:afterAutospacing="0" w:line="0" w:lineRule="atLeast"/>
               <w:textAlignment w:val="top"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="標楷體" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:kern w:val="24"/>
                 <w:sz w:val="10"/>
                 <w:szCs w:val="10"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D15BC8">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="標楷體" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:kern w:val="24"/>
                 <w:sz w:val="10"/>
                 <w:szCs w:val="10"/>
               </w:rPr>
-              <w:t>((DOCTYPE(RE) AND (Title-Abs-Key (</w:t>
-[...479 lines deleted...]
-              <w:t>* w/4 synthesis*) or (methodologic* w/4 review*) or (methodologic* w/4 overview*)) OR Title-Abs-Key ("integrative research review*" or "research integration"))</w:t>
+              <w:t>((DOCTYPE(RE) AND (Title-Abs-Key (medline or medlars or embase or pubmed or cochrane or scisearch or psychinfo or psycinfo or psychlit or psyclit or cinahl or (hand w/3 search*) or (manual* w/3 search*) or "electronic database*" or "bibliographic database*" or "computeri*ed database*" or "online database*" or pooling or pooled or "mantel haenszel" or peto or dersimonian or "der simonian" or "fixed effect") or DOCTYPE(tb))) OR Title-Abs-Key (meta-analys* or "meta analys*" or metaanalys* or (systematic* w/4 review*) or (systematic* w/4 overview*) or (quantitativ* w/4 review*) or (quantitativ* w/4 overview*) or (quantitativ* w/4 synthesis*) or (methodologic* w/4 review*) or (methodologic* w/4 overview*)) OR Title-Abs-Key ("integrative research review*" or "research integration"))</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="5705203B" w14:textId="77777777" w:rsidR="005549E7" w:rsidRPr="00D15BC8" w:rsidRDefault="005549E7" w:rsidP="00CB1F73">
             <w:pPr>
               <w:pStyle w:val="Web"/>
               <w:spacing w:beforeLines="10" w:before="36" w:beforeAutospacing="0" w:afterLines="10" w:after="36" w:afterAutospacing="0" w:line="0" w:lineRule="atLeast"/>
               <w:textAlignment w:val="top"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="標楷體" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:kern w:val="24"/>
                 <w:sz w:val="10"/>
                 <w:szCs w:val="10"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="7AB26786" w14:textId="77777777" w:rsidR="005549E7" w:rsidRPr="00415387" w:rsidRDefault="005549E7" w:rsidP="00CB1F73">
             <w:pPr>
               <w:pStyle w:val="Web"/>
               <w:spacing w:beforeLines="10" w:before="36" w:beforeAutospacing="0" w:afterLines="10" w:after="36" w:afterAutospacing="0" w:line="0" w:lineRule="atLeast"/>
               <w:textAlignment w:val="top"/>
               <w:rPr>
                 <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:cs="Arial"/>
                 <w:b/>
                 <w:kern w:val="24"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D15BC8">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="標楷體" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:kern w:val="24"/>
                 <w:sz w:val="10"/>
                 <w:szCs w:val="10"/>
               </w:rPr>
               <w:t>Source: modify SR filter from BMJ Best Practice</w:t>
             </w:r>
             <w:r w:rsidRPr="00D15BC8">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="標楷體" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:kern w:val="24"/>
                 <w:sz w:val="10"/>
                 <w:szCs w:val="10"/>
               </w:rPr>
               <w:br/>
             </w:r>
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r w:rsidRPr="00D15BC8">
                 <w:rPr>
                   <w:rStyle w:val="aa"/>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="標楷體" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                   <w:kern w:val="24"/>
                   <w:sz w:val="10"/>
                   <w:szCs w:val="10"/>
                 </w:rPr>
                 <w:t>https://bestpractice.bmj.com/info/toolkit/learn-ebm/study-design-search-filters/</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2481" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="293A75B2" w14:textId="77777777" w:rsidR="005549E7" w:rsidRDefault="005549E7" w:rsidP="00CB1F73">
             <w:pPr>
               <w:pStyle w:val="Web"/>
               <w:spacing w:beforeLines="10" w:before="36" w:beforeAutospacing="0" w:afterLines="10" w:after="36" w:afterAutospacing="0" w:line="160" w:lineRule="exact"/>
               <w:textAlignment w:val="top"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="12"/>
@@ -43753,110 +37831,72 @@
               <w:t>元分析</w:t>
             </w:r>
             <w:r w:rsidRPr="00E142B8">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="SimSun" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="12"/>
                 <w:szCs w:val="12"/>
                 <w:lang w:eastAsia="zh-CN"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00E142B8">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="12"/>
                 <w:szCs w:val="12"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00E142B8">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="12"/>
                 <w:szCs w:val="12"/>
               </w:rPr>
-              <w:t xml:space="preserve">+ meta + </w:t>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="00E142B8">
+              <w:t>+ meta + metaanalysis + metaanalyses + "systematic review" +  "systematic overview" + "quantitative review" + "quantitative overview" + "quantitative synthesis" + "methodologic review" + "methodologic overview" + "integrative research review" + "research integration" + "systematic literature" + "comprehensive review" + "integrative review" + "evidence synthesis" + "pooled analysis" + "pooling analysis" + "survey paper")</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="42C1E470" w14:textId="77777777" w:rsidR="005549E7" w:rsidRDefault="005549E7" w:rsidP="00CB1F73">
+            <w:pPr>
+              <w:pStyle w:val="Web"/>
+              <w:spacing w:beforeLines="10" w:before="36" w:beforeAutospacing="0" w:afterLines="10" w:after="36" w:afterAutospacing="0" w:line="160" w:lineRule="exact"/>
+              <w:textAlignment w:val="top"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="12"/>
                 <w:szCs w:val="12"/>
               </w:rPr>
-              <w:t>metaanalysis</w:t>
-[...40 lines deleted...]
-            <w:proofErr w:type="gramStart"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi" w:hint="eastAsia"/>
                 <w:sz w:val="12"/>
                 <w:szCs w:val="12"/>
               </w:rPr>
               <w:t>註</w:t>
             </w:r>
-            <w:proofErr w:type="gramEnd"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi" w:hint="eastAsia"/>
                 <w:sz w:val="12"/>
                 <w:szCs w:val="12"/>
               </w:rPr>
               <w:t>: "</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi" w:hint="eastAsia"/>
                 <w:sz w:val="12"/>
                 <w:szCs w:val="12"/>
               </w:rPr>
               <w:t>系統性</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi" w:hint="eastAsia"/>
                 <w:sz w:val="12"/>
                 <w:szCs w:val="12"/>
               </w:rPr>
               <w:t>"</w:t>
             </w:r>
             <w:r>
@@ -43965,69 +38005,58 @@
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="標楷體" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:kern w:val="24"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2481" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5349E3DE" w14:textId="77777777" w:rsidR="005549E7" w:rsidRPr="00415387" w:rsidRDefault="005549E7" w:rsidP="00CB1F73">
             <w:pPr>
               <w:spacing w:beforeLines="10" w:before="36" w:afterLines="10" w:after="36" w:line="0" w:lineRule="atLeast"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:cs="Arial"/>
                 <w:b/>
                 <w:kern w:val="24"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="005D46CB">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
-              <w:t>PsycInfo</w:t>
-[...9 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+              <w:t xml:space="preserve">PsycInfo </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>[Ovid]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2481" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="54B78B5F" w14:textId="77777777" w:rsidR="005549E7" w:rsidRPr="00E142B8" w:rsidRDefault="005549E7" w:rsidP="00CB1F73">
             <w:pPr>
               <w:spacing w:beforeLines="10" w:before="36" w:afterLines="10" w:after="36" w:line="0" w:lineRule="atLeast"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="標楷體" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:kern w:val="24"/>
                 <w:sz w:val="10"/>
                 <w:szCs w:val="10"/>
@@ -44124,763 +38153,190 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2481" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="7935DC99" w14:textId="77777777" w:rsidR="005549E7" w:rsidRPr="00D15BC8" w:rsidRDefault="005549E7" w:rsidP="00CB1F73">
             <w:pPr>
               <w:pStyle w:val="Web"/>
               <w:spacing w:beforeLines="10" w:before="36" w:beforeAutospacing="0" w:afterLines="10" w:after="36" w:afterAutospacing="0" w:line="0" w:lineRule="atLeast"/>
               <w:textAlignment w:val="top"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="標楷體" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:kern w:val="24"/>
                 <w:sz w:val="10"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D15BC8">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="標楷體" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:kern w:val="24"/>
                 <w:sz w:val="10"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
-              <w:t xml:space="preserve">(((literature review.md. or </w:t>
-[...1 lines deleted...]
-            <w:proofErr w:type="spellStart"/>
+              <w:t>(((literature review.md. or exp "literature review"/) AND ((medline or medlars or embase or pubmed or cochrane or scisearch or psychinfo or psycinfo or psychlit or psyclit or cinahl or (hand adj2 search*) or (manual* adj2 search*) or "electronic database*" or "bibliographic database*" or "computeri?ed database*" or "online database*" or pooling or pooled or "mantel haenszel" or peto or dersimonian or "der simonian" or "fixed effect").tw,</w:t>
+            </w:r>
             <w:r w:rsidRPr="00D15BC8">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="標楷體" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:kern w:val="24"/>
                 <w:sz w:val="10"/>
                 <w:szCs w:val="16"/>
-              </w:rPr>
-[...2 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+                <w:highlight w:val="yellow"/>
+              </w:rPr>
+              <w:t>sh</w:t>
+            </w:r>
             <w:r w:rsidRPr="00D15BC8">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="標楷體" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:kern w:val="24"/>
                 <w:sz w:val="10"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
-              <w:t xml:space="preserve"> "literature review"/) AND ((</w:t>
-[...1 lines deleted...]
-            <w:proofErr w:type="spellStart"/>
+              <w:t>. or retraction.dt.)) OR systematic review.md</w:t>
+            </w:r>
             <w:r w:rsidRPr="00D15BC8">
               <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="標楷體" w:hAnsiTheme="minorHAnsi" w:cs="Arial" w:hint="eastAsia"/>
+                <w:kern w:val="24"/>
+                <w:sz w:val="10"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> OR </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D15BC8">
+              <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="標楷體" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:kern w:val="24"/>
                 <w:sz w:val="10"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
-              <w:t>medline</w:t>
-[...1 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:t>"meta-analysis".</w:t>
+            </w:r>
             <w:r w:rsidRPr="00D15BC8">
               <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="標楷體" w:hAnsiTheme="minorHAnsi" w:cs="Arial" w:hint="eastAsia"/>
+                <w:kern w:val="24"/>
+                <w:sz w:val="10"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>m</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D15BC8">
+              <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="標楷體" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:kern w:val="24"/>
                 <w:sz w:val="10"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
-              <w:t xml:space="preserve"> or </w:t>
-[...1 lines deleted...]
-            <w:proofErr w:type="spellStart"/>
+              <w:t>d</w:t>
+            </w:r>
             <w:r w:rsidRPr="00D15BC8">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="標楷體" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:kern w:val="24"/>
                 <w:sz w:val="10"/>
                 <w:szCs w:val="16"/>
-              </w:rPr>
-[...2 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+                <w:highlight w:val="yellow"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
             <w:r w:rsidRPr="00D15BC8">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="標楷體" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:kern w:val="24"/>
                 <w:sz w:val="10"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
-              <w:t xml:space="preserve"> or </w:t>
-[...1 lines deleted...]
-            <w:proofErr w:type="spellStart"/>
+              <w:t xml:space="preserve"> or metasynthesis.md. OR (meta-analys* or "meta analys*" or metaanalys* or (systematic* adj5 review*) or (systematic* adj5 overview*) or (quantitativ* adj5 review*) or (quantitativ* adj5 overview*) or (quantitativ* adj5 synthesis*) or (methodologic* adj5 review*) or (methodologic* adj5 overview*)).tw</w:t>
+            </w:r>
             <w:r w:rsidRPr="00D15BC8">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="標楷體" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:kern w:val="24"/>
                 <w:sz w:val="10"/>
                 <w:szCs w:val="16"/>
-              </w:rPr>
-[...2 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+                <w:highlight w:val="yellow"/>
+              </w:rPr>
+              <w:t>,sh</w:t>
+            </w:r>
             <w:r w:rsidRPr="00D15BC8">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="標楷體" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:kern w:val="24"/>
                 <w:sz w:val="10"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
-              <w:t xml:space="preserve"> or </w:t>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="00D15BC8">
+              <w:t xml:space="preserve"> OR "integrative research review*".t</w:t>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="標楷體" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:kern w:val="24"/>
                 <w:sz w:val="10"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
-              <w:t>pubmed</w:t>
-[...584 lines deleted...]
-              <w:t>)</w:t>
+              <w:t>w or "research integration".tw)</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="225CD30B" w14:textId="77777777" w:rsidR="005549E7" w:rsidRPr="00D15BC8" w:rsidRDefault="005549E7" w:rsidP="00CB1F73">
             <w:pPr>
               <w:pStyle w:val="Web"/>
               <w:spacing w:beforeLines="10" w:before="36" w:beforeAutospacing="0" w:afterLines="10" w:after="36" w:afterAutospacing="0" w:line="0" w:lineRule="atLeast"/>
               <w:textAlignment w:val="top"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="標楷體" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:kern w:val="24"/>
                 <w:sz w:val="10"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D15BC8">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="標楷體" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:kern w:val="24"/>
                 <w:sz w:val="10"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Source: modify SR filter from BMJ Best Practice</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="5E191167" w14:textId="77777777" w:rsidR="005549E7" w:rsidRPr="00EB3841" w:rsidRDefault="00A35B6E" w:rsidP="00CB1F73">
+          <w:p w14:paraId="5E191167" w14:textId="77777777" w:rsidR="005549E7" w:rsidRPr="00EB3841" w:rsidRDefault="00000000" w:rsidP="00CB1F73">
             <w:pPr>
               <w:pStyle w:val="Web"/>
               <w:spacing w:beforeLines="10" w:before="36" w:beforeAutospacing="0" w:afterLines="10" w:after="36" w:afterAutospacing="0" w:line="0" w:lineRule="atLeast"/>
               <w:textAlignment w:val="top"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="標楷體" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:kern w:val="24"/>
                 <w:sz w:val="10"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r w:rsidR="005549E7" w:rsidRPr="00D15BC8">
                 <w:rPr>
                   <w:rStyle w:val="aa"/>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="標楷體" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                   <w:kern w:val="24"/>
                   <w:sz w:val="10"/>
                   <w:szCs w:val="16"/>
                 </w:rPr>
                 <w:t>https://bestpractice.bmj.com/info/toolkit/learn-ebm/study-design-search-filters/</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2481" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="02BD9668" w14:textId="4DA19B55" w:rsidR="005549E7" w:rsidRDefault="005549E7" w:rsidP="00CB1F73">
             <w:pPr>
               <w:pStyle w:val="Web"/>
               <w:spacing w:beforeLines="10" w:before="36" w:beforeAutospacing="0" w:afterLines="10" w:after="36" w:afterAutospacing="0" w:line="160" w:lineRule="exact"/>
               <w:textAlignment w:val="top"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="12"/>
@@ -45039,182 +38495,72 @@
               </w:rPr>
               <w:t>" OR "</w:t>
             </w:r>
             <w:r w:rsidRPr="00E142B8">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="12"/>
                 <w:szCs w:val="12"/>
               </w:rPr>
               <w:t>元分析</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi" w:hint="eastAsia"/>
                 <w:sz w:val="12"/>
                 <w:szCs w:val="12"/>
               </w:rPr>
               <w:t>"</w:t>
             </w:r>
             <w:r w:rsidRPr="00E142B8">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="12"/>
                 <w:szCs w:val="12"/>
               </w:rPr>
-              <w:t xml:space="preserve"> OR meta* OR "systematic* review*" OR "systematic* overview*" OR "</w:t>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="00E142B8">
+              <w:t xml:space="preserve"> OR meta* OR "systematic* review*" OR "systematic* overview*" OR "quantitativ* review*" OR "quantitativ* overview*" OR "quantitativ* synthes*" OR "methodologic* review*" OR "methodologic* overview*" OR "integrative research review*" OR "research* integration*" OR "systematic* literature*" OR "comprehensive review*" OR "integrative review" OR "evidence synthes*" OR "pool* analys*" OR "survey paper*")</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3E3FBC2B" w14:textId="77777777" w:rsidR="005549E7" w:rsidRDefault="005549E7" w:rsidP="00CB1F73">
+            <w:pPr>
+              <w:pStyle w:val="Web"/>
+              <w:spacing w:beforeLines="10" w:before="36" w:beforeAutospacing="0" w:afterLines="10" w:after="36" w:afterAutospacing="0" w:line="160" w:lineRule="exact"/>
+              <w:textAlignment w:val="top"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="12"/>
                 <w:szCs w:val="12"/>
               </w:rPr>
-              <w:t>quantitativ</w:t>
-[...112 lines deleted...]
-            <w:proofErr w:type="gramStart"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi" w:hint="eastAsia"/>
                 <w:sz w:val="12"/>
                 <w:szCs w:val="12"/>
               </w:rPr>
               <w:t>註</w:t>
             </w:r>
-            <w:proofErr w:type="gramEnd"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi" w:hint="eastAsia"/>
                 <w:sz w:val="12"/>
                 <w:szCs w:val="12"/>
               </w:rPr>
               <w:t>: "</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi" w:hint="eastAsia"/>
                 <w:sz w:val="12"/>
                 <w:szCs w:val="12"/>
               </w:rPr>
               <w:t>系統性</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi" w:hint="eastAsia"/>
                 <w:sz w:val="12"/>
                 <w:szCs w:val="12"/>
               </w:rPr>
               <w:t>"</w:t>
             </w:r>
             <w:r>
@@ -45251,202 +38597,137 @@
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="58AE46CF" w14:textId="77777777" w:rsidR="00BB6000" w:rsidRDefault="00BB6000" w:rsidP="00CB1F73">
       <w:pPr>
         <w:spacing w:beforeLines="50" w:before="180" w:line="0" w:lineRule="atLeast"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="5B88D76B" w14:textId="77777777" w:rsidR="00BB6000" w:rsidRDefault="00BB6000" w:rsidP="00CB1F73">
       <w:pPr>
         <w:spacing w:beforeLines="50" w:before="180" w:line="0" w:lineRule="atLeast"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="25462EEE" w14:textId="19BF50BB" w:rsidR="00CB1F73" w:rsidRDefault="00CB1F73" w:rsidP="00CB1F73">
+    <w:p w14:paraId="25462EEE" w14:textId="24188054" w:rsidR="00CB1F73" w:rsidRPr="000E2224" w:rsidRDefault="00CB1F73" w:rsidP="000E2224">
       <w:pPr>
-        <w:spacing w:beforeLines="50" w:before="180" w:line="0" w:lineRule="atLeast"/>
+        <w:pStyle w:val="31"/>
+      </w:pPr>
+      <w:r w:rsidRPr="000E2224">
         <w:rPr>
-          <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體"/>
-[...10 lines deleted...]
-          <w:szCs w:val="20"/>
+          <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>附錄</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E672E8">
-[...5 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="000E2224">
         <w:t>2-</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="000E2224">
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:hint="eastAsia"/>
-[...2 lines deleted...]
-          <w:szCs w:val="20"/>
+          <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>6</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E672E8">
-[...5 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="000E2224">
         <w:t xml:space="preserve">: </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="000E2224">
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:hint="eastAsia"/>
-[...2 lines deleted...]
-          <w:szCs w:val="20"/>
+          <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>G</w:t>
       </w:r>
-      <w:r>
-[...5 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="000E2224">
         <w:t>uideline</w:t>
       </w:r>
-      <w:r w:rsidRPr="0024305D">
+      <w:r w:rsidRPr="000E2224">
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
-[...2 lines deleted...]
-          <w:szCs w:val="20"/>
+          <w:b w:val="0"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve"> (</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E672E8">
+      <w:r w:rsidRPr="000E2224">
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
-[...9 lines deleted...]
-          <w:szCs w:val="20"/>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:b w:val="0"/>
         </w:rPr>
         <w:t>不同研究問題類型</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E672E8">
+      <w:r w:rsidRPr="000E2224">
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
-[...1 lines deleted...]
-          <w:szCs w:val="20"/>
+          <w:b w:val="0"/>
         </w:rPr>
         <w:t>/</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E672E8">
+      <w:r w:rsidRPr="000E2224">
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:hint="eastAsia"/>
-[...1 lines deleted...]
-          <w:szCs w:val="20"/>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:b w:val="0"/>
         </w:rPr>
-        <w:t>研究</w:t>
+        <w:t>研究設計、資料庫</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E672E8">
+      <w:r w:rsidRPr="000E2224">
         <w:rPr>
-          <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
-[...9 lines deleted...]
-          <w:szCs w:val="20"/>
+          <w:b w:val="0"/>
         </w:rPr>
         <w:t>/</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E672E8">
+      <w:r w:rsidRPr="000E2224">
         <w:rPr>
-          <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
-[...1 lines deleted...]
-          <w:szCs w:val="20"/>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:b w:val="0"/>
         </w:rPr>
         <w:t>平台，套用的</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E672E8">
+      <w:r w:rsidRPr="000E2224">
         <w:rPr>
-          <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體"/>
-[...1 lines deleted...]
-          <w:szCs w:val="20"/>
+          <w:b w:val="0"/>
         </w:rPr>
         <w:t>Filters</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E672E8">
+      <w:r w:rsidRPr="000E2224">
         <w:rPr>
-          <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
-[...1 lines deleted...]
-          <w:szCs w:val="20"/>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:b w:val="0"/>
         </w:rPr>
-        <w:t>各異，請謹慎，如有需要請洽詢</w:t>
+        <w:t>各異</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E672E8">
+      <w:r w:rsidRPr="000E2224">
         <w:rPr>
-          <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體"/>
-[...2 lines deleted...]
-          <w:szCs w:val="20"/>
+          <w:b w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">) </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="a5"/>
         <w:tblW w:w="14882" w:type="dxa"/>
         <w:tblInd w:w="-5" w:type="dxa"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2480"/>
         <w:gridCol w:w="2480"/>
         <w:gridCol w:w="2480"/>
         <w:gridCol w:w="2480"/>
         <w:gridCol w:w="2481"/>
         <w:gridCol w:w="2481"/>
       </w:tblGrid>
       <w:tr w:rsidR="00CB1F73" w:rsidRPr="005D46CB" w14:paraId="6F88268C" w14:textId="77777777" w:rsidTr="00CB1F73">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2480" w:type="dxa"/>
             <w:vAlign w:val="center"/>
@@ -45718,121 +38999,99 @@
               <w:spacing w:beforeLines="10" w:before="36" w:beforeAutospacing="0" w:afterLines="10" w:after="36" w:afterAutospacing="0" w:line="0" w:lineRule="atLeast"/>
               <w:textAlignment w:val="top"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="標楷體" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:kern w:val="24"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="標楷體" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:kern w:val="24"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>(</w:t>
             </w:r>
             <w:r w:rsidRPr="00AC3B36">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="標楷體" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:kern w:val="24"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
-              <w:t>"practice guideline"/</w:t>
-[...1 lines deleted...]
-            <w:proofErr w:type="spellStart"/>
+              <w:t xml:space="preserve">"practice guideline"/exp </w:t>
+            </w:r>
             <w:r w:rsidRPr="00AC3B36">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="標楷體" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
-                <w:kern w:val="24"/>
-[...5 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+                <w:b/>
+                <w:kern w:val="24"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve">OR </w:t>
+            </w:r>
             <w:r w:rsidRPr="00AC3B36">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="標楷體" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:kern w:val="24"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
+              <w:t>(guideline* OR (consensus NEAR/3 (conference* OR congress* OR meeting* OR workshop* OR work-shop* OR proceeding* OR symposium* OR seminar* OR development*)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="標楷體" w:hAnsiTheme="minorHAnsi" w:cs="Arial" w:hint="eastAsia"/>
+                <w:kern w:val="24"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>)</w:t>
             </w:r>
             <w:r w:rsidRPr="00AC3B36">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="標楷體" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
-                <w:b/>
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00AC3B36">
+                <w:kern w:val="24"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>):</w:t>
+            </w:r>
+            <w:r w:rsidRPr="000B0908">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="標楷體" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
-                <w:kern w:val="24"/>
-[...26 lines deleted...]
-                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="標楷體" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:b/>
                 <w:kern w:val="24"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>ti,ab,kw</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="標楷體" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:kern w:val="24"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2480" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:bottom w:val="dotted" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="191C67E2" w14:textId="77777777" w:rsidR="00CB1F73" w:rsidRPr="00AC3B36" w:rsidRDefault="00CB1F73" w:rsidP="00CB1F73">
             <w:pPr>
               <w:spacing w:line="0" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
                 <w:b/>
@@ -45867,168 +39126,115 @@
               </w:rPr>
               <w:t>]</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="71CA062A" w14:textId="77777777" w:rsidR="00CB1F73" w:rsidRPr="00AC3B36" w:rsidRDefault="00CB1F73" w:rsidP="00CB1F73">
             <w:pPr>
               <w:pStyle w:val="Web"/>
               <w:spacing w:beforeLines="10" w:before="36" w:beforeAutospacing="0" w:afterLines="10" w:after="36" w:afterAutospacing="0" w:line="0" w:lineRule="atLeast"/>
               <w:textAlignment w:val="top"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="標楷體" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:kern w:val="24"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="標楷體" w:hAnsiTheme="minorHAnsi" w:cs="Arial" w:hint="eastAsia"/>
                 <w:kern w:val="24"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>(</w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00AC3B36">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="標楷體" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:kern w:val="24"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
-              <w:t>exp</w:t>
-[...1 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:t>exp "Guideline"/ OR exp "Practice Guidelines as Topic"/ OR exp "Consensus Development Conference"/</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="標楷體" w:hAnsiTheme="minorHAnsi" w:cs="Arial" w:hint="eastAsia"/>
+                <w:kern w:val="24"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
             <w:r w:rsidRPr="00AC3B36">
               <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="標楷體" w:hAnsiTheme="minorHAnsi" w:cs="Arial" w:hint="eastAsia"/>
+                <w:b/>
+                <w:kern w:val="24"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve">OR </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AC3B36">
+              <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="標楷體" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:kern w:val="24"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
-              <w:t xml:space="preserve"> "Guideline"/ OR </w:t>
-[...1 lines deleted...]
-            <w:proofErr w:type="spellStart"/>
+              <w:t>(guideline* OR (consensus ADJ3 (conference* OR congress* OR meeting* OR workshop* OR work-shop* OR proceeding* OR symposium* OR seminar* OR development*))</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="標楷體" w:hAnsiTheme="minorHAnsi" w:cs="Arial" w:hint="eastAsia"/>
+                <w:kern w:val="24"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>)</w:t>
+            </w:r>
             <w:r w:rsidRPr="00AC3B36">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="標楷體" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:kern w:val="24"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
-              <w:t>exp</w:t>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="00AC3B36">
+              <w:t>.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="000B0908">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="標楷體" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
-                <w:kern w:val="24"/>
-[...74 lines deleted...]
-                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="標楷體" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:b/>
                 <w:kern w:val="24"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>ti,ab,kf</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="標楷體" w:hAnsiTheme="minorHAnsi" w:cs="Arial" w:hint="eastAsia"/>
                 <w:kern w:val="24"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2480" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:bottom w:val="dotted" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="6E5B7AE2" w14:textId="77777777" w:rsidR="00CB1F73" w:rsidRPr="00833D44" w:rsidRDefault="00CB1F73" w:rsidP="00CB1F73">
             <w:pPr>
               <w:pStyle w:val="Web"/>
               <w:spacing w:beforeLines="10" w:before="36" w:beforeAutospacing="0" w:afterLines="10" w:after="36" w:afterAutospacing="0" w:line="0" w:lineRule="atLeast"/>
               <w:textAlignment w:val="top"/>
               <w:rPr>
@@ -46603,393 +39809,278 @@
             <w:pPr>
               <w:spacing w:line="0" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
                 <w:b/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:hint="eastAsia"/>
                 <w:b/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>[</w:t>
             </w:r>
             <w:r w:rsidRPr="00AC3B36">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:hint="eastAsia"/>
                 <w:b/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="18"/>
               </w:rPr>
-              <w:t>精</w:t>
-[...19 lines deleted...]
-              <w:t>度高</w:t>
+              <w:t>精準度高</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:hint="eastAsia"/>
                 <w:b/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>]</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="550FD287" w14:textId="77777777" w:rsidR="00CB1F73" w:rsidRPr="000B0908" w:rsidRDefault="00CB1F73" w:rsidP="00CB1F73">
             <w:pPr>
               <w:pStyle w:val="Web"/>
               <w:spacing w:beforeLines="10" w:before="36" w:beforeAutospacing="0" w:afterLines="10" w:after="36" w:afterAutospacing="0" w:line="0" w:lineRule="atLeast"/>
               <w:textAlignment w:val="top"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="標楷體" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:kern w:val="24"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="標楷體" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:kern w:val="24"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>(</w:t>
             </w:r>
             <w:r w:rsidRPr="00AC3B36">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="標楷體" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:kern w:val="24"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
-              <w:t>"practice guideline"/</w:t>
-[...1 lines deleted...]
-            <w:proofErr w:type="spellStart"/>
+              <w:t xml:space="preserve">"practice guideline"/exp </w:t>
+            </w:r>
             <w:r w:rsidRPr="00AC3B36">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="標楷體" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
-                <w:kern w:val="24"/>
-[...5 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+                <w:b/>
+                <w:kern w:val="24"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve">OR </w:t>
+            </w:r>
             <w:r w:rsidRPr="00AC3B36">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="標楷體" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:kern w:val="24"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
+              <w:t>(guideline* OR (consensus NEAR/3 (conference* OR congress* OR meeting* OR workshop* OR work-shop* OR proceeding* OR symposium* OR seminar* OR development*)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="標楷體" w:hAnsiTheme="minorHAnsi" w:cs="Arial" w:hint="eastAsia"/>
+                <w:kern w:val="24"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>)</w:t>
             </w:r>
             <w:r w:rsidRPr="00AC3B36">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="標楷體" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
-                <w:b/>
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00AC3B36">
+                <w:kern w:val="24"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>):</w:t>
+            </w:r>
+            <w:r w:rsidRPr="000B0908">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="標楷體" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
-                <w:kern w:val="24"/>
-[...26 lines deleted...]
-                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="標楷體" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:b/>
                 <w:kern w:val="24"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>ti</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="標楷體" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:kern w:val="24"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2480" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="dotted" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="5B0C7A3B" w14:textId="77777777" w:rsidR="00CB1F73" w:rsidRDefault="00CB1F73" w:rsidP="00CB1F73">
             <w:pPr>
               <w:spacing w:line="0" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
                 <w:b/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:hint="eastAsia"/>
                 <w:b/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>[</w:t>
             </w:r>
             <w:r w:rsidRPr="00AC3B36">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:hint="eastAsia"/>
                 <w:b/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="18"/>
               </w:rPr>
-              <w:t>精</w:t>
-[...1 lines deleted...]
-            <w:proofErr w:type="gramStart"/>
+              <w:t>精準度高</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:hint="eastAsia"/>
+                <w:b/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>]</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="08BA0693" w14:textId="77777777" w:rsidR="00CB1F73" w:rsidRPr="00AC3B36" w:rsidRDefault="00CB1F73" w:rsidP="00CB1F73">
+            <w:pPr>
+              <w:spacing w:line="0" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="標楷體" w:hAnsiTheme="minorHAnsi" w:cs="Arial" w:hint="eastAsia"/>
+                <w:kern w:val="24"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>(</w:t>
+            </w:r>
             <w:r w:rsidRPr="00AC3B36">
               <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:hint="eastAsia"/>
-[...6 lines deleted...]
-            <w:proofErr w:type="gramEnd"/>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="標楷體" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+                <w:kern w:val="24"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>exp "Guideline"/ OR exp "Practice Guidelines as Topic"/ OR exp "Consensus Development Conference"/</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="標楷體" w:hAnsiTheme="minorHAnsi" w:cs="Arial" w:hint="eastAsia"/>
+                <w:kern w:val="24"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
             <w:r w:rsidRPr="00AC3B36">
               <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:hint="eastAsia"/>
-[...26 lines deleted...]
-              <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="標楷體" w:hAnsiTheme="minorHAnsi" w:cs="Arial" w:hint="eastAsia"/>
-                <w:kern w:val="24"/>
-[...5 lines deleted...]
-            <w:proofErr w:type="spellStart"/>
+                <w:b/>
+                <w:kern w:val="24"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve">OR </w:t>
+            </w:r>
             <w:r w:rsidRPr="00AC3B36">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="標楷體" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:kern w:val="24"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
-              <w:t>exp</w:t>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="00AC3B36">
+              <w:t>(guideline* OR (consensus ADJ3 (conference* OR congress* OR meeting* OR workshop* OR work-shop* OR proceeding* OR symposium* OR seminar* OR development*))</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="標楷體" w:hAnsiTheme="minorHAnsi" w:cs="Arial" w:hint="eastAsia"/>
+                <w:kern w:val="24"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>)</w:t>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="標楷體" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:kern w:val="24"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
-              <w:t xml:space="preserve"> "Guideline"/ OR </w:t>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="00AC3B36">
+              <w:t>.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="000B0908">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="標楷體" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
-                <w:kern w:val="24"/>
-[...84 lines deleted...]
-                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="標楷體" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:b/>
                 <w:kern w:val="24"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>ti</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="標楷體" w:hAnsiTheme="minorHAnsi" w:cs="Arial" w:hint="eastAsia"/>
                 <w:kern w:val="24"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2480" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="dotted" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="639AE069" w14:textId="77777777" w:rsidR="00CB1F73" w:rsidRDefault="00CB1F73" w:rsidP="00CB1F73">
             <w:pPr>
               <w:pStyle w:val="Web"/>
               <w:spacing w:beforeLines="10" w:before="36" w:afterLines="10" w:after="36" w:line="0" w:lineRule="atLeast"/>
               <w:textAlignment w:val="top"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="標楷體" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
@@ -47020,71 +40111,51 @@
             <w:pPr>
               <w:spacing w:line="0" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
                 <w:b/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:hint="eastAsia"/>
                 <w:b/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>[</w:t>
             </w:r>
             <w:r w:rsidRPr="00AC3B36">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:hint="eastAsia"/>
                 <w:b/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="18"/>
               </w:rPr>
-              <w:t>精</w:t>
-[...19 lines deleted...]
-              <w:t>度高</w:t>
+              <w:t>精準度高</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:hint="eastAsia"/>
                 <w:b/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>]</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="602DC4E3" w14:textId="77777777" w:rsidR="00CB1F73" w:rsidRPr="00AC3B36" w:rsidRDefault="00CB1F73" w:rsidP="00CB1F73">
             <w:pPr>
               <w:spacing w:line="0" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="標楷體" w:hAnsiTheme="minorHAnsi" w:cs="Arial" w:hint="eastAsia"/>
                 <w:kern w:val="24"/>
                 <w:sz w:val="16"/>
@@ -47287,71 +40358,51 @@
             <w:pPr>
               <w:spacing w:line="0" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
                 <w:b/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:hint="eastAsia"/>
                 <w:b/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>[</w:t>
             </w:r>
             <w:r w:rsidRPr="00AC3B36">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:hint="eastAsia"/>
                 <w:b/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="18"/>
               </w:rPr>
-              <w:t>精</w:t>
-[...19 lines deleted...]
-              <w:t>度高</w:t>
+              <w:t>精準度高</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:hint="eastAsia"/>
                 <w:b/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>]</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="7D1FE4B0" w14:textId="77777777" w:rsidR="00CB1F73" w:rsidRPr="00840098" w:rsidRDefault="00CB1F73" w:rsidP="00CB1F73">
             <w:pPr>
               <w:pStyle w:val="Web"/>
               <w:spacing w:beforeLines="10" w:before="36" w:beforeAutospacing="0" w:afterLines="10" w:after="36" w:afterAutospacing="0" w:line="0" w:lineRule="atLeast"/>
               <w:textAlignment w:val="top"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="10"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
@@ -47431,71 +40482,51 @@
             <w:pPr>
               <w:spacing w:line="0" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi"/>
                 <w:b/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:hint="eastAsia"/>
                 <w:b/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>[</w:t>
             </w:r>
             <w:r w:rsidRPr="00AC3B36">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:hint="eastAsia"/>
                 <w:b/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="18"/>
               </w:rPr>
-              <w:t>精</w:t>
-[...19 lines deleted...]
-              <w:t>度高</w:t>
+              <w:t>精準度高</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:hint="eastAsia"/>
                 <w:b/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>]</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="37E6C4D7" w14:textId="77777777" w:rsidR="00CB1F73" w:rsidRPr="00E142B8" w:rsidRDefault="00CB1F73" w:rsidP="00CB1F73">
             <w:pPr>
               <w:pStyle w:val="Web"/>
               <w:spacing w:beforeLines="10" w:before="36" w:beforeAutospacing="0" w:afterLines="10" w:after="36" w:afterAutospacing="0" w:line="0" w:lineRule="atLeast"/>
               <w:textAlignment w:val="top"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="標楷體" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:kern w:val="24"/>
                 <w:sz w:val="12"/>
                 <w:szCs w:val="12"/>
               </w:rPr>
             </w:pPr>
             <w:r>
@@ -47589,124 +40620,124 @@
     <w:p w14:paraId="29730CAA" w14:textId="77777777" w:rsidR="00CB1F73" w:rsidRPr="007377E7" w:rsidRDefault="00CB1F73" w:rsidP="00CB1F73">
       <w:pPr>
         <w:spacing w:beforeLines="50" w:before="180" w:line="0" w:lineRule="atLeast"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:bCs/>
           <w:kern w:val="24"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="4B05DD81" w14:textId="0A74E325" w:rsidR="007540FB" w:rsidRPr="00CB1F73" w:rsidRDefault="007540FB" w:rsidP="007540FB">
       <w:pPr>
         <w:widowControl/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:bCs/>
           <w:kern w:val="24"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="007540FB" w:rsidRPr="00CB1F73" w:rsidSect="00BB6000">
-      <w:headerReference w:type="default" r:id="rId56"/>
-      <w:footerReference w:type="default" r:id="rId57"/>
+      <w:headerReference w:type="default" r:id="rId67"/>
+      <w:footerReference w:type="default" r:id="rId68"/>
       <w:pgSz w:w="16838" w:h="11906" w:orient="landscape" w:code="9"/>
       <w:pgMar w:top="567" w:right="964" w:bottom="567" w:left="964" w:header="284" w:footer="284" w:gutter="0"/>
       <w:cols w:space="425"/>
       <w:docGrid w:type="linesAndChars" w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="341B0EF7" w14:textId="77777777" w:rsidR="0075282A" w:rsidRDefault="0075282A" w:rsidP="00BC7806">
+    <w:p w14:paraId="134FB90C" w14:textId="77777777" w:rsidR="00850BBD" w:rsidRDefault="00850BBD" w:rsidP="00BC7806">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="33E4C4C7" w14:textId="77777777" w:rsidR="0075282A" w:rsidRDefault="0075282A" w:rsidP="00BC7806">
+    <w:p w14:paraId="2158D459" w14:textId="77777777" w:rsidR="00850BBD" w:rsidRDefault="00850BBD" w:rsidP="00BC7806">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="新細明體">
     <w:altName w:val="PMingLiU"/>
     <w:panose1 w:val="02020500000000000000"/>
     <w:charset w:val="88"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002FF" w:usb1="28CFFCFA" w:usb2="00000016" w:usb3="00000000" w:csb0="00100001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="微軟正黑體">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="88"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="000002A7" w:usb1="28CF4400" w:usb2="00000016" w:usb3="00000000" w:csb0="00100009" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Gothic">
     <w:altName w:val="ＭＳ ゴシック"/>
     <w:panose1 w:val="020B0609070205080204"/>
@@ -47740,147 +40771,165 @@
     <w:panose1 w:val="03000509000000000000"/>
     <w:charset w:val="88"/>
     <w:family w:val="script"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="00000003" w:usb1="080E0000" w:usb2="00000016" w:usb3="00000000" w:csb0="00100001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="楷體-繁">
     <w:altName w:val="微軟正黑體"/>
     <w:charset w:val="88"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="80000287" w:usb1="280F3C52" w:usb2="00000016" w:usb3="00000000" w:csb0="0014001F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="SimSun">
     <w:altName w:val="宋体"/>
     <w:panose1 w:val="02010600030101010101"/>
     <w:charset w:val="86"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000203" w:usb1="288F0000" w:usb2="00000016" w:usb3="00000000" w:csb0="00040001" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
-  <w:p w14:paraId="3DECC1D6" w14:textId="01266B8A" w:rsidR="00A35B6E" w:rsidRPr="00CC3DEC" w:rsidRDefault="00A35B6E" w:rsidP="00006A0B">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+  <w:p w14:paraId="3DECC1D6" w14:textId="0E12FF74" w:rsidR="00FA7576" w:rsidRPr="00CC3DEC" w:rsidRDefault="00FA7576" w:rsidP="00006A0B">
     <w:pPr>
       <w:pStyle w:val="a8"/>
       <w:tabs>
         <w:tab w:val="clear" w:pos="8306"/>
       </w:tabs>
       <w:ind w:right="55"/>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00CC3DEC">
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
         <w:sz w:val="14"/>
       </w:rPr>
-      <w:t>表單諮詢：成大</w:t>
-[...17 lines deleted...]
-      <w:t>圖</w:t>
+      <w:t>表單諮詢：成大醫圖</w:t>
     </w:r>
     <w:r w:rsidRPr="00CC3DEC">
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
         <w:sz w:val="14"/>
       </w:rPr>
       <w:t xml:space="preserve"> </w:t>
     </w:r>
     <w:r w:rsidRPr="00CC3DEC">
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
         <w:sz w:val="14"/>
       </w:rPr>
       <w:t>方靜如</w:t>
     </w:r>
     <w:r w:rsidRPr="00CC3DEC">
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
         <w:sz w:val="14"/>
       </w:rPr>
       <w:t xml:space="preserve"> flora@ncku.edu.tw 06-235-3535 #5155</w:t>
     </w:r>
     <w:r w:rsidRPr="00CC3DEC">
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
         <w:sz w:val="14"/>
         <w:szCs w:val="14"/>
       </w:rPr>
       <w:t xml:space="preserve"> (</w:t>
     </w:r>
     <w:r w:rsidRPr="00CC3DEC">
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
         <w:sz w:val="14"/>
         <w:szCs w:val="14"/>
       </w:rPr>
       <w:t>最近更新</w:t>
     </w:r>
     <w:r w:rsidRPr="00CC3DEC">
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
         <w:sz w:val="14"/>
         <w:szCs w:val="14"/>
       </w:rPr>
-      <w:t xml:space="preserve">: </w:t>
+      <w:t>: 202</w:t>
     </w:r>
-    <w:r w:rsidR="00C83BA2" w:rsidRPr="00C83BA2">
+    <w:r>
+      <w:rPr>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi" w:hint="eastAsia"/>
+        <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+        <w:sz w:val="14"/>
+        <w:szCs w:val="14"/>
+      </w:rPr>
+      <w:t>6</w:t>
+    </w:r>
+    <w:r w:rsidRPr="00CC3DEC">
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
         <w:sz w:val="14"/>
         <w:szCs w:val="14"/>
       </w:rPr>
-      <w:t>2025/12/9</w:t>
+      <w:t>/</w:t>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi" w:hint="eastAsia"/>
+        <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+        <w:sz w:val="14"/>
+        <w:szCs w:val="14"/>
+      </w:rPr>
+      <w:t>3</w:t>
+    </w:r>
+    <w:r w:rsidRPr="00CC3DEC">
+      <w:rPr>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+        <w:sz w:val="14"/>
+        <w:szCs w:val="14"/>
+      </w:rPr>
+      <w:t>/</w:t>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi" w:hint="eastAsia"/>
+        <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+        <w:sz w:val="14"/>
+        <w:szCs w:val="14"/>
+      </w:rPr>
+      <w:t>10</w:t>
     </w:r>
     <w:r w:rsidRPr="00CC3DEC">
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
         <w:sz w:val="14"/>
         <w:szCs w:val="14"/>
       </w:rPr>
       <w:t>)</w:t>
     </w:r>
     <w:r w:rsidRPr="00CC3DEC">
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
       </w:rPr>
       <w:t xml:space="preserve">   </w:t>
     </w:r>
     <w:r w:rsidRPr="00CC3DEC">
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
         <w:sz w:val="14"/>
       </w:rPr>
       <w:t>©</w:t>
     </w:r>
     <w:r w:rsidRPr="00CC3DEC">
@@ -47893,216 +40942,252 @@
     </w:r>
     <w:r w:rsidRPr="00CC3DEC">
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
       </w:rPr>
       <w:t xml:space="preserve"> </w:t>
     </w:r>
     <w:r w:rsidRPr="00CC3DEC">
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r w:rsidRPr="00CC3DEC">
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
       </w:rPr>
       <w:instrText xml:space="preserve"> PAGE   \* MERGEFORMAT </w:instrText>
     </w:r>
     <w:r w:rsidRPr="00CC3DEC">
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
       </w:rPr>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
-    <w:r w:rsidR="00C83BA2" w:rsidRPr="00C83BA2">
+    <w:r w:rsidRPr="00D23B92">
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         <w:noProof/>
         <w:lang w:val="zh-TW"/>
       </w:rPr>
-      <w:t>6</w:t>
+      <w:t>13</w:t>
     </w:r>
     <w:r w:rsidRPr="00CC3DEC">
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
-  <w:p w14:paraId="3ED50356" w14:textId="77777777" w:rsidR="00A35B6E" w:rsidRPr="007D52D3" w:rsidRDefault="00A35B6E">
+  <w:p w14:paraId="3ED50356" w14:textId="77777777" w:rsidR="00FA7576" w:rsidRPr="007D52D3" w:rsidRDefault="00FA7576">
     <w:pPr>
       <w:pStyle w:val="a8"/>
       <w:rPr>
         <w:color w:val="FFFFFF"/>
         <w:sz w:val="14"/>
         <w:szCs w:val="14"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="007D52D3">
       <w:rPr>
         <w:rFonts w:hint="eastAsia"/>
         <w:color w:val="FFFFFF"/>
         <w:sz w:val="14"/>
         <w:szCs w:val="14"/>
       </w:rPr>
       <w:t>馬偕紀念醫院圖書館</w:t>
     </w:r>
     <w:r w:rsidRPr="007D52D3">
       <w:rPr>
         <w:color w:val="FFFFFF"/>
         <w:sz w:val="14"/>
         <w:szCs w:val="14"/>
       </w:rPr>
       <w:t xml:space="preserve"> Mackay Memorial Hospital Library 2012-10</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
-  <w:p w14:paraId="16A9F8E2" w14:textId="223DDB7B" w:rsidR="00A35B6E" w:rsidRPr="00CB1F73" w:rsidRDefault="00A35B6E" w:rsidP="00BB6000">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+  <w:p w14:paraId="16A9F8E2" w14:textId="36C38F12" w:rsidR="00FA7576" w:rsidRPr="00CB1F73" w:rsidRDefault="00FA7576" w:rsidP="00BB6000">
     <w:pPr>
       <w:widowControl/>
     </w:pPr>
     <w:r w:rsidRPr="0078357F">
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
-      <w:t>表單諮詢：成大</w:t>
-[...19 lines deleted...]
-      <w:t>圖</w:t>
+      <w:t>表單諮詢：成大醫圖</w:t>
     </w:r>
     <w:r w:rsidRPr="0078357F">
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t xml:space="preserve"> </w:t>
     </w:r>
     <w:r w:rsidRPr="0078357F">
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t>方靜如</w:t>
     </w:r>
     <w:r w:rsidRPr="0078357F">
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t xml:space="preserve"> flora@ncku.edu.tw 06-235-3535 #5155 (</w:t>
     </w:r>
     <w:r w:rsidRPr="0078357F">
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t>最近更新</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t>:</w:t>
     </w:r>
-    <w:r w:rsidRPr="00C83BA2">
+    <w:r w:rsidRPr="00391C22">
       <w:rPr>
-        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi" w:hint="eastAsia"/>
-[...1 lines deleted...]
-        <w:kern w:val="24"/>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi" w:hint="eastAsia"/>
+        <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t xml:space="preserve"> </w:t>
     </w:r>
-    <w:r w:rsidR="00C83BA2" w:rsidRPr="00C83BA2">
+    <w:r w:rsidRPr="00391C22">
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
-      <w:t>2025/12/9</w:t>
+      <w:t>202</w:t>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi" w:hint="eastAsia"/>
+        <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+        <w:sz w:val="16"/>
+        <w:szCs w:val="16"/>
+      </w:rPr>
+      <w:t>6</w:t>
+    </w:r>
+    <w:r w:rsidRPr="00391C22">
+      <w:rPr>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+        <w:sz w:val="16"/>
+        <w:szCs w:val="16"/>
+      </w:rPr>
+      <w:t>/</w:t>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi" w:hint="eastAsia"/>
+        <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+        <w:sz w:val="16"/>
+        <w:szCs w:val="16"/>
+      </w:rPr>
+      <w:t>3</w:t>
+    </w:r>
+    <w:r w:rsidRPr="00391C22">
+      <w:rPr>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+        <w:sz w:val="16"/>
+        <w:szCs w:val="16"/>
+      </w:rPr>
+      <w:t>/</w:t>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi" w:hint="eastAsia"/>
+        <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+        <w:sz w:val="16"/>
+        <w:szCs w:val="16"/>
+      </w:rPr>
+      <w:t>10</w:t>
     </w:r>
     <w:r w:rsidRPr="0078357F">
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t>)</w:t>
     </w:r>
     <w:r w:rsidRPr="0078357F">
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
         <w:sz w:val="18"/>
       </w:rPr>
       <w:t xml:space="preserve">  </w:t>
     </w:r>
     <w:r w:rsidRPr="0078357F">
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
       </w:rPr>
-      <w:t xml:space="preserve">                     </w:t>
+      <w:t xml:space="preserve">    </w:t>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+      </w:rPr>
+      <w:t xml:space="preserve"> </w:t>
+    </w:r>
+    <w:r w:rsidRPr="0078357F">
+      <w:rPr>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+      </w:rPr>
+      <w:t xml:space="preserve">                </w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
       </w:rPr>
       <w:t xml:space="preserve"> </w:t>
     </w:r>
     <w:r w:rsidRPr="0078357F">
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
       </w:rPr>
       <w:t xml:space="preserve">   </w:t>
     </w:r>
     <w:r w:rsidRPr="0078357F">
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t xml:space="preserve">    </w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         <w:sz w:val="16"/>
@@ -48132,123 +41217,95 @@
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="微軟正黑體" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
         <w:sz w:val="14"/>
       </w:rPr>
       <w:t xml:space="preserve"> </w:t>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">  </w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rFonts w:hint="eastAsia"/>
       </w:rPr>
       <w:t xml:space="preserve">  </w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r w:rsidRPr="00F74984">
       <w:instrText xml:space="preserve"> PAGE   \* MERGEFORMAT </w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
-    <w:r w:rsidR="00C83BA2" w:rsidRPr="00C83BA2">
+    <w:r w:rsidRPr="00D23B92">
       <w:rPr>
         <w:noProof/>
         <w:lang w:val="zh-TW"/>
       </w:rPr>
-      <w:t>15</w:t>
+      <w:t>22</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="7A8519C6" w14:textId="77777777" w:rsidR="0075282A" w:rsidRDefault="0075282A" w:rsidP="00BC7806">
+    <w:p w14:paraId="1414B25D" w14:textId="77777777" w:rsidR="00850BBD" w:rsidRDefault="00850BBD" w:rsidP="00BC7806">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="6B0A72CA" w14:textId="77777777" w:rsidR="0075282A" w:rsidRDefault="0075282A" w:rsidP="00BC7806">
+    <w:p w14:paraId="42B0E8BA" w14:textId="77777777" w:rsidR="00850BBD" w:rsidRDefault="00850BBD" w:rsidP="00BC7806">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
-[...28 lines deleted...]
-  <w:p w14:paraId="02E4E7F9" w14:textId="6A90B773" w:rsidR="00A35B6E" w:rsidRPr="00BB6000" w:rsidRDefault="00A35B6E" w:rsidP="00BB6000">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+  <w:p w14:paraId="02E4E7F9" w14:textId="6A90B773" w:rsidR="00FA7576" w:rsidRPr="00BB6000" w:rsidRDefault="00FA7576" w:rsidP="00BB6000">
     <w:pPr>
       <w:pStyle w:val="a6"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="071A20C4"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="347830F8"/>
     <w:lvl w:ilvl="0" w:tplc="F03CF1C2">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="(%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="ideographTraditional"/>
       <w:lvlText w:val="%2、"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="960" w:hanging="480"/>
       </w:pPr>
     </w:lvl>
@@ -49248,50 +42305,139 @@
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="39CC02CF"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="965E0B16"/>
+    <w:lvl w:ilvl="0" w:tplc="9D8EDB74">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="360" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="ideographTraditional"/>
+      <w:lvlText w:val="%2、"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="960" w:hanging="480"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="480"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0409000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1920" w:hanging="480"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="ideographTraditional"/>
+      <w:lvlText w:val="%5、"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2400" w:hanging="480"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="480"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0409000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3360" w:hanging="480"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="ideographTraditional"/>
+      <w:lvlText w:val="%8、"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3840" w:hanging="480"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="480"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="454F1C7D"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="16809342"/>
     <w:lvl w:ilvl="0" w:tplc="464E6B34">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="480" w:hanging="480"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="960" w:hanging="480"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
@@ -49360,51 +42506,51 @@
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3840" w:hanging="480"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="480"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="11" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="4E2D5B76"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="21DC809C"/>
     <w:lvl w:ilvl="0" w:tplc="464E6B34">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="689" w:hanging="480"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1169" w:hanging="480"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
@@ -49473,51 +42619,51 @@
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4049" w:hanging="480"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4529" w:hanging="480"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="11" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="12" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="4F3867BC"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="AD7E34B4"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -49622,51 +42768,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="12" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="13" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="4F955CE0"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="D49283EE"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="480" w:hanging="480"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:cs="Times New Roman"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="ideographTraditional"/>
       <w:lvlText w:val="%2、"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="960" w:hanging="480"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="新細明體" w:eastAsia="新細明體" w:hAnsi="新細明體" w:cs="Times New Roman" w:hint="eastAsia"/>
@@ -49735,51 +42881,140 @@
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="ideographTraditional"/>
       <w:lvlText w:val="%8、"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3840" w:hanging="480"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="新細明體" w:eastAsia="新細明體" w:hAnsi="新細明體" w:cs="Times New Roman" w:hint="eastAsia"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="480"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:cs="Times New Roman"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="13" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="14" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="54854A06"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="A62A39A4"/>
+    <w:lvl w:ilvl="0" w:tplc="AC163794">
+      <w:start w:val="3"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="360" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="ideographTraditional"/>
+      <w:lvlText w:val="%2、"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="960" w:hanging="480"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="480"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0409000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1920" w:hanging="480"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="ideographTraditional"/>
+      <w:lvlText w:val="%5、"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2400" w:hanging="480"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="480"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0409000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3360" w:hanging="480"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="ideographTraditional"/>
+      <w:lvlText w:val="%8、"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3840" w:hanging="480"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="480"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="15" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="54C70FF2"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="944E2172"/>
     <w:lvl w:ilvl="0" w:tplc="92B236C6">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:cs="Times New Roman" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019">
       <w:start w:val="1"/>
       <w:numFmt w:val="ideographTraditional"/>
       <w:lvlText w:val="%2、"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="960" w:hanging="480"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:cs="Times New Roman"/>
@@ -49848,51 +43083,51 @@
     <w:lvl w:ilvl="7" w:tplc="04090019">
       <w:start w:val="1"/>
       <w:numFmt w:val="ideographTraditional"/>
       <w:lvlText w:val="%8、"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3840" w:hanging="480"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:cs="Times New Roman"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="480"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:cs="Times New Roman"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="14" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="16" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="60F327C8"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="9B0A565C"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -49997,51 +43232,164 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="15" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="17" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="652E6CF6"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="7DB04A0A"/>
+    <w:lvl w:ilvl="0" w:tplc="E486A2B6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="(%1)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2204" w:hanging="480"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="eastAsia"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2684" w:hanging="480"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3164" w:hanging="480"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3644" w:hanging="480"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4124" w:hanging="480"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4604" w:hanging="480"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5084" w:hanging="480"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5564" w:hanging="480"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6044" w:hanging="480"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="18" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="6B0F75A2"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="380A2666"/>
     <w:lvl w:ilvl="0" w:tplc="2438C2CE">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="480" w:hanging="480"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="6"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="960" w:hanging="480"/>
       </w:pPr>
       <w:rPr>
@@ -50111,51 +43459,51 @@
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3840" w:hanging="480"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="480"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="16" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="19" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="718839A5"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="992EFC30"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="480" w:hanging="480"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:cs="Times New Roman" w:hint="eastAsia"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="ideographTraditional"/>
       <w:lvlText w:val="%2、"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="960" w:hanging="480"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="新細明體" w:eastAsia="新細明體" w:hAnsi="新細明體" w:cs="Times New Roman" w:hint="eastAsia"/>
@@ -50224,1197 +43572,1375 @@
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="ideographTraditional"/>
       <w:lvlText w:val="%8、"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3840" w:hanging="480"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="新細明體" w:eastAsia="新細明體" w:hAnsi="新細明體" w:cs="Times New Roman" w:hint="eastAsia"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="480"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:cs="Times New Roman"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1">
+  <w:abstractNum w:abstractNumId="20" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="736C4C70"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="53F8B896"/>
+    <w:lvl w:ilvl="0" w:tplc="04090001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="480" w:hanging="480"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="960" w:hanging="480"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="480"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1920" w:hanging="480"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2400" w:hanging="480"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="480"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3360" w:hanging="480"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3840" w:hanging="480"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="480"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:num w:numId="1" w16cid:durableId="54663217">
     <w:abstractNumId w:val="3"/>
   </w:num>
-  <w:num w:numId="2">
+  <w:num w:numId="2" w16cid:durableId="970944120">
     <w:abstractNumId w:val="1"/>
   </w:num>
-  <w:num w:numId="3">
+  <w:num w:numId="3" w16cid:durableId="1459640763">
+    <w:abstractNumId w:val="15"/>
+  </w:num>
+  <w:num w:numId="4" w16cid:durableId="1792894968">
+    <w:abstractNumId w:val="5"/>
+  </w:num>
+  <w:num w:numId="5" w16cid:durableId="1848135945">
+    <w:abstractNumId w:val="6"/>
+  </w:num>
+  <w:num w:numId="6" w16cid:durableId="729961876">
+    <w:abstractNumId w:val="4"/>
+  </w:num>
+  <w:num w:numId="7" w16cid:durableId="868492661">
     <w:abstractNumId w:val="13"/>
   </w:num>
-  <w:num w:numId="4">
-    <w:abstractNumId w:val="5"/>
+  <w:num w:numId="8" w16cid:durableId="726075740">
+    <w:abstractNumId w:val="19"/>
   </w:num>
-  <w:num w:numId="5">
-    <w:abstractNumId w:val="6"/>
+  <w:num w:numId="9" w16cid:durableId="759914584">
+    <w:abstractNumId w:val="7"/>
   </w:num>
-  <w:num w:numId="6">
-    <w:abstractNumId w:val="4"/>
+  <w:num w:numId="10" w16cid:durableId="467481107">
+    <w:abstractNumId w:val="0"/>
   </w:num>
-  <w:num w:numId="7">
+  <w:num w:numId="11" w16cid:durableId="2065785384">
+    <w:abstractNumId w:val="2"/>
+  </w:num>
+  <w:num w:numId="12" w16cid:durableId="2143813807">
     <w:abstractNumId w:val="12"/>
   </w:num>
-  <w:num w:numId="8">
+  <w:num w:numId="13" w16cid:durableId="640767960">
+    <w:abstractNumId w:val="8"/>
+  </w:num>
+  <w:num w:numId="14" w16cid:durableId="419183441">
     <w:abstractNumId w:val="16"/>
   </w:num>
-  <w:num w:numId="9">
-    <w:abstractNumId w:val="7"/>
+  <w:num w:numId="15" w16cid:durableId="771244487">
+    <w:abstractNumId w:val="18"/>
   </w:num>
-  <w:num w:numId="10">
-    <w:abstractNumId w:val="0"/>
+  <w:num w:numId="16" w16cid:durableId="601885790">
+    <w:abstractNumId w:val="10"/>
   </w:num>
-  <w:num w:numId="11">
-[...2 lines deleted...]
-  <w:num w:numId="12">
+  <w:num w:numId="17" w16cid:durableId="1100564696">
     <w:abstractNumId w:val="11"/>
   </w:num>
-  <w:num w:numId="13">
-    <w:abstractNumId w:val="8"/>
+  <w:num w:numId="18" w16cid:durableId="236717943">
+    <w:abstractNumId w:val="9"/>
   </w:num>
-  <w:num w:numId="14">
+  <w:num w:numId="19" w16cid:durableId="2031374162">
+    <w:abstractNumId w:val="1"/>
+  </w:num>
+  <w:num w:numId="20" w16cid:durableId="565603108">
+    <w:abstractNumId w:val="1"/>
+  </w:num>
+  <w:num w:numId="21" w16cid:durableId="1931502159">
+    <w:abstractNumId w:val="1"/>
+  </w:num>
+  <w:num w:numId="22" w16cid:durableId="347758856">
+    <w:abstractNumId w:val="1"/>
+  </w:num>
+  <w:num w:numId="23" w16cid:durableId="1025910655">
+    <w:abstractNumId w:val="1"/>
+  </w:num>
+  <w:num w:numId="24" w16cid:durableId="363559130">
+    <w:abstractNumId w:val="1"/>
+  </w:num>
+  <w:num w:numId="25" w16cid:durableId="48579198">
     <w:abstractNumId w:val="14"/>
   </w:num>
-  <w:num w:numId="15">
-    <w:abstractNumId w:val="15"/>
+  <w:num w:numId="26" w16cid:durableId="115146767">
+    <w:abstractNumId w:val="20"/>
   </w:num>
-  <w:num w:numId="16">
-[...3 lines deleted...]
-    <w:abstractNumId w:val="10"/>
+  <w:num w:numId="27" w16cid:durableId="1603996767">
+    <w:abstractNumId w:val="17"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se">
-  <w:zoom w:percent="110"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+  <w:zoom w:percent="100"/>
   <w:embedSystemFonts/>
   <w:bordersDoNotSurroundHeader/>
   <w:bordersDoNotSurroundFooter/>
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="480"/>
   <w:doNotHyphenateCaps/>
   <w:drawingGridHorizontalSpacing w:val="120"/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:displayVerticalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="compressPunctuation"/>
   <w:noLineBreaksAfter w:lang="zh-TW" w:val="([{£¥‘“‵〈《「『【〔〝︵︷︹︻︽︿﹁﹃﹙﹛﹝（｛"/>
   <w:noLineBreaksBefore w:lang="zh-TW" w:val="!),.:;?]}¢·–—’”•‥…‧′╴、。〉》」』】〕〞︰︱︳︴︶︸︺︼︾﹀﹂﹄﹏﹐﹑﹒﹔﹕﹖﹗﹚﹜﹞！），．：；？］｜｝､"/>
   <w:doNotValidateAgainstSchema/>
   <w:doNotDemarcateInvalidXml/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2049"/>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:spaceForUL/>
     <w:balanceSingleByteDoubleByteWidth/>
     <w:doNotLeaveBackslashAlone/>
     <w:ulTrailSpace/>
     <w:doNotExpandShiftReturn/>
     <w:adjustLineHeightInTable/>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00995CC1"/>
     <w:rsid w:val="000005A8"/>
     <w:rsid w:val="00005F5F"/>
     <w:rsid w:val="00006A0B"/>
     <w:rsid w:val="0001070A"/>
     <w:rsid w:val="000110C1"/>
     <w:rsid w:val="00013D77"/>
     <w:rsid w:val="00014E45"/>
     <w:rsid w:val="00015764"/>
     <w:rsid w:val="00017D5C"/>
     <w:rsid w:val="000217B7"/>
     <w:rsid w:val="00023322"/>
     <w:rsid w:val="00023E4A"/>
     <w:rsid w:val="00024D28"/>
     <w:rsid w:val="000257BD"/>
     <w:rsid w:val="00026112"/>
     <w:rsid w:val="000274B6"/>
     <w:rsid w:val="00035ACF"/>
     <w:rsid w:val="00036B0B"/>
     <w:rsid w:val="00041154"/>
     <w:rsid w:val="0004256D"/>
     <w:rsid w:val="00051CE6"/>
     <w:rsid w:val="00052EDE"/>
     <w:rsid w:val="00054EDB"/>
     <w:rsid w:val="00055DB9"/>
-    <w:rsid w:val="00056956"/>
     <w:rsid w:val="000629CB"/>
     <w:rsid w:val="00063EDC"/>
     <w:rsid w:val="000668AD"/>
+    <w:rsid w:val="00072155"/>
     <w:rsid w:val="0007385D"/>
     <w:rsid w:val="00075769"/>
     <w:rsid w:val="00082013"/>
     <w:rsid w:val="00082DFD"/>
     <w:rsid w:val="00086A36"/>
     <w:rsid w:val="00090D19"/>
     <w:rsid w:val="0009455D"/>
     <w:rsid w:val="000948E5"/>
     <w:rsid w:val="000953CF"/>
     <w:rsid w:val="0009573B"/>
-    <w:rsid w:val="00096D4D"/>
     <w:rsid w:val="0009765B"/>
     <w:rsid w:val="000A17CF"/>
     <w:rsid w:val="000A21A3"/>
     <w:rsid w:val="000B4644"/>
     <w:rsid w:val="000B575E"/>
     <w:rsid w:val="000C5895"/>
+    <w:rsid w:val="000C5A38"/>
+    <w:rsid w:val="000C5BAD"/>
     <w:rsid w:val="000C60B8"/>
     <w:rsid w:val="000C651C"/>
     <w:rsid w:val="000C6BB4"/>
     <w:rsid w:val="000C791A"/>
     <w:rsid w:val="000D1E69"/>
     <w:rsid w:val="000D5321"/>
     <w:rsid w:val="000D61D7"/>
     <w:rsid w:val="000E1C0A"/>
+    <w:rsid w:val="000E2224"/>
     <w:rsid w:val="000E69BC"/>
     <w:rsid w:val="000E7A55"/>
     <w:rsid w:val="000E7FAF"/>
     <w:rsid w:val="000F000D"/>
     <w:rsid w:val="000F2CD8"/>
     <w:rsid w:val="000F6C9C"/>
     <w:rsid w:val="00103052"/>
     <w:rsid w:val="0010518F"/>
     <w:rsid w:val="00105EFA"/>
     <w:rsid w:val="00106BAF"/>
     <w:rsid w:val="001176F0"/>
     <w:rsid w:val="0012052F"/>
     <w:rsid w:val="001226A3"/>
     <w:rsid w:val="00130139"/>
     <w:rsid w:val="001349A1"/>
     <w:rsid w:val="00134F9D"/>
     <w:rsid w:val="00135578"/>
     <w:rsid w:val="001501BA"/>
     <w:rsid w:val="0015154A"/>
     <w:rsid w:val="001519E9"/>
     <w:rsid w:val="00151EEC"/>
     <w:rsid w:val="0015416B"/>
     <w:rsid w:val="001553BD"/>
     <w:rsid w:val="0016238F"/>
     <w:rsid w:val="00165F66"/>
     <w:rsid w:val="00167B03"/>
     <w:rsid w:val="0017029B"/>
     <w:rsid w:val="0017287F"/>
     <w:rsid w:val="001749C6"/>
     <w:rsid w:val="00174B7A"/>
     <w:rsid w:val="00181BF5"/>
     <w:rsid w:val="00182749"/>
     <w:rsid w:val="00182821"/>
     <w:rsid w:val="0018405F"/>
     <w:rsid w:val="001842E0"/>
     <w:rsid w:val="0019244F"/>
     <w:rsid w:val="00194D21"/>
-    <w:rsid w:val="001958E2"/>
     <w:rsid w:val="00195D1F"/>
     <w:rsid w:val="0019666D"/>
     <w:rsid w:val="001976DF"/>
     <w:rsid w:val="001A3FFF"/>
     <w:rsid w:val="001A4977"/>
     <w:rsid w:val="001A5738"/>
     <w:rsid w:val="001B0505"/>
     <w:rsid w:val="001B0507"/>
     <w:rsid w:val="001B0F17"/>
     <w:rsid w:val="001B14BA"/>
     <w:rsid w:val="001B21B3"/>
     <w:rsid w:val="001B25BD"/>
     <w:rsid w:val="001B3565"/>
     <w:rsid w:val="001B65CD"/>
     <w:rsid w:val="001C305A"/>
     <w:rsid w:val="001C3F13"/>
     <w:rsid w:val="001C7A64"/>
     <w:rsid w:val="001D013C"/>
     <w:rsid w:val="001D0D74"/>
     <w:rsid w:val="001D131D"/>
     <w:rsid w:val="001D1FE2"/>
     <w:rsid w:val="001D30D9"/>
     <w:rsid w:val="001D3E7F"/>
     <w:rsid w:val="001D5DDF"/>
     <w:rsid w:val="001D7AF0"/>
     <w:rsid w:val="001E2BED"/>
     <w:rsid w:val="001E4EB1"/>
     <w:rsid w:val="001E7070"/>
     <w:rsid w:val="001F1192"/>
-    <w:rsid w:val="001F48A8"/>
+    <w:rsid w:val="001F4CD6"/>
+    <w:rsid w:val="001F5C6C"/>
     <w:rsid w:val="001F6220"/>
     <w:rsid w:val="001F75F9"/>
     <w:rsid w:val="002005D6"/>
     <w:rsid w:val="00200900"/>
     <w:rsid w:val="0020417D"/>
     <w:rsid w:val="002050F4"/>
+    <w:rsid w:val="00207C88"/>
     <w:rsid w:val="002122E8"/>
     <w:rsid w:val="00213411"/>
     <w:rsid w:val="00215EC2"/>
     <w:rsid w:val="00217033"/>
     <w:rsid w:val="002170FA"/>
     <w:rsid w:val="00221852"/>
     <w:rsid w:val="00225164"/>
     <w:rsid w:val="0023190E"/>
     <w:rsid w:val="00232A87"/>
     <w:rsid w:val="00235DC9"/>
     <w:rsid w:val="00243264"/>
     <w:rsid w:val="002443B4"/>
     <w:rsid w:val="00250B20"/>
     <w:rsid w:val="002513A0"/>
+    <w:rsid w:val="002520A1"/>
     <w:rsid w:val="00253D40"/>
     <w:rsid w:val="00253D7F"/>
     <w:rsid w:val="00254D8A"/>
     <w:rsid w:val="00256799"/>
-    <w:rsid w:val="0026106C"/>
+    <w:rsid w:val="002626E0"/>
     <w:rsid w:val="00263D33"/>
     <w:rsid w:val="00263F83"/>
     <w:rsid w:val="002657C1"/>
     <w:rsid w:val="00266550"/>
     <w:rsid w:val="00270EA0"/>
     <w:rsid w:val="002736CE"/>
-    <w:rsid w:val="0027609A"/>
     <w:rsid w:val="00282825"/>
     <w:rsid w:val="00282DBE"/>
     <w:rsid w:val="00286911"/>
     <w:rsid w:val="00286C9E"/>
     <w:rsid w:val="00291A3D"/>
     <w:rsid w:val="002945BC"/>
     <w:rsid w:val="00295A80"/>
     <w:rsid w:val="002A45FE"/>
     <w:rsid w:val="002A5CB1"/>
     <w:rsid w:val="002B4316"/>
-    <w:rsid w:val="002B48E6"/>
     <w:rsid w:val="002B760D"/>
     <w:rsid w:val="002B79C7"/>
     <w:rsid w:val="002C0ECE"/>
+    <w:rsid w:val="002C0F66"/>
     <w:rsid w:val="002C5019"/>
     <w:rsid w:val="002C5F48"/>
     <w:rsid w:val="002C6BDF"/>
     <w:rsid w:val="002C70AD"/>
     <w:rsid w:val="002D6783"/>
     <w:rsid w:val="002D7EA7"/>
     <w:rsid w:val="002E1A94"/>
     <w:rsid w:val="002E25D6"/>
     <w:rsid w:val="002E3814"/>
+    <w:rsid w:val="002E4DA4"/>
     <w:rsid w:val="002E6EAC"/>
+    <w:rsid w:val="002E7E85"/>
     <w:rsid w:val="002F251A"/>
     <w:rsid w:val="002F74BA"/>
     <w:rsid w:val="00301B80"/>
     <w:rsid w:val="00301EFA"/>
     <w:rsid w:val="00303337"/>
     <w:rsid w:val="0030371D"/>
+    <w:rsid w:val="00304D05"/>
+    <w:rsid w:val="003050D6"/>
     <w:rsid w:val="00306535"/>
     <w:rsid w:val="0031170B"/>
     <w:rsid w:val="0031351A"/>
     <w:rsid w:val="00313FA2"/>
     <w:rsid w:val="00314013"/>
     <w:rsid w:val="003140A0"/>
     <w:rsid w:val="00314A47"/>
     <w:rsid w:val="003172CE"/>
     <w:rsid w:val="00317764"/>
     <w:rsid w:val="00321A82"/>
     <w:rsid w:val="00325B56"/>
+    <w:rsid w:val="003263C1"/>
     <w:rsid w:val="003323E0"/>
     <w:rsid w:val="003352D8"/>
+    <w:rsid w:val="00335F8C"/>
     <w:rsid w:val="00336B54"/>
     <w:rsid w:val="003430F2"/>
     <w:rsid w:val="00350B26"/>
     <w:rsid w:val="00353BA3"/>
     <w:rsid w:val="003540BF"/>
+    <w:rsid w:val="003543A2"/>
     <w:rsid w:val="003568DC"/>
     <w:rsid w:val="00364E6A"/>
     <w:rsid w:val="00365D08"/>
     <w:rsid w:val="00366B71"/>
     <w:rsid w:val="00371257"/>
     <w:rsid w:val="00384D87"/>
     <w:rsid w:val="00386868"/>
+    <w:rsid w:val="00391C22"/>
     <w:rsid w:val="00392B73"/>
     <w:rsid w:val="00397042"/>
     <w:rsid w:val="003974E6"/>
     <w:rsid w:val="003A0C47"/>
     <w:rsid w:val="003A3611"/>
     <w:rsid w:val="003A6E2C"/>
+    <w:rsid w:val="003A6F50"/>
     <w:rsid w:val="003B3C8C"/>
     <w:rsid w:val="003B5CBD"/>
     <w:rsid w:val="003B6245"/>
     <w:rsid w:val="003B6265"/>
     <w:rsid w:val="003C3A4D"/>
+    <w:rsid w:val="003C3EB7"/>
+    <w:rsid w:val="003D14BF"/>
     <w:rsid w:val="003D5DED"/>
     <w:rsid w:val="003D66E8"/>
     <w:rsid w:val="003D67E7"/>
     <w:rsid w:val="003D6B71"/>
     <w:rsid w:val="003E44F1"/>
     <w:rsid w:val="003E67FC"/>
     <w:rsid w:val="003E6CA8"/>
     <w:rsid w:val="003F0B7D"/>
     <w:rsid w:val="003F3A35"/>
     <w:rsid w:val="003F5FFA"/>
     <w:rsid w:val="003F7430"/>
     <w:rsid w:val="00400703"/>
     <w:rsid w:val="00401B8C"/>
+    <w:rsid w:val="00403965"/>
     <w:rsid w:val="00404461"/>
     <w:rsid w:val="004139A1"/>
     <w:rsid w:val="0041440A"/>
     <w:rsid w:val="00416D0A"/>
     <w:rsid w:val="0042496D"/>
     <w:rsid w:val="00424B70"/>
     <w:rsid w:val="00425195"/>
-    <w:rsid w:val="004308D4"/>
     <w:rsid w:val="004311C7"/>
+    <w:rsid w:val="00432BFF"/>
     <w:rsid w:val="00433FCA"/>
     <w:rsid w:val="00434C9F"/>
     <w:rsid w:val="00435C89"/>
     <w:rsid w:val="00436B4C"/>
     <w:rsid w:val="00436C49"/>
     <w:rsid w:val="0043708F"/>
     <w:rsid w:val="004378A5"/>
     <w:rsid w:val="00443C81"/>
     <w:rsid w:val="00445B99"/>
-    <w:rsid w:val="004461EE"/>
     <w:rsid w:val="004504E5"/>
     <w:rsid w:val="00453CFC"/>
     <w:rsid w:val="00461010"/>
     <w:rsid w:val="00461A4C"/>
     <w:rsid w:val="0046705A"/>
     <w:rsid w:val="00470FAF"/>
+    <w:rsid w:val="00470FD7"/>
     <w:rsid w:val="00472040"/>
     <w:rsid w:val="00472F1B"/>
     <w:rsid w:val="00474311"/>
     <w:rsid w:val="0047489F"/>
     <w:rsid w:val="00477B48"/>
     <w:rsid w:val="00492E06"/>
     <w:rsid w:val="00493454"/>
     <w:rsid w:val="0049524E"/>
     <w:rsid w:val="00496923"/>
     <w:rsid w:val="004A103E"/>
     <w:rsid w:val="004A6C31"/>
     <w:rsid w:val="004B2F42"/>
     <w:rsid w:val="004B582B"/>
     <w:rsid w:val="004B5BA3"/>
     <w:rsid w:val="004B67AC"/>
     <w:rsid w:val="004B766B"/>
     <w:rsid w:val="004B79FE"/>
     <w:rsid w:val="004C0AD6"/>
     <w:rsid w:val="004C1BC1"/>
     <w:rsid w:val="004C46A0"/>
     <w:rsid w:val="004D02E6"/>
     <w:rsid w:val="004D07BE"/>
+    <w:rsid w:val="004D2706"/>
     <w:rsid w:val="004D3571"/>
     <w:rsid w:val="004D3AB9"/>
     <w:rsid w:val="004D4D8C"/>
     <w:rsid w:val="004E1923"/>
     <w:rsid w:val="004F02E6"/>
     <w:rsid w:val="004F1A62"/>
     <w:rsid w:val="004F1EE1"/>
     <w:rsid w:val="004F4266"/>
     <w:rsid w:val="004F6D3E"/>
     <w:rsid w:val="00503D14"/>
     <w:rsid w:val="00504571"/>
     <w:rsid w:val="00506196"/>
     <w:rsid w:val="00512A7D"/>
     <w:rsid w:val="005169F6"/>
     <w:rsid w:val="005227E8"/>
     <w:rsid w:val="00524709"/>
     <w:rsid w:val="00531FBC"/>
     <w:rsid w:val="00533BBA"/>
     <w:rsid w:val="0053430E"/>
     <w:rsid w:val="00536E3C"/>
     <w:rsid w:val="00540305"/>
     <w:rsid w:val="00541756"/>
     <w:rsid w:val="00542607"/>
     <w:rsid w:val="00542833"/>
+    <w:rsid w:val="00543BA0"/>
     <w:rsid w:val="00546CC8"/>
     <w:rsid w:val="00547C18"/>
     <w:rsid w:val="00550B8C"/>
     <w:rsid w:val="005549E7"/>
     <w:rsid w:val="00555565"/>
     <w:rsid w:val="00556E4C"/>
     <w:rsid w:val="0055717F"/>
     <w:rsid w:val="00557511"/>
     <w:rsid w:val="00560111"/>
     <w:rsid w:val="00561F21"/>
     <w:rsid w:val="00566402"/>
     <w:rsid w:val="005669D9"/>
     <w:rsid w:val="00567FF2"/>
     <w:rsid w:val="00572C59"/>
     <w:rsid w:val="00580918"/>
     <w:rsid w:val="0058302B"/>
     <w:rsid w:val="005838A7"/>
     <w:rsid w:val="00583C24"/>
     <w:rsid w:val="00586194"/>
     <w:rsid w:val="005902FA"/>
+    <w:rsid w:val="0059463F"/>
     <w:rsid w:val="00596699"/>
     <w:rsid w:val="005971EA"/>
     <w:rsid w:val="005A01D5"/>
     <w:rsid w:val="005A0F29"/>
     <w:rsid w:val="005A10AE"/>
     <w:rsid w:val="005A311D"/>
     <w:rsid w:val="005A3735"/>
     <w:rsid w:val="005A4B5C"/>
     <w:rsid w:val="005A79F1"/>
     <w:rsid w:val="005A7B06"/>
     <w:rsid w:val="005A7CD6"/>
     <w:rsid w:val="005B1EDA"/>
     <w:rsid w:val="005B3DFE"/>
     <w:rsid w:val="005B4B71"/>
     <w:rsid w:val="005B6B5B"/>
     <w:rsid w:val="005C12A5"/>
     <w:rsid w:val="005C1BA1"/>
     <w:rsid w:val="005C44C4"/>
+    <w:rsid w:val="005D20C4"/>
     <w:rsid w:val="005D2E57"/>
     <w:rsid w:val="005D46CB"/>
     <w:rsid w:val="005E057A"/>
     <w:rsid w:val="005E1775"/>
     <w:rsid w:val="005E32FF"/>
     <w:rsid w:val="005E499E"/>
     <w:rsid w:val="005E5D46"/>
     <w:rsid w:val="005E78AA"/>
     <w:rsid w:val="005F1C00"/>
     <w:rsid w:val="005F3367"/>
     <w:rsid w:val="005F4068"/>
     <w:rsid w:val="005F45CF"/>
     <w:rsid w:val="005F51D7"/>
     <w:rsid w:val="005F6EB0"/>
     <w:rsid w:val="006010CB"/>
     <w:rsid w:val="00603A09"/>
     <w:rsid w:val="00603EE7"/>
     <w:rsid w:val="00604190"/>
     <w:rsid w:val="00604CA3"/>
     <w:rsid w:val="0060559C"/>
     <w:rsid w:val="0061009A"/>
     <w:rsid w:val="00612500"/>
     <w:rsid w:val="00612672"/>
     <w:rsid w:val="00614F0F"/>
     <w:rsid w:val="00616D55"/>
     <w:rsid w:val="00621DA0"/>
     <w:rsid w:val="0062288B"/>
     <w:rsid w:val="006229B0"/>
     <w:rsid w:val="0062491F"/>
     <w:rsid w:val="00625588"/>
     <w:rsid w:val="0062659E"/>
     <w:rsid w:val="00637252"/>
     <w:rsid w:val="006407DC"/>
     <w:rsid w:val="00642B01"/>
     <w:rsid w:val="00644C93"/>
     <w:rsid w:val="006450B5"/>
     <w:rsid w:val="006455EB"/>
     <w:rsid w:val="00646F44"/>
     <w:rsid w:val="0065452B"/>
     <w:rsid w:val="0066012F"/>
     <w:rsid w:val="00661F09"/>
     <w:rsid w:val="006644EC"/>
     <w:rsid w:val="00671094"/>
     <w:rsid w:val="006747E7"/>
     <w:rsid w:val="00674C56"/>
     <w:rsid w:val="006769F0"/>
     <w:rsid w:val="00681812"/>
+    <w:rsid w:val="00681BA3"/>
     <w:rsid w:val="00681E70"/>
     <w:rsid w:val="006833F3"/>
     <w:rsid w:val="006842D9"/>
+    <w:rsid w:val="00686C57"/>
     <w:rsid w:val="00693590"/>
     <w:rsid w:val="0069387C"/>
     <w:rsid w:val="00694DF3"/>
     <w:rsid w:val="006966FF"/>
     <w:rsid w:val="006A1315"/>
     <w:rsid w:val="006A3568"/>
     <w:rsid w:val="006B0CFF"/>
     <w:rsid w:val="006B2165"/>
     <w:rsid w:val="006B2577"/>
     <w:rsid w:val="006B28B4"/>
     <w:rsid w:val="006B2B04"/>
     <w:rsid w:val="006C1551"/>
     <w:rsid w:val="006C3033"/>
     <w:rsid w:val="006C5872"/>
-    <w:rsid w:val="006D3A44"/>
     <w:rsid w:val="006D6DD1"/>
     <w:rsid w:val="006E0850"/>
     <w:rsid w:val="006E2F70"/>
     <w:rsid w:val="006E3430"/>
     <w:rsid w:val="006E3513"/>
     <w:rsid w:val="006E4679"/>
     <w:rsid w:val="006E640D"/>
     <w:rsid w:val="006F1135"/>
     <w:rsid w:val="006F1527"/>
     <w:rsid w:val="006F1989"/>
     <w:rsid w:val="006F1DA5"/>
     <w:rsid w:val="006F2CDD"/>
     <w:rsid w:val="006F5B9D"/>
     <w:rsid w:val="007028D3"/>
     <w:rsid w:val="00710004"/>
     <w:rsid w:val="00711513"/>
     <w:rsid w:val="00712790"/>
     <w:rsid w:val="00712DFE"/>
     <w:rsid w:val="00713A17"/>
     <w:rsid w:val="00713F8A"/>
     <w:rsid w:val="00715720"/>
     <w:rsid w:val="0072259F"/>
     <w:rsid w:val="00732FB9"/>
     <w:rsid w:val="00733CA9"/>
     <w:rsid w:val="00734FE7"/>
     <w:rsid w:val="007370A2"/>
     <w:rsid w:val="0073710A"/>
     <w:rsid w:val="00740690"/>
     <w:rsid w:val="00740D81"/>
     <w:rsid w:val="0074486D"/>
     <w:rsid w:val="00744F59"/>
     <w:rsid w:val="00751DD9"/>
-    <w:rsid w:val="0075282A"/>
     <w:rsid w:val="007540FB"/>
     <w:rsid w:val="0075423D"/>
     <w:rsid w:val="00754C1B"/>
     <w:rsid w:val="00754CF2"/>
     <w:rsid w:val="00754E42"/>
     <w:rsid w:val="00760952"/>
     <w:rsid w:val="007610B9"/>
     <w:rsid w:val="007632E6"/>
     <w:rsid w:val="007655C8"/>
     <w:rsid w:val="00766E5F"/>
     <w:rsid w:val="00771330"/>
     <w:rsid w:val="007715B0"/>
     <w:rsid w:val="00772278"/>
     <w:rsid w:val="00777A74"/>
     <w:rsid w:val="00782999"/>
     <w:rsid w:val="0078357F"/>
     <w:rsid w:val="00787EA9"/>
     <w:rsid w:val="00787FBC"/>
     <w:rsid w:val="00790E96"/>
     <w:rsid w:val="00792C91"/>
     <w:rsid w:val="00793665"/>
     <w:rsid w:val="00795BBB"/>
     <w:rsid w:val="007A218F"/>
     <w:rsid w:val="007A21EB"/>
+    <w:rsid w:val="007A4718"/>
     <w:rsid w:val="007B1C48"/>
     <w:rsid w:val="007B737B"/>
     <w:rsid w:val="007C6EFC"/>
     <w:rsid w:val="007C76B9"/>
     <w:rsid w:val="007D1D36"/>
     <w:rsid w:val="007D1E2E"/>
     <w:rsid w:val="007D27C4"/>
-    <w:rsid w:val="007D4202"/>
     <w:rsid w:val="007D446A"/>
     <w:rsid w:val="007D52D3"/>
     <w:rsid w:val="007D7561"/>
     <w:rsid w:val="007F0946"/>
     <w:rsid w:val="007F3BE1"/>
     <w:rsid w:val="007F4464"/>
     <w:rsid w:val="007F4AD7"/>
     <w:rsid w:val="007F5AE5"/>
     <w:rsid w:val="00800A01"/>
+    <w:rsid w:val="00800AFD"/>
     <w:rsid w:val="00802C07"/>
     <w:rsid w:val="008033B1"/>
     <w:rsid w:val="00810272"/>
     <w:rsid w:val="0082002C"/>
     <w:rsid w:val="00820916"/>
+    <w:rsid w:val="0082606D"/>
     <w:rsid w:val="00827097"/>
     <w:rsid w:val="00827DD0"/>
     <w:rsid w:val="0083049F"/>
     <w:rsid w:val="008337BA"/>
     <w:rsid w:val="00833B2A"/>
     <w:rsid w:val="00834035"/>
     <w:rsid w:val="00834CFF"/>
     <w:rsid w:val="00837917"/>
     <w:rsid w:val="00842739"/>
     <w:rsid w:val="00843E57"/>
     <w:rsid w:val="0084604E"/>
     <w:rsid w:val="008507EA"/>
+    <w:rsid w:val="00850BBD"/>
     <w:rsid w:val="008600D8"/>
     <w:rsid w:val="00860109"/>
     <w:rsid w:val="008664C9"/>
     <w:rsid w:val="00867942"/>
     <w:rsid w:val="008679E5"/>
     <w:rsid w:val="008713F7"/>
     <w:rsid w:val="008720F2"/>
     <w:rsid w:val="00877078"/>
     <w:rsid w:val="00877E01"/>
     <w:rsid w:val="00882BAC"/>
     <w:rsid w:val="008832D6"/>
     <w:rsid w:val="0088353D"/>
     <w:rsid w:val="0088384C"/>
     <w:rsid w:val="00883F00"/>
     <w:rsid w:val="008848C9"/>
     <w:rsid w:val="008849FC"/>
+    <w:rsid w:val="00884ECF"/>
     <w:rsid w:val="00891D35"/>
     <w:rsid w:val="0089324B"/>
     <w:rsid w:val="008940D8"/>
     <w:rsid w:val="00895CD8"/>
     <w:rsid w:val="008A57BE"/>
     <w:rsid w:val="008A63E0"/>
     <w:rsid w:val="008A6412"/>
     <w:rsid w:val="008A6727"/>
     <w:rsid w:val="008B0591"/>
     <w:rsid w:val="008B3476"/>
     <w:rsid w:val="008B4F84"/>
     <w:rsid w:val="008B5BC6"/>
     <w:rsid w:val="008B68DE"/>
     <w:rsid w:val="008C32DB"/>
     <w:rsid w:val="008C3B50"/>
     <w:rsid w:val="008C7133"/>
     <w:rsid w:val="008D0F3C"/>
     <w:rsid w:val="008D1F92"/>
     <w:rsid w:val="008D2040"/>
     <w:rsid w:val="008D4768"/>
     <w:rsid w:val="008E1808"/>
-    <w:rsid w:val="008E321B"/>
+    <w:rsid w:val="008E4171"/>
     <w:rsid w:val="008E4D82"/>
     <w:rsid w:val="008E5753"/>
     <w:rsid w:val="008E5AD9"/>
     <w:rsid w:val="008F0343"/>
     <w:rsid w:val="008F133F"/>
     <w:rsid w:val="008F2260"/>
     <w:rsid w:val="008F428D"/>
     <w:rsid w:val="008F5EE0"/>
     <w:rsid w:val="008F6911"/>
     <w:rsid w:val="008F69EB"/>
     <w:rsid w:val="009000A2"/>
     <w:rsid w:val="009014B4"/>
     <w:rsid w:val="00901678"/>
-    <w:rsid w:val="00903A70"/>
     <w:rsid w:val="00903E01"/>
     <w:rsid w:val="00905EEC"/>
     <w:rsid w:val="009067D4"/>
     <w:rsid w:val="0090742B"/>
     <w:rsid w:val="00907E40"/>
     <w:rsid w:val="009114E9"/>
     <w:rsid w:val="00912F22"/>
     <w:rsid w:val="00913712"/>
+    <w:rsid w:val="00914676"/>
     <w:rsid w:val="00915CB6"/>
     <w:rsid w:val="00917BA8"/>
     <w:rsid w:val="009204B0"/>
     <w:rsid w:val="0092275B"/>
     <w:rsid w:val="0092524E"/>
     <w:rsid w:val="00930F34"/>
     <w:rsid w:val="00931597"/>
     <w:rsid w:val="0093354A"/>
-    <w:rsid w:val="00936093"/>
     <w:rsid w:val="00936184"/>
     <w:rsid w:val="0094179C"/>
     <w:rsid w:val="00941B74"/>
     <w:rsid w:val="00943DA9"/>
     <w:rsid w:val="00944BDF"/>
     <w:rsid w:val="00951361"/>
     <w:rsid w:val="009519F6"/>
     <w:rsid w:val="009532F9"/>
     <w:rsid w:val="009548E7"/>
     <w:rsid w:val="009607C5"/>
     <w:rsid w:val="00961245"/>
     <w:rsid w:val="009615F2"/>
     <w:rsid w:val="00962917"/>
     <w:rsid w:val="009719DA"/>
+    <w:rsid w:val="0097352D"/>
     <w:rsid w:val="0097603B"/>
     <w:rsid w:val="009802A2"/>
     <w:rsid w:val="009856C1"/>
     <w:rsid w:val="00991496"/>
     <w:rsid w:val="00994AC9"/>
     <w:rsid w:val="00995CC1"/>
     <w:rsid w:val="00995FFC"/>
     <w:rsid w:val="009A07F0"/>
     <w:rsid w:val="009A097D"/>
-    <w:rsid w:val="009A128F"/>
     <w:rsid w:val="009A1B49"/>
     <w:rsid w:val="009A369A"/>
     <w:rsid w:val="009A3F47"/>
     <w:rsid w:val="009A4632"/>
-    <w:rsid w:val="009A6C99"/>
     <w:rsid w:val="009A7BF1"/>
+    <w:rsid w:val="009B0518"/>
     <w:rsid w:val="009B2F7E"/>
     <w:rsid w:val="009B724A"/>
     <w:rsid w:val="009B7E51"/>
     <w:rsid w:val="009C01B2"/>
     <w:rsid w:val="009C4364"/>
     <w:rsid w:val="009C4F56"/>
     <w:rsid w:val="009C525F"/>
     <w:rsid w:val="009C6172"/>
-    <w:rsid w:val="009D0802"/>
     <w:rsid w:val="009D0AA3"/>
     <w:rsid w:val="009D1D15"/>
     <w:rsid w:val="009D2128"/>
     <w:rsid w:val="009D705F"/>
     <w:rsid w:val="009E11DD"/>
+    <w:rsid w:val="009E3CDC"/>
     <w:rsid w:val="00A04C6A"/>
     <w:rsid w:val="00A05376"/>
     <w:rsid w:val="00A064B9"/>
     <w:rsid w:val="00A06789"/>
     <w:rsid w:val="00A104B6"/>
     <w:rsid w:val="00A11094"/>
     <w:rsid w:val="00A116A0"/>
     <w:rsid w:val="00A1561C"/>
     <w:rsid w:val="00A20997"/>
     <w:rsid w:val="00A20D66"/>
     <w:rsid w:val="00A20E98"/>
     <w:rsid w:val="00A2245B"/>
     <w:rsid w:val="00A23663"/>
     <w:rsid w:val="00A252AD"/>
     <w:rsid w:val="00A31760"/>
     <w:rsid w:val="00A3497E"/>
     <w:rsid w:val="00A34EEE"/>
-    <w:rsid w:val="00A35B6E"/>
+    <w:rsid w:val="00A363DE"/>
     <w:rsid w:val="00A40D6B"/>
     <w:rsid w:val="00A446BB"/>
     <w:rsid w:val="00A455EB"/>
     <w:rsid w:val="00A461C2"/>
     <w:rsid w:val="00A462D9"/>
     <w:rsid w:val="00A47C3B"/>
     <w:rsid w:val="00A51662"/>
     <w:rsid w:val="00A53AAA"/>
     <w:rsid w:val="00A5416D"/>
     <w:rsid w:val="00A563C5"/>
     <w:rsid w:val="00A6445F"/>
-    <w:rsid w:val="00A6455E"/>
     <w:rsid w:val="00A65E57"/>
     <w:rsid w:val="00A67B40"/>
     <w:rsid w:val="00A70809"/>
     <w:rsid w:val="00A72168"/>
     <w:rsid w:val="00A738EC"/>
     <w:rsid w:val="00A75597"/>
     <w:rsid w:val="00A76F8E"/>
     <w:rsid w:val="00A77756"/>
     <w:rsid w:val="00A82EBA"/>
+    <w:rsid w:val="00A832A1"/>
     <w:rsid w:val="00A848BB"/>
     <w:rsid w:val="00A872EB"/>
     <w:rsid w:val="00AA0014"/>
     <w:rsid w:val="00AA0CE5"/>
     <w:rsid w:val="00AA1BF3"/>
+    <w:rsid w:val="00AA34F6"/>
     <w:rsid w:val="00AA52D5"/>
     <w:rsid w:val="00AA5FBD"/>
+    <w:rsid w:val="00AA6444"/>
     <w:rsid w:val="00AB2E4A"/>
     <w:rsid w:val="00AB3E19"/>
     <w:rsid w:val="00AB58ED"/>
     <w:rsid w:val="00AC0D2C"/>
+    <w:rsid w:val="00AC17A8"/>
     <w:rsid w:val="00AC31B0"/>
     <w:rsid w:val="00AC5B1C"/>
     <w:rsid w:val="00AC6C06"/>
     <w:rsid w:val="00AC7164"/>
     <w:rsid w:val="00AD2D4B"/>
     <w:rsid w:val="00AD4B00"/>
     <w:rsid w:val="00AD4B02"/>
     <w:rsid w:val="00AD7D51"/>
     <w:rsid w:val="00AE06EF"/>
-    <w:rsid w:val="00AE74B9"/>
     <w:rsid w:val="00AF0D26"/>
     <w:rsid w:val="00AF1083"/>
     <w:rsid w:val="00AF340C"/>
     <w:rsid w:val="00AF4BE8"/>
     <w:rsid w:val="00AF4DB9"/>
     <w:rsid w:val="00B0194A"/>
     <w:rsid w:val="00B0483C"/>
     <w:rsid w:val="00B12B2B"/>
     <w:rsid w:val="00B144B2"/>
     <w:rsid w:val="00B152F7"/>
     <w:rsid w:val="00B1591A"/>
     <w:rsid w:val="00B17067"/>
     <w:rsid w:val="00B1708C"/>
     <w:rsid w:val="00B20101"/>
     <w:rsid w:val="00B21155"/>
     <w:rsid w:val="00B22445"/>
     <w:rsid w:val="00B235D4"/>
     <w:rsid w:val="00B243B5"/>
     <w:rsid w:val="00B258A6"/>
     <w:rsid w:val="00B34013"/>
     <w:rsid w:val="00B34F34"/>
     <w:rsid w:val="00B351A3"/>
     <w:rsid w:val="00B45C0F"/>
     <w:rsid w:val="00B47F1C"/>
     <w:rsid w:val="00B51C53"/>
     <w:rsid w:val="00B51D24"/>
     <w:rsid w:val="00B530DA"/>
     <w:rsid w:val="00B56526"/>
     <w:rsid w:val="00B6087D"/>
     <w:rsid w:val="00B61C43"/>
     <w:rsid w:val="00B62621"/>
     <w:rsid w:val="00B674CA"/>
     <w:rsid w:val="00B7332B"/>
     <w:rsid w:val="00B8251E"/>
     <w:rsid w:val="00B83DC7"/>
     <w:rsid w:val="00B8569F"/>
     <w:rsid w:val="00B87A53"/>
     <w:rsid w:val="00B90B46"/>
     <w:rsid w:val="00B938D9"/>
     <w:rsid w:val="00BA1C78"/>
     <w:rsid w:val="00BA2AAC"/>
     <w:rsid w:val="00BA3488"/>
     <w:rsid w:val="00BA42B6"/>
     <w:rsid w:val="00BA6E50"/>
     <w:rsid w:val="00BA7741"/>
-    <w:rsid w:val="00BB04B3"/>
     <w:rsid w:val="00BB09B5"/>
+    <w:rsid w:val="00BB0A58"/>
     <w:rsid w:val="00BB1D58"/>
     <w:rsid w:val="00BB4A9F"/>
     <w:rsid w:val="00BB50A4"/>
     <w:rsid w:val="00BB52EA"/>
     <w:rsid w:val="00BB6000"/>
     <w:rsid w:val="00BB608C"/>
     <w:rsid w:val="00BB73FF"/>
     <w:rsid w:val="00BB7413"/>
     <w:rsid w:val="00BC0F9C"/>
     <w:rsid w:val="00BC10C6"/>
     <w:rsid w:val="00BC1ABF"/>
     <w:rsid w:val="00BC4000"/>
-    <w:rsid w:val="00BC4F00"/>
-    <w:rsid w:val="00BC75F1"/>
     <w:rsid w:val="00BC7806"/>
     <w:rsid w:val="00BD1EFD"/>
     <w:rsid w:val="00BD1F60"/>
+    <w:rsid w:val="00BD38BA"/>
     <w:rsid w:val="00BD4F41"/>
     <w:rsid w:val="00BD7B40"/>
     <w:rsid w:val="00BE289C"/>
     <w:rsid w:val="00BE3A3F"/>
     <w:rsid w:val="00BE45DE"/>
     <w:rsid w:val="00BE7558"/>
     <w:rsid w:val="00BF1168"/>
     <w:rsid w:val="00BF2214"/>
     <w:rsid w:val="00BF2776"/>
     <w:rsid w:val="00BF4D79"/>
     <w:rsid w:val="00C00FE9"/>
     <w:rsid w:val="00C1156E"/>
     <w:rsid w:val="00C13FD2"/>
     <w:rsid w:val="00C147A4"/>
+    <w:rsid w:val="00C1508C"/>
     <w:rsid w:val="00C15797"/>
     <w:rsid w:val="00C2021A"/>
     <w:rsid w:val="00C2382D"/>
     <w:rsid w:val="00C25F4C"/>
+    <w:rsid w:val="00C2666D"/>
     <w:rsid w:val="00C273DC"/>
     <w:rsid w:val="00C27D09"/>
     <w:rsid w:val="00C30A79"/>
     <w:rsid w:val="00C31FB8"/>
+    <w:rsid w:val="00C321A2"/>
     <w:rsid w:val="00C33347"/>
     <w:rsid w:val="00C3371F"/>
     <w:rsid w:val="00C3486B"/>
     <w:rsid w:val="00C3496E"/>
     <w:rsid w:val="00C36C54"/>
     <w:rsid w:val="00C36E6F"/>
     <w:rsid w:val="00C40C4C"/>
     <w:rsid w:val="00C4224B"/>
     <w:rsid w:val="00C44BE3"/>
     <w:rsid w:val="00C50FC0"/>
     <w:rsid w:val="00C55E36"/>
     <w:rsid w:val="00C56E49"/>
     <w:rsid w:val="00C620EC"/>
     <w:rsid w:val="00C62FC6"/>
     <w:rsid w:val="00C63F84"/>
+    <w:rsid w:val="00C6424B"/>
+    <w:rsid w:val="00C66360"/>
     <w:rsid w:val="00C669D2"/>
     <w:rsid w:val="00C713F5"/>
-    <w:rsid w:val="00C83BA2"/>
     <w:rsid w:val="00C85F30"/>
     <w:rsid w:val="00C90149"/>
     <w:rsid w:val="00C90D43"/>
     <w:rsid w:val="00C91901"/>
     <w:rsid w:val="00CA198A"/>
     <w:rsid w:val="00CA1DB3"/>
     <w:rsid w:val="00CA37DB"/>
     <w:rsid w:val="00CA5BD8"/>
     <w:rsid w:val="00CA5EE9"/>
     <w:rsid w:val="00CA6FCF"/>
     <w:rsid w:val="00CB09A8"/>
     <w:rsid w:val="00CB1F73"/>
     <w:rsid w:val="00CB291C"/>
     <w:rsid w:val="00CB659D"/>
     <w:rsid w:val="00CB799E"/>
     <w:rsid w:val="00CC021A"/>
     <w:rsid w:val="00CC3DEC"/>
     <w:rsid w:val="00CC6DA1"/>
     <w:rsid w:val="00CD2AAA"/>
     <w:rsid w:val="00CE0CDC"/>
     <w:rsid w:val="00CE428F"/>
     <w:rsid w:val="00CE5380"/>
     <w:rsid w:val="00CE5418"/>
     <w:rsid w:val="00CE5641"/>
     <w:rsid w:val="00CE68CD"/>
     <w:rsid w:val="00CE709D"/>
     <w:rsid w:val="00CF011D"/>
     <w:rsid w:val="00CF34F3"/>
     <w:rsid w:val="00D0554C"/>
     <w:rsid w:val="00D059AC"/>
     <w:rsid w:val="00D06218"/>
     <w:rsid w:val="00D14452"/>
     <w:rsid w:val="00D1459E"/>
     <w:rsid w:val="00D16732"/>
     <w:rsid w:val="00D17438"/>
     <w:rsid w:val="00D21151"/>
     <w:rsid w:val="00D23A06"/>
+    <w:rsid w:val="00D23B92"/>
     <w:rsid w:val="00D24ACE"/>
-    <w:rsid w:val="00D27B61"/>
     <w:rsid w:val="00D27F23"/>
     <w:rsid w:val="00D32D90"/>
     <w:rsid w:val="00D332E2"/>
     <w:rsid w:val="00D35972"/>
     <w:rsid w:val="00D375B8"/>
     <w:rsid w:val="00D40F32"/>
     <w:rsid w:val="00D417DF"/>
     <w:rsid w:val="00D41FD6"/>
     <w:rsid w:val="00D43E64"/>
     <w:rsid w:val="00D45676"/>
     <w:rsid w:val="00D46AB9"/>
     <w:rsid w:val="00D47C72"/>
     <w:rsid w:val="00D53132"/>
     <w:rsid w:val="00D54BA8"/>
+    <w:rsid w:val="00D57417"/>
     <w:rsid w:val="00D75701"/>
     <w:rsid w:val="00D77243"/>
     <w:rsid w:val="00D82B33"/>
     <w:rsid w:val="00D82ED3"/>
     <w:rsid w:val="00D90A1A"/>
     <w:rsid w:val="00D91422"/>
     <w:rsid w:val="00D91640"/>
     <w:rsid w:val="00D91846"/>
     <w:rsid w:val="00D974F4"/>
     <w:rsid w:val="00D979F2"/>
     <w:rsid w:val="00D97B3F"/>
     <w:rsid w:val="00DA3847"/>
     <w:rsid w:val="00DA4083"/>
     <w:rsid w:val="00DB1452"/>
     <w:rsid w:val="00DB5BAE"/>
     <w:rsid w:val="00DB638B"/>
     <w:rsid w:val="00DB71CA"/>
     <w:rsid w:val="00DB7270"/>
     <w:rsid w:val="00DC0449"/>
     <w:rsid w:val="00DC1FC8"/>
     <w:rsid w:val="00DC32B5"/>
-    <w:rsid w:val="00DC455D"/>
     <w:rsid w:val="00DD1D3F"/>
+    <w:rsid w:val="00DD367E"/>
     <w:rsid w:val="00DE09A7"/>
     <w:rsid w:val="00DE6AF3"/>
     <w:rsid w:val="00DE6FBC"/>
     <w:rsid w:val="00E019E6"/>
     <w:rsid w:val="00E01B7C"/>
     <w:rsid w:val="00E036B2"/>
     <w:rsid w:val="00E05A55"/>
     <w:rsid w:val="00E06130"/>
     <w:rsid w:val="00E0618C"/>
     <w:rsid w:val="00E06A0F"/>
     <w:rsid w:val="00E10617"/>
     <w:rsid w:val="00E1299D"/>
     <w:rsid w:val="00E15234"/>
     <w:rsid w:val="00E1529B"/>
     <w:rsid w:val="00E172FF"/>
     <w:rsid w:val="00E208FF"/>
     <w:rsid w:val="00E20BC1"/>
     <w:rsid w:val="00E2192B"/>
     <w:rsid w:val="00E2602A"/>
     <w:rsid w:val="00E26C64"/>
     <w:rsid w:val="00E30598"/>
     <w:rsid w:val="00E30BDF"/>
     <w:rsid w:val="00E32912"/>
-    <w:rsid w:val="00E3491C"/>
     <w:rsid w:val="00E357AA"/>
     <w:rsid w:val="00E35A36"/>
     <w:rsid w:val="00E35F22"/>
     <w:rsid w:val="00E36AB4"/>
-    <w:rsid w:val="00E41E38"/>
     <w:rsid w:val="00E4409C"/>
     <w:rsid w:val="00E466DA"/>
+    <w:rsid w:val="00E47351"/>
     <w:rsid w:val="00E4747B"/>
     <w:rsid w:val="00E52EDD"/>
     <w:rsid w:val="00E53E5D"/>
     <w:rsid w:val="00E54885"/>
     <w:rsid w:val="00E57FF0"/>
     <w:rsid w:val="00E61A37"/>
     <w:rsid w:val="00E62FB3"/>
+    <w:rsid w:val="00E63BFC"/>
     <w:rsid w:val="00E63C2A"/>
     <w:rsid w:val="00E652AD"/>
     <w:rsid w:val="00E65410"/>
     <w:rsid w:val="00E65CE4"/>
     <w:rsid w:val="00E67C09"/>
+    <w:rsid w:val="00E71281"/>
     <w:rsid w:val="00E7236E"/>
     <w:rsid w:val="00E82C3E"/>
     <w:rsid w:val="00E82E59"/>
     <w:rsid w:val="00E83A76"/>
     <w:rsid w:val="00E83A9C"/>
     <w:rsid w:val="00E84D50"/>
     <w:rsid w:val="00E8713F"/>
     <w:rsid w:val="00E87BA9"/>
     <w:rsid w:val="00E94156"/>
+    <w:rsid w:val="00E950C6"/>
     <w:rsid w:val="00E97091"/>
     <w:rsid w:val="00E9709D"/>
     <w:rsid w:val="00E97DA0"/>
     <w:rsid w:val="00EA04C5"/>
     <w:rsid w:val="00EA070E"/>
     <w:rsid w:val="00EA23FD"/>
     <w:rsid w:val="00EA526E"/>
     <w:rsid w:val="00EA6457"/>
     <w:rsid w:val="00EB2296"/>
     <w:rsid w:val="00EB300A"/>
     <w:rsid w:val="00EB4B78"/>
+    <w:rsid w:val="00EB5BBE"/>
     <w:rsid w:val="00EB67EE"/>
     <w:rsid w:val="00EB70B8"/>
     <w:rsid w:val="00EB7F65"/>
     <w:rsid w:val="00EC268D"/>
     <w:rsid w:val="00EC35A1"/>
     <w:rsid w:val="00EC45FC"/>
     <w:rsid w:val="00EC5378"/>
     <w:rsid w:val="00EC6D8C"/>
     <w:rsid w:val="00ED1E14"/>
     <w:rsid w:val="00ED2D26"/>
     <w:rsid w:val="00ED3FFB"/>
     <w:rsid w:val="00ED5D96"/>
     <w:rsid w:val="00ED67DB"/>
     <w:rsid w:val="00ED7400"/>
     <w:rsid w:val="00EE405C"/>
     <w:rsid w:val="00EE5D75"/>
+    <w:rsid w:val="00EE6F2F"/>
     <w:rsid w:val="00EE75A2"/>
     <w:rsid w:val="00EF2102"/>
     <w:rsid w:val="00EF5536"/>
     <w:rsid w:val="00EF579F"/>
     <w:rsid w:val="00EF68ED"/>
     <w:rsid w:val="00F00737"/>
+    <w:rsid w:val="00F02E63"/>
     <w:rsid w:val="00F03476"/>
     <w:rsid w:val="00F049A5"/>
     <w:rsid w:val="00F12F18"/>
     <w:rsid w:val="00F141B6"/>
     <w:rsid w:val="00F143C5"/>
     <w:rsid w:val="00F15EA4"/>
     <w:rsid w:val="00F16518"/>
     <w:rsid w:val="00F16AF1"/>
     <w:rsid w:val="00F205B8"/>
     <w:rsid w:val="00F20B85"/>
     <w:rsid w:val="00F21F05"/>
     <w:rsid w:val="00F23B6A"/>
     <w:rsid w:val="00F24306"/>
     <w:rsid w:val="00F27757"/>
     <w:rsid w:val="00F31DEF"/>
     <w:rsid w:val="00F33A90"/>
     <w:rsid w:val="00F33E74"/>
     <w:rsid w:val="00F34DD8"/>
     <w:rsid w:val="00F356CA"/>
     <w:rsid w:val="00F37CF5"/>
     <w:rsid w:val="00F4032B"/>
     <w:rsid w:val="00F42049"/>
     <w:rsid w:val="00F420E1"/>
     <w:rsid w:val="00F444BA"/>
     <w:rsid w:val="00F45440"/>
+    <w:rsid w:val="00F45B4F"/>
     <w:rsid w:val="00F507EA"/>
     <w:rsid w:val="00F55979"/>
     <w:rsid w:val="00F56DFF"/>
-    <w:rsid w:val="00F5768E"/>
     <w:rsid w:val="00F607D8"/>
     <w:rsid w:val="00F61D7C"/>
     <w:rsid w:val="00F61ED2"/>
     <w:rsid w:val="00F62738"/>
     <w:rsid w:val="00F62C10"/>
     <w:rsid w:val="00F62D63"/>
     <w:rsid w:val="00F65ABF"/>
     <w:rsid w:val="00F7365E"/>
     <w:rsid w:val="00F74608"/>
     <w:rsid w:val="00F74984"/>
     <w:rsid w:val="00F81F90"/>
     <w:rsid w:val="00F81FFA"/>
     <w:rsid w:val="00F8371E"/>
     <w:rsid w:val="00F8412B"/>
     <w:rsid w:val="00FA18A8"/>
     <w:rsid w:val="00FA5E7B"/>
+    <w:rsid w:val="00FA7576"/>
     <w:rsid w:val="00FA7639"/>
     <w:rsid w:val="00FA7C0A"/>
     <w:rsid w:val="00FB0BEA"/>
     <w:rsid w:val="00FB23DA"/>
     <w:rsid w:val="00FB4D2D"/>
     <w:rsid w:val="00FC0389"/>
     <w:rsid w:val="00FC17E1"/>
     <w:rsid w:val="00FC20FC"/>
     <w:rsid w:val="00FC3007"/>
+    <w:rsid w:val="00FC6B28"/>
     <w:rsid w:val="00FC73F4"/>
     <w:rsid w:val="00FC7D43"/>
     <w:rsid w:val="00FD04AB"/>
     <w:rsid w:val="00FD1115"/>
     <w:rsid w:val="00FD579C"/>
     <w:rsid w:val="00FD71D7"/>
     <w:rsid w:val="00FE1783"/>
     <w:rsid w:val="00FE47EE"/>
     <w:rsid w:val="00FE512E"/>
     <w:rsid w:val="00FE76A9"/>
     <w:rsid w:val="00FF0756"/>
     <w:rsid w:val="00FF168A"/>
     <w:rsid w:val="00FF3BBC"/>
     <w:rsid w:val="00FF6423"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US" w:eastAsia="zh-TW"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:doNotAutoCompressPictures/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2049"/>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
-      <o:idmap v:ext="edit" data="1"/>
+      <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="27D95F84"/>
   <w15:docId w15:val="{D845F84C-12FC-4E9E-98C6-411D4677F3B4}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="新細明體" w:hAnsi="Calibri" w:cs="Times New Roman"/>
         <w:kern w:val="2"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="zh-TW" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
@@ -51741,55 +45267,60 @@
     <w:lsdException w:name="List Table 4 Accent 3" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 3" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 3" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 3" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="00555565"/>
+    <w:rsid w:val="002C0F66"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="a"/>
     <w:next w:val="a0"/>
     <w:link w:val="10"/>
     <w:uiPriority w:val="99"/>
     <w:qFormat/>
     <w:rsid w:val="00FA7639"/>
     <w:pPr>
       <w:keepNext/>
       <w:widowControl/>
       <w:numPr>
         <w:numId w:val="2"/>
       </w:numPr>
       <w:spacing w:before="160" w:after="360"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:b/>
       <w:kern w:val="28"/>
@@ -51854,50 +45385,94 @@
   </w:style>
   <w:style w:type="paragraph" w:styleId="4">
     <w:name w:val="heading 4"/>
     <w:basedOn w:val="a"/>
     <w:next w:val="a0"/>
     <w:link w:val="40"/>
     <w:uiPriority w:val="99"/>
     <w:qFormat/>
     <w:rsid w:val="00FA7639"/>
     <w:pPr>
       <w:keepNext/>
       <w:widowControl/>
       <w:numPr>
         <w:ilvl w:val="3"/>
         <w:numId w:val="2"/>
       </w:numPr>
       <w:spacing w:before="80" w:after="60"/>
       <w:outlineLvl w:val="3"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b/>
       <w:kern w:val="0"/>
       <w:szCs w:val="20"/>
       <w:lang w:val="en-GB" w:eastAsia="fi-FI"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="5">
+    <w:name w:val="heading 5"/>
+    <w:basedOn w:val="a"/>
+    <w:next w:val="a"/>
+    <w:link w:val="50"/>
+    <w:uiPriority w:val="9"/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00800AFD"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:spacing w:line="720" w:lineRule="auto"/>
+      <w:ind w:leftChars="200" w:left="200"/>
+      <w:outlineLvl w:val="4"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:b/>
+      <w:bCs/>
+      <w:sz w:val="36"/>
+      <w:szCs w:val="36"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="6">
+    <w:name w:val="heading 6"/>
+    <w:basedOn w:val="a"/>
+    <w:next w:val="a"/>
+    <w:link w:val="60"/>
+    <w:uiPriority w:val="9"/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00800AFD"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:spacing w:line="720" w:lineRule="auto"/>
+      <w:ind w:leftChars="200" w:left="200"/>
+      <w:outlineLvl w:val="5"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:sz w:val="36"/>
+      <w:szCs w:val="36"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a1">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a2">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a3">
     <w:name w:val="No List"/>
@@ -52136,55 +45711,143 @@
     <w:rsid w:val="00445B99"/>
   </w:style>
   <w:style w:type="character" w:styleId="ad">
     <w:name w:val="Emphasis"/>
     <w:basedOn w:val="a1"/>
     <w:uiPriority w:val="20"/>
     <w:qFormat/>
     <w:rsid w:val="00612672"/>
     <w:rPr>
       <w:i/>
       <w:iCs/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="ae">
     <w:name w:val="FollowedHyperlink"/>
     <w:basedOn w:val="a1"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00134F9D"/>
     <w:rPr>
       <w:color w:val="800080" w:themeColor="followedHyperlink"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="50">
+    <w:name w:val="標題 5 字元"/>
+    <w:basedOn w:val="a1"/>
+    <w:link w:val="5"/>
+    <w:uiPriority w:val="9"/>
+    <w:rsid w:val="00800AFD"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:b/>
+      <w:bCs/>
+      <w:sz w:val="36"/>
+      <w:szCs w:val="36"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="60">
+    <w:name w:val="標題 6 字元"/>
+    <w:basedOn w:val="a1"/>
+    <w:link w:val="6"/>
+    <w:uiPriority w:val="9"/>
+    <w:rsid w:val="00800AFD"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:sz w:val="36"/>
+      <w:szCs w:val="36"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="31">
+    <w:name w:val="標題3"/>
+    <w:basedOn w:val="1"/>
+    <w:link w:val="32"/>
+    <w:qFormat/>
+    <w:rsid w:val="00800AFD"/>
+    <w:pPr>
+      <w:numPr>
+        <w:numId w:val="0"/>
+      </w:numPr>
+      <w:spacing w:before="0" w:after="0"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體"/>
+      <w:sz w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="32">
+    <w:name w:val="標題3 字元"/>
+    <w:basedOn w:val="10"/>
+    <w:link w:val="31"/>
+    <w:rsid w:val="00800AFD"/>
+    <w:rPr>
+      <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:cs="Times New Roman"/>
+      <w:b/>
+      <w:kern w:val="28"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:val="en-GB" w:eastAsia="fi-FI"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="af">
+    <w:name w:val="標題_第一層"/>
+    <w:basedOn w:val="1"/>
+    <w:link w:val="af0"/>
+    <w:qFormat/>
+    <w:rsid w:val="00FA7576"/>
+    <w:pPr>
+      <w:spacing w:beforeLines="100" w:before="360" w:afterLines="10" w:after="36"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體"/>
+      <w:color w:val="262626" w:themeColor="text1" w:themeTint="D9"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="af0">
+    <w:name w:val="標題_第一層 字元"/>
+    <w:basedOn w:val="10"/>
+    <w:link w:val="af"/>
+    <w:rsid w:val="00FA7576"/>
+    <w:rPr>
+      <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:cs="Times New Roman"/>
+      <w:b/>
+      <w:color w:val="262626" w:themeColor="text1" w:themeTint="D9"/>
+      <w:kern w:val="28"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+      <w:lang w:val="en-GB" w:eastAsia="fi-FI"/>
+    </w:rPr>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:divs>
     <w:div w:id="114494935">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="202518659">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
@@ -52553,51 +46216,51 @@
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="2112703817">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sites.google.com/a/york.ac.uk/issg-search-filters-resource/" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://searchfilters.cda-amc.ca" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://training.cochrane.org/handbook/version-6/chapter-4-tech-suppl" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://libguides.sph.uth.tmc.edu/ovid_psycinfo_filters" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://training.cochrane.org/handbook/version-6/chapter-4-tech-suppl" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://bestpractice.bmj.com/info/toolkit/learn-ebm/study-design-search-filters/" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cochrane.org/MR000041/METHOD_search-strategies-identify-observational-studies-medline-and-embase" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://bestpractice.bmj.com/info/toolkit/learn-ebm/study-design-search-filters/" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bestpractice.bmj.com/info/toolkit/learn-ebm/study-design-search-filters/" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bestpractice.bmj.com/info/toolkit/learn-ebm/study-design-search-filters/" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.notion.so/ncku-medlib/ChatGPT-AI-2ead086e8d9d4bae9327cb94dd85b433" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://searchfilters.cda-amc.ca" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cochrane.org/MR000041/METHOD_search-strategies-identify-observational-studies-medline-and-embase" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://training.cochrane.org/handbook/version-6/chapter-4-tech-suppl" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cochrane.org/MR000041/METHOD_search-strategies-identify-observational-studies-medline-and-embase" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://bestpractice.bmj.com/info/toolkit/learn-ebm/study-design-search-filters/" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.sign.ac.uk/assets/search-filters-observational-studies.docx" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://bestpractice.bmj.com/info/toolkit/learn-ebm/study-design-search-filters/" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bestpractice.bmj.com/info/toolkit/learn-ebm/study-design-search-filters/" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sites.google.com/a/york.ac.uk/issg-search-filters-resource/" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://searchfilters.cda-amc.ca" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://training.cochrane.org/handbook/version-6/chapter-4-tech-suppl" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://training.cochrane.org/handbook/version-6/chapter-4-tech-suppl" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cochrane.org/MR000041/METHOD_search-strategies-identify-observational-studies-medline-and-embase" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cochrane.org/MR000041/METHOD_search-strategies-identify-observational-studies-medline-and-embase" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hiruweb.mcmaster.ca/hkr/hedges/" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ncku-medlib.notion.site/Word-2741eafc5ad4415e82f2c33f8803f2e9" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bestpractice.bmj.com/info/toolkit/learn-ebm/study-design-search-filters/" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://searchfilters.cda-amc.ca" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sites.google.com/a/york.ac.uk/issg-search-filters-resource/" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://aub.edu.lb.libguides.com/c.php?g=329862&amp;p=3023731" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cochrane.org/MR000041/METHOD_search-strategies-identify-observational-studies-medline-and-embase" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.sign.ac.uk/assets/search-filters-observational-studies.docx" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://bestpractice.bmj.com/info/toolkit/learn-ebm/study-design-search-filters/" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://training.cochrane.org/handbook/version-6/chapter-4-tech-suppl" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.sign.ac.uk/assets/search-filters-observational-studies.docx" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bestpractice.bmj.com/info/toolkit/learn-ebm/study-design-search-filters/" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sites.google.com/a/york.ac.uk/issg-search-filters-resource/" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://training.cochrane.org/handbook/version-6/chapter-4-tech-suppl" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://libguides.nus.edu.sg/c.php?g=145717&amp;p=2470589" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://bestpractice.bmj.com/info/toolkit/learn-ebm/study-design-search-filters/" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bestpractice.bmj.com/info/toolkit/learn-ebm/study-design-search-filters/" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cochrane.org/MR000041/METHOD_search-strategies-identify-observational-studies-medline-and-embase" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://bestpractice.bmj.com/info/toolkit/learn-ebm/study-design-search-filters/" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://libguides.sph.uth.tmc.edu/search_filters/cinahl_filters" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sites.google.com/a/york.ac.uk/issg-search-filters-resource/" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://searchfilters.cda-amc.ca" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cochrane.org/MR000041/METHOD_search-strategies-identify-observational-studies-medline-and-embase" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://bestpractice.bmj.com/info/toolkit/learn-ebm/study-design-search-filters/" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://libguides.sph.uth.tmc.edu/search_filters/cinahl_filters" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.prisma-statement.org/prisma-2020-flow-diagram" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image5.png"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://training.cochrane.org/handbook/version-6/chapter-4-tech-suppl" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://training.cochrane.org/handbook/version-6/chapter-4-tech-suppl" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sites.google.com/a/york.ac.uk/issg-search-filters-resource/" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://training.cochrane.org/handbook/version-6/chapter-4-tech-suppl" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://training.cochrane.org/handbook/version-6/chapter-4-tech-suppl" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cochrane.org/MR000041/METHOD_search-strategies-identify-observational-studies-medline-and-embase" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://bestpractice.bmj.com/info/toolkit/learn-ebm/study-design-search-filters/" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cochrane.org/MR000041/METHOD_search-strategies-identify-observational-studies-medline-and-embase" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://bestpractice.bmj.com/info/toolkit/learn-ebm/study-design-search-filters/" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bestpractice.bmj.com/info/toolkit/learn-ebm/study-design-search-filters/" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bestpractice.bmj.com/info/toolkit/learn-ebm/study-design-search-filters/" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image8.png"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sites.google.com/a/york.ac.uk/issg-search-filters-resource/" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://searchfilters.cda-amc.ca" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://training.cochrane.org/handbook/version-6/chapter-4-tech-suppl" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://aub.edu.lb.libguides.com/c.php?g=329862&amp;p=3023731" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cochrane.org/MR000041/METHOD_search-strategies-identify-observational-studies-medline-and-embase" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://bestpractice.bmj.com/info/toolkit/learn-ebm/study-design-search-filters/" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://bestpractice.bmj.com/info/toolkit/learn-ebm/study-design-search-filters/" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bestpractice.bmj.com/info/toolkit/learn-ebm/study-design-search-filters/" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ncku-medlib.notion.site/Word-2741eafc5ad4415e82f2c33f8803f2e9" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.sign.ac.uk/assets/search-filters-observational-studies.docx" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://libguides.nus.edu.sg/c.php?g=145717&amp;p=2470589" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image6.png"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://searchfilters.cda-amc.ca" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://training.cochrane.org/handbook/version-6/chapter-4-tech-suppl" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://libguides.nus.edu.sg/c.php?g=145717&amp;p=2470589" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image10.png"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hiruweb.mcmaster.ca/hkr/hedges/" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image9.png"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cochrane.org/MR000041/METHOD_search-strategies-identify-observational-studies-medline-and-embase" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cochrane.org/MR000041/METHOD_search-strategies-identify-observational-studies-medline-and-embase" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bestpractice.bmj.com/info/toolkit/learn-ebm/study-design-search-filters/" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.png"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://searchfilters.cda-amc.ca" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sites.google.com/a/york.ac.uk/issg-search-filters-resource/" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://training.cochrane.org/handbook/version-6/chapter-4-tech-suppl" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.sign.ac.uk/assets/search-filters-observational-studies.docx" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://bestpractice.bmj.com/info/toolkit/learn-ebm/study-design-search-filters/" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://training.cochrane.org/handbook/version-6/chapter-4-tech-suppl" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cochrane.org/MR000041/METHOD_search-strategies-identify-observational-studies-medline-and-embase" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.sign.ac.uk/assets/search-filters-observational-studies.docx" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bestpractice.bmj.com/info/toolkit/learn-ebm/study-design-search-filters/" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bestpractice.bmj.com/info/toolkit/learn-ebm/study-design-search-filters/" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image7.png"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://work.cochrane.org/psycinfo" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://work.cochrane.org/psycinfo" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://libguides.sph.uth.tmc.edu/ovid_psycinfo_filters" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://bestpractice.bmj.com/info/toolkit/learn-ebm/study-design-search-filters/" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -52843,52 +46506,52 @@
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
-  <Pages>15</Pages>
-[...1 lines deleted...]
-  <Characters>34759</Characters>
+  <Pages>20</Pages>
+  <Words>6924</Words>
+  <Characters>39467</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>289</Lines>
-  <Paragraphs>81</Paragraphs>
+  <Lines>328</Lines>
+  <Paragraphs>92</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company>mmh</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>40775</CharactersWithSpaces>
+  <CharactersWithSpaces>46299</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>進行系統性評論之實證文獻搜尋：紀錄表</dc:title>
   <dc:creator>Flora Fang</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>